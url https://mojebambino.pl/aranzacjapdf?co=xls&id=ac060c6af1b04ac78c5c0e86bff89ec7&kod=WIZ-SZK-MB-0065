--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -20,96 +20,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>WIZ-SZK-MB-0065 Zielona Pracownia 14</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 00:14:19</t>
+    <t>z dnia 2025-11-22 03:39:04</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D094353-03</t>
   </si>
   <si>
     <t>Szafa czterodrzwiowa - biała</t>
   </si>
   <si>
     <t>Szafa czterodrzwiowa wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375, białej lub buku. • wym. 76 x 40 x 152 cm</t>
   </si>
   <si>
     <t>199244</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA - pakiet szkolny 10 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Moduł Woda to produkt na licencji Centrum Nauki Kopernik.    Moduł WODA pakiet szkolny zawiera:   _x0001_10 walizek z zestawem narzędzi potrzebnych do wykonania doświadczeń w zespołach dwuosobowych (maksymalnie cztery osoby na zestaw). W zestawie znajdują się m.in.: probówki, szalki Petriego, przewody elektryczne, odczynniki, barwniki oraz sprzęt do różnorodnych pomiarów. _x0001_30 scenariuszy pozwalających zbadać właściwości wody, podczas prowadzenia eksperymentów o różnym stopniu trudności. Każdy z nich uda się zrealizować podczas jednej lekcji. Scenariusze są w formacie PDF na pendrive ( karta dla nauczyciela (x 2), karta ucznia (x 15) i karty pracy dla ucznia (2X). _x0001_10 podręczników dla nauczycieli - kołobrulionów z informacjami organizacyjnymi i merytorycznymi. Zawierają on między innymi merytoryczne informacje o wodzie oraz materiały ekspertów dotyczące przeprowadzania doświadczeń w szkole. _x0001_10 Pendrivów z cyfrową kopią wszystkich kart dla nauczyciela i ucznia.         Moduł Woda jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody badawczej. Materiały merytoryczne dla nauczyciela oraz 30 scenariuszy badań wraz z kartami dla nauczyciela i ucznia to zasadnicza część Modułu. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka w klasach IV-VIII szkół podstawowych. Akcesoria umożliwiające wykonanie doświadczeń o różnym stopniu trudności ułożone są w specjalnym pudełku. Moduł jest prosty i mobilny.  Prezentowany zestaw zawiera materiały merytoryczne dla nauczyciela i uczniów oraz walizkę z akcesoriami niezbędnymi do przeprowadzenia doświadczeń.     Nauczyciel otrzymuje w Module Woda wszystkie merytoryczne i praktyczne materiały niezbędne do przeprowadzenia doświadczeń. Są to zarówno informacje dotyczące zakresu realizowanej podstawy programowej poprzez poszczególne doświadczenie jak i czasu potrzebnego na realizacje doświadczenia czy informacji o możliwości przeprowadzenia doświadczenia w plenerze. Opis doświadczenia dla uczniów jest bardzo precyzyjny, ale równocześnie prosty i ujęty także w formie obrazkowej.  Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).    Tematyka badań Modułu Woda:   _x0001_Piana: Badanie wpływu stopnia zmineralizowania wody na ilość powstającej piany. _x0001_Dwie krople wody: Badanie wpływu napięcia powierzchniowego na objętość kropli wody. _x0001_Kropla wody w oleju: Obserwowanie skutków działania sił spójności na kształt kropli wody w oleju. _x0001_Pieprz na wodzie: Obserwowanie wpływu napięcia powierzchniowego na obiekty na powierzchni wody. _x0001_Ruch płynów w materiałach porowatych: Obserwowanie procesu transportu wody przez materiał porowaty. _x0001_Pobieranie wody w roślinie: Badanie zjawiska transportu wody w liściach kapusty pekińskiej. _x0001_Parowanie wody w roślinie: Badanie zjawiska parowania wody z powierzchni liści roślin. _x0001_Obserwacja organizmów wodnych: Pobieranie, obserwowanie i analizowanie organizmów żywych ze zbiorników wodnych. _x0001_Zachowanie rozwielitek: Obserwowanie zachowania rozwielitek w różnych środowiskach. _x0001_Najlepsze chłodziwo: Poszukiwanie substancji, która najefektywniej ochłodzi gorącą kamienną kostkę. _x0001_Ogniwo galwaniczne: Budowanie prostego ogniwa galwanicznego z cytryny i metalowych gwoździ. _x0001_Przewodnictwo elektryczne wody: Badanie przewodnictwa elektrycznego wody. demineralizowanej oraz mieszaniny wody demineralizowanej z solą. _x0001_Ruch jonów w polu elektrycznym: Obserwowanie dryfu jonów MnO w polu elektrycznym. _x0001_Wytrącanie miedzi z roztworu siarczanu miedzi: Badanie utleniania i redukcji na przykładzie reakcji cynku z siarczanem(VI) miedzi(II). _x0001_Gęstość wody w różnych temperaturach: Porównywanie gęstości wody w różnych temperaturach. _x0001_Gęstość cieczy: Porównywanie gęstości różnych cieczy (alkohol, olej, woda, słona woda). _x0001_Temperatura wody a głębokość: Badanie temperatury wody w zbiorniku wodnym na różnych głębokościach. _x0001_Topnienie lodu a poziom wód na Ziemi: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Soczewka: Budowanie i porównywanie soczewek z wody i oleju. _x0001_Życie w kropli wody: Obserwowanie kropli wody w powiększeniu. _x0001_Soczewka z kropli wody: Budowanie mikroskopu ze smartfonu i kropli wody. _x0001_Odwadnianie siarczanu miedzi: Badanie zmiany właściwości fizycznych siarczanu(VI). miedzi(II) na skutek utraty wody z sieci krystalicznej. _x0001_Woda w polimerach: Badanie pochłaniania wody przez poliakrylan sodu. _x0001_Wrzenie wody: Doprowadzanie do wrzenia wody przez zmianę ciśnienia w strzykawce. _x0001_Sole w roztworze wodnym: Badanie zjawiska dyfuzji i rozpuszczania soli w wodzie. _x0001_Osmoza: Badanie zjawiska osmozy. _x0001_Chłodzenie roztworem saletry: Obserwowanie spadku temperatury roztworu w wyniku zjawiska endotermicznego, jakim jest rozpuszczanie w wodzie azotanu(V) amonu. _x0001_Parowanie a stygnięcie cieczy: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Turystyczna destylarka: Budowanie urządzenia oczyszczającego wodę, wykorzystującego proces odparowywania. _x0001_Lód i sól: Badanie wpływu dodatku soli i cukru na szybkość topnienia lodu oraz temperaturę wody     Przykładowe karty pracy:    Moduł Woda - karta nauczyciela - Dwie_krople_wody  Moduł Woda - karta ucznia - Dwie_krople_wody_1  Moduł Woda - karty pracy- ucznia - Dwie_krople_wody_2  Moduł woda - karta nauczyciela -Przewodnictwo_elektryczne_wody  Moduł woda - karta ucznia - Przewodnictwo_elektryczne_wody  Moduł Woda - karta nauczyciela - Pobieranie_wody_w_roslinie  Moduł Woda - karta ucznia Pobieranie_wody_w_roslinie      Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII   Cele edukacyjne w zakresie przedmiotów przyrodniczych realizowane poprzez Modułowe Pracownie:  1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:   _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody; _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej; _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.   2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań; _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty; _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności; _x0001_rozwijanie samodzielności.   3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:   _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa); _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.   4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:   _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń); _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi; _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii; _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji; _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.   5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:   _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole; _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.    Modułowe Pracownie Przyrodnicze rekomendowane przez Centrum Nauki Kopernik, to edukacyjne narzędzie, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka). Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Nauczycielom dostarcza gotowe narzędzia, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Zaproponowana tu metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.   MODUŁY – CO TO JEST? To specjalnie przygotowane autorskie zestawy edukacyjne wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny. To nowoczesne pomoce dydaktyczne, zawierające materiały i scenariusze niezbędne do uczenia praktycznego. W procesie ich tworzenia dobieramy odpowiednie narzędzia, materiały, sprzęty i jednocześnie rozwijamy metody nauczania i uczenia się przez odkrywanie i osobiste doświadczanie w toku otwartego eksperymentowania – samodzielnie oraz w zespole.  POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów. Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.  MODUŁOWA KONCEPCJA  KSZTAŁCENIA– ZALETY Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.  MODUŁ WODA   Pierwszy dostępny moduł MPP umożliwia prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody doświadczalnej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów między przedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach. Moduł WODA dostępny jest również w pakietach: 6 sztuk oraz 10 sztuk. W celu uzyskania zamierzonych efektów pracy z modułem WODA, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     Zestaw narzędzi w pojedynczej walizce:   waga (1 szt.),  multimetr (1 szt.),  termometr (2 szt.),  siarczan(VI) miedzi(II) (1 szt.), węglan sodu (1 szt.), siarczan(VI) magnezu (1 szt.), chlorek wapnia (1 szt.), barwnik czerwony (1 szt.) barwnik niebieski (1 szt.) manganian(VII) potasu (1 szt.) brzęczyk (1 szt.) laser/latarka (1 szt.) sonda termiczna (1 szt.) mikroskop (1 szt.), probówka szklana (10 szt.), statyw na probówki (1 szt.),  zlewka szklana 100 ml (4 szt.), tkanina (1 szt.), gumka recepturka (10 szt.), pielucha (1 szt.), ścisk (2 szt.), gwoździe ocynkowane (5 szt.), gwoździe stalowe (5 szt.), śruby mosiężne (5 szt.), gwoździe omiedziowane (5 szt.), szczotka do probówek (1 szt.), szczotka do cylindra (1 szt.), kamienne kostki (2 szt.), łapa drewniana (2 szt.), linijka (1 szt.), przewody czerwone (5 szt.), przewody (5 szt.),  krokodylki czerwone (10 szt.), krokodylki (10 szt.), pipeta Pasteura (10 szt.), strzykawka (1 szt.), parowniczka (1 szt.), szalka Petriego (1 szt.), szkiełko podstawowe z łezką (6 szt.), probówka wirówkowa duża (5 szt.), probówka wirówkowa mała (6 szt.), zlewka plastikowa 100 ml (4 szt.), zlewka plastikowa 250 ml (2 szt.), cylinder miarowy (1 szt.), bagietka (2 szt.), łyżeczka (2 szt.), bateria 4,5 V (2 szt.)        Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.   Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).  Program Modułowe Pracownie Przyrodnicze (MPP) sfinansowany został w ramach dotacji Fundacji Rozwoju Systemu Edukacji na podstawie umowy z dnia 8 września 2017 r. Nr umowy CNK 1171/17/BU/U/633/AS </t>
   </si>
   <si>
     <t>803097</t>
   </si>
   <si>
     <t>Pojemnik do segregacji odpadów - trzykomorowy</t>
   </si>
   <si>
-    <t>Konstrukcja zgrzewana pojemnika oparta jest na profilach zamkniętych, drzwi do pojemnika zamykane są zamkiem umożliwiającym założenie dodatkowo kłódki, pojemnik posiada otwory wlotowe bez klap oraz stopki poziomujące.  Dwuelementowe ramy do zawieszania worków montowane są do komory pojemnika. Pełen wysuw teleskopowych prowadnic zapewnia łatwą i szybką wymianę worka, zaś dociskająca ramę pokrywa zapobiega zsuwaniu się worka z ramy.  • wym. 116,2 x 115,5 x 35,1</t>
+    <t>Konstrukcja zgrzewana pojemnika oparta jest na profilach zamkniętych, drzwi do pojemnika zamykane są zamkiem umożliwiającym założenie dodatkowo kłódki, pojemnik posiada otwory wlotowe bez klap oraz stopki poziomujące. Dwuelementowe ramy do zawieszania worków montowane są do komory pojemnika. Pełen wysuw teleskopowych prowadnic zapewnia łatwą i szybką wymianę worka, zaś dociskająca ramę pokrywa zapobiega zsuwaniu się worka z ramy.  • wym. 116,2 x 115,5 x 35,1</t>
   </si>
   <si>
     <t>571011</t>
   </si>
   <si>
     <t>Model skóry</t>
   </si>
   <si>
     <t xml:space="preserve">• wykonany z PCV • wym. podstawy: 24,8 x 12,8 cm • wys. 19,8 cm + ok. 9 cm dł. włosów. </t>
   </si>
   <si>
     <t>098150W</t>
   </si>
   <si>
     <t>Stół Lektor mobilny prawy - biały</t>
   </si>
   <si>
     <t>Mobilne stoły na stabilnym, spawanym stelażu wykonanym z okrągłego profilu o gr. 32 mm. Blaty wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, z zaokrąglonymi narożnikami. Wyposażone w 2 kółka w hamulcami. • wym. blatu 50 x 70 x 70 x 72,8 cm • wys. stołu 76 cm</t>
   </si>
   <si>
     <t>137401</t>
   </si>
   <si>
     <t>Polska - dwustronna mapa fizyczna/konturowa, 150 x 150 cm</t>
   </si>
@@ -277,51 +277,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0576204d3aba5bf2c0979e38890ce99d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6668fffaffb9bf6e76299a41a1360b32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b20d556c6eb2bd608569d1b404888c93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24c6bf1227615512c1d2b6072dedabd4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347851515ecdc7b976d623312e92dee05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea0b2a25ec5a9b6e75209a87fc91aea6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afba0ffd5e76fcf4d5fb6b93f1effd47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa983130398f69cb1f2f835ed047ea68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35a249feee8ed60b37aa50c2e1e53d09.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7d3bca8f5404e63e9681ca05e1423c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694d4d879d9f042015e64e56c8aaee2b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d23da61da9beed1bdf9059a11c5534412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b7c98cbc31598c9d74c932d6e6a2fb13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367152f2fe4208905e87f6b29c69658814.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccd3c508a0a34de590d62aa8dfac00f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb05666e4dddbbea63470046d1f2e21b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4250b80a45bc367d94f4721a8374a4e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb56ed5062d00e492c859ee32f3fa97c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6409c20f96ccca8f19654d8f2ac7515.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dadd796bd708ed19c65f9df24f0f2f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a4b5d4388a62e4ea8d305ab84a67aa7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d3560c14f28bb0f646d3fa15f007388.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a55b023e1616d89c42646312cd307c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d4fe04c4a91e736f8433f2374e369810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0764e938ef7d7d4e81ac3df2bafd1d9311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f832bd2f52568ce38585aa88485e5a1e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c766867ff9d964c3cc6d887557dcd1d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb192063fe7cc414e9ea1b2c42d947214.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0065" descr="Zielona Pracownia 14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>