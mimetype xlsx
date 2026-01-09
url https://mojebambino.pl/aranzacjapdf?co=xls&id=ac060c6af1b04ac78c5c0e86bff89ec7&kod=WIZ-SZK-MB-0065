--- v1 (2025-11-22)
+++ v2 (2026-01-09)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>WIZ-SZK-MB-0065 Zielona Pracownia 14</t>
   </si>
   <si>
-    <t>z dnia 2025-11-22 03:39:04</t>
+    <t>z dnia 2026-01-09 18:36:43</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D094353-03</t>
   </si>
   <si>
     <t>Szafa czterodrzwiowa - biała</t>
   </si>
@@ -104,57 +104,199 @@
   <si>
     <t>Stół Lektor mobilny prawy - biały</t>
   </si>
   <si>
     <t>Mobilne stoły na stabilnym, spawanym stelażu wykonanym z okrągłego profilu o gr. 32 mm. Blaty wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, z zaokrąglonymi narożnikami. Wyposażone w 2 kółka w hamulcami. • wym. blatu 50 x 70 x 70 x 72,8 cm • wys. stołu 76 cm</t>
   </si>
   <si>
     <t>137401</t>
   </si>
   <si>
     <t>Polska - dwustronna mapa fizyczna/konturowa, 150 x 150 cm</t>
   </si>
   <si>
     <t>Nasz mapa ścienna Polski fizyczno-konturowa to doskonałe uzupełnienie każdej pracowni geograficznej. Aby uczeń mógł dobrze powtórzyć materiał i przygotować się do lekcji, warto by skorzystał z mapy konturowej. To jeden z najlepszych sposobów na zapamiętanie geograficznych informacji. W przypadku tej mapy ma okazję, by szybko sprawdzić, czego się nauczył, ponieważ jest to mapa dwustronna z mapą fizyczną Polski.Tego typu mapa to świetne narzędzie dydaktyczne, ale także element ozdobny wybranego pomieszczenia.Mapa laminowana.Mapa zawiera:    Granice państw    Granice województw    Rzeki    Jeziora    Kanały    Bagna    Przełęcze    Głębokości    Punkty wysokościowe    Miasta    Wysokości    • skala: 1:500 000• wym. 150 x 150 cm</t>
   </si>
   <si>
     <t>256078</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 zielone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany podczas przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
-    <t>585022-0VAT</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>027008</t>
   </si>
   <si>
     <t>Globus fizyczny duży</t>
   </si>
   <si>
     <t>Globus fizyczny. • śr. 42 cm • wys. 62 cm • 1:30 000 000 • stopka i cięciwa wykonane z plastiku</t>
   </si>
   <si>
     <t>146026</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna ceramiczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej ceramicznej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Półka na pisaki o dł. 30 cm. • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>571126</t>
   </si>
   <si>
     <t>Układ mięśniowy - 50 cm - model</t>
   </si>
@@ -277,51 +419,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ccd3c508a0a34de590d62aa8dfac00f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb05666e4dddbbea63470046d1f2e21b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4250b80a45bc367d94f4721a8374a4e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb56ed5062d00e492c859ee32f3fa97c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6409c20f96ccca8f19654d8f2ac7515.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dadd796bd708ed19c65f9df24f0f2f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a4b5d4388a62e4ea8d305ab84a67aa7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d3560c14f28bb0f646d3fa15f007388.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a55b023e1616d89c42646312cd307c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d4fe04c4a91e736f8433f2374e369810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0764e938ef7d7d4e81ac3df2bafd1d9311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f832bd2f52568ce38585aa88485e5a1e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c766867ff9d964c3cc6d887557dcd1d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb192063fe7cc414e9ea1b2c42d947214.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed7a58b851658a91d979b0e8f354c111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2432a93cbddbba6b9bfc3b1b00785b672.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a487b0e42019be437a05024425ba66253.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001885e311a8bc399ecd49be1dda82ef4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2eaedb27f78f64b2fbe99367ca4e835.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87d056558ea0159747eace4a8cee26b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd063a6d9b72e0a523bc71688f695387.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3533098991ad1406f9f2a1a63a5a7dae8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ea0a58b3fe9f5c19cc8aff2c4d37f09.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35e998f10bfe768eeb5c8ed7ed8cc5ac10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1f26cfbd8e897bc99f93337fd3fe2611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bd227e7ec2f63dae0092b9b15ad0fb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c1aa295faa25e32e097e0d04e7e2d313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5a3ac926a4e5cf8c0920158457406614.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0065" descr="Zielona Pracownia 14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -532,51 +674,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="9" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1229,54 +1371,54 @@
       <c r="E12" s="8">
         <v>23</v>
       </c>
       <c r="F12" s="10">
         <v>399.9</v>
       </c>
       <c r="G12" s="11">
         <v>9197.7</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>5599.9</v>
+        <v>7316.0</v>
       </c>
       <c r="G13" s="11">
-        <v>5599.9</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>439.9</v>
       </c>
       <c r="G14" s="11">
         <v>439.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
@@ -1345,51 +1487,51 @@
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
         <v>1649.9</v>
       </c>
       <c r="G18" s="11">
         <v>1649.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="F20" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="12">
-        <v>57583.3</v>
+        <v>59299.4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 