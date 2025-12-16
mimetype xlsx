--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -20,138 +20,138 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-STO-MB-0001 Stołówka w przedszkolu</t>
   </si>
   <si>
-    <t>z dnia 2025-10-31 23:05:09</t>
+    <t>z dnia 2025-12-16 02:53:39</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256011</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 3 żółte, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>036085</t>
   </si>
   <si>
     <t>Przesuwanka Kotek</t>
   </si>
   <si>
-    <t>Ćwiczą sprawność dłoni i wyobraźnię malucha. Zostały wykonane z płyty MDF. Do zawieszenia na ścianie.• wym. 70 x 35 cm• od 3 do 103 miesięcyOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
+    <t>Ćwiczą sprawność dłoni i wyobraźnię malucha. Zostały wykonane z płyty MDF. Do zawieszenia na ścianie.• wym. 70 x 35 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>100357</t>
   </si>
   <si>
     <t>Stolik do karmienia - podkowa rozm. 40-58 cm - blat HPL niebieski</t>
   </si>
   <si>
     <t>Wygodny stół w kształcie podkowy, służący np. do karmienia lub pracy nauczyciela z małą grupą dzieci. Wyposażony w okrągłe, drewniane nogi z regulowaną wysokością. Wykonany ze sklejki o grubości 25 mm, z laminatem HPL. • wym. blatu 179,5 x 90 cmDo stołu pasują Krzesełka Rarytasy (565503, sprzedawane osobno).• wym. 179,5 cm x 90 cm</t>
   </si>
   <si>
     <t>256099</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 2 szare, stelaż aluminium</t>
   </si>
   <si>
     <t>100893</t>
   </si>
   <si>
     <t>Przesuwanka Królik</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 40 x 76,5 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>855242</t>
   </si>
   <si>
     <t>Pufa śr. 80 cm niska - szara</t>
   </si>
   <si>
-    <t>Duże, praktyczne siedzisko, które sprawdzi się w wielu przestrzeniach. Do uszycia wykorzystano trwałą tkaninę pozbawioną ftalanów, łatwą do utrzymania w czystości. Wypełnienie to pianka, która jest bardzo odporna na zniekształcenia przy jednoczesnym zachowaniu odpowiedniej sprężystości, pozwalającej na komfortowe korzystanie.• wym. śr. 80 cm, wys. 30 cmSprawdzi się w szatniach, kącikach wypoczynkowych czy bibliotecznych.• śr. 80 cm• wym. 30 cm</t>
+    <t>Duże, praktyczne siedzisko, które sprawdzi się w wielu przestrzeniach. Do uszycia wykorzystano trwałą tkaninę wolną od ftalanów tkaniny, łatwą w czyszczeniu. Wypełnienie to pianka, która jest bardzo odporna na zniekształcenia przy jednoczesnym zachowaniu odpowiedniej sprężystości, pozwalającej na komfortowe korzystanie.• wym. śr. 80 cm, wys. 30 cmSprawdzi się w szatniach, kącikach wypoczynkowych czy bibliotecznych.• śr. 80 cm• wym. 30 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>565503</t>
   </si>
   <si>
     <t>Krzesełko do karmienia Rarytas</t>
   </si>
   <si>
-    <t>Krzesełko wykonane z polipropylenu oraz drewna brzozowego. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesło jest wielofunkcyjne, dzięki regulowanej wysokości w 2 pozycjach: wysokie krzesło do karmienia i niskie do użytkowania przy stoliku. Posiada podnóżek. Taca może być zamontowana w 3 pozycjach. Nakładka na tacę ułatwia utrzymanie jej w czystości. Poduszka do siedzenia z tkaniny PU jest również zdejmowana, co ułatwia czyszczenie. Wyposażone w 5-punktowe pasy bezpieczeństwa. Krzesełko wykonane zgodnie z normą EN 14988.  • wym. 44 x 54 x 86 cm • wys. siedziska 56,5 cm • wym. stoliczka 44 x 28 cm • waga: 6 kg• od 6 do 36 miesięcy</t>
+    <t>Krzesełko wykonane z polipropylenu oraz drewna brzozowego.Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesło jest wielofunkcyjne, dzięki regulowanej wysokości w 2 pozycjach: wysokie krzesło do karmienia i niskie do użytkowania przy stoliku. Posiada podnóżek. Taca może być zamontowana w 3 pozycjach. Nakładka na tacę ułatwia utrzymanie jej w czystości. Poduszka do siedzenia z tkaniny PU jest również zdejmowana, co ułatwia czyszczenie.Wyposażone w 5-punktowe pasy bezpieczeństwa.Krzesełko wykonane zgodnie z normą EN 14988.• wym. 44 x 54 x 86 cm• wys. siedziska 56,5 cm• wym. stoliczka 44 x 28 cm• waga: 6 kg• od 6 do 36 miesięcy</t>
   </si>
   <si>
     <t>196079</t>
   </si>
   <si>
-    <t>Makatka - piramida żywieniowa</t>
-[...2 lines deleted...]
-    <t>Makatka to estetyczna dekoracja sali, miękka zabawka i pomoc edukacyjna w jednym. Pomoże rozmawiać z najmłodszymi o tym, jak ważne są zdrowy tryb życia i zbilansowana dieta. Na makatce z naszytą piramidą żywieniową można dowolnie przytwierdzać ruchome elementy wyposażone w rzepy, pokazując w ten sposób między innymi właściwą częstotliwość jedzenia różnych produktów spożywczych. Zestaw zawiera 46 ruchomych elem. o wym. od 9 x 6,5 x 1,3 cm do 36 x 30 x 7 cm, w tym: • torbę na jedzenie • smutną i wesołą buźkę • 5 prostokątów z nazwami posiłków • 5 kół z aktywnościami fizycznymi • 33 różne produkty spożywcze. Piramida i ruchome elementy wykonane z pianki obszytej miłą w dotyku, miękką tkaniną welurową. W górnej części znajdują się szlufki umożliwiające zawieszenie makatki na ścianie • wym. makatki: 124 x 92 cm  • gr. makatki z naszytą piramidą: 2 cm.  • od 3 miesiąca</t>
+    <t>Makatka – piramida żywieniowa</t>
+  </si>
+  <si>
+    <t>Makatka to estetyczna dekoracja sali, miękka zabawka i pomoc edukacyjna w jednym. Pomoże rozmawiać z najmłodszymi o tym, jak ważne są zdrowy tryb życia i zbilansowana dieta. Na makatce z naszytą piramidą żywieniową można dowolnie przytwierdzać ruchome elementy wyposażone w rzepy, pokazując w ten sposób między innymi właściwą częstotliwość jedzenia różnych produktów spożywczych. Zestaw zawiera 46 ruchomych elem. o wym. od 9 x 6,5 x 1,3 cm do 36 x 30 x 7 cm, w tym: • torbę na jedzenie • smutną i wesołą buźkę • 5 prostokątów z nazwami posiłków • 5 kół z aktywnościami fizycznymi • 33 różne produkty spożywcze. Piramida i ruchome elementy wykonane z pianki obszytej miłą w dotyku, miękką tkaniną welurową. W górnej części znajdują się szlufki umożliwiające zawieszenie makatki na ścianie • wym. makatki: 124 x 92 cm • gr. makatki z naszytą piramidą: 2 cm• od 3 lat</t>
   </si>
   <si>
     <t>851001</t>
   </si>
   <si>
     <t>Mobilny zestaw Fuzjon 8-osobowy</t>
   </si>
   <si>
     <t>Zestawy mobilne Fuzjon są idealnym rozwiązaniem nie tylko w tradycyjnej stołówce, ale także w przypadku braku miejsca na utworzenie jej w osobnym pomieszczeniu. Mobilna składana konstrukcja stołów umożliwia przekształcenie dowolnej dużej sali w stołówkę w kilka chwil. Wystarczy rozłożyć stoły, a po posiłku złożyć i schować je do magazynu lub ustawić pod ścianą. To oszczędność miejsca także dlatego, że oddzielne stoły i krzesła wymagają dodatkowej przestrzeni, aby można było je wsuwać i wysuwać,  w przypadku połączonego zestawu ten zapas miejsca nie jest potrzebny. Dodatkową zaletą jest łatwość sprzątania podłóg pod stołami oraz redukcja hałasu w pomieszczeniu – nie słychać odgłosów ciągłego przesuwania krzeseł i stołów. Blaty o gr. 20 mm wykonane z płyty MDF pokrytej laminatem HPL, zabezpieczone od spodu przed wilgocią, łatwe w czyszczeniu, odporne na plamy. Przetestowane i certyfikowane zgodnie z EN1729 i BS4875. Stelaże malowane proszkowo. Na nogach stopki zabezpieczające przed rysowaniem podłogi.  Niebrudzące koła o średnicy 10 cm - umożliwiają płynną i łatwą obsługę stołu. Bardzo wytrzymałe zawiasy - zapewniają dodatkową trwałość i bezpieczeństwo. System wspomagania  umożliwia składanie i rozkładanie stolików szybko, łatwo i prawie bez wysiłku. Blokada na łączeniu zapobiega przypadkowemu złożeniu stołu.  Siedziska w kolorze szarym, blat w kolorze białym.• 8 miejsc  • wym. 151 x 243 x 74 cm  • wys. siedziska 43,5 cm • śr. siedziska 35 cm  • wym. po złożeniu 103 x 151 x 150,7 cm</t>
   </si>
   <si>
     <t>B9002-01-08-LP31-Z-SP-PA</t>
   </si>
   <si>
     <t>Stół Cichy Plus prostokątny 140x70, szary, zaokrąglony, rozm.1</t>
   </si>
   <si>
     <t>100892</t>
   </si>
   <si>
     <t xml:space="preserve">Przesuwanka Gąska </t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 30 x 70 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
@@ -286,51 +286,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f81a48a39b314f451d1ccf86c8143061.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45c420c25b5ff1207b54eb4dbe08e9df2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebdd716af20409be0381318a2dab87583.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4e95d7bc8ec870f21cf10a20896a4f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b325508af95a67b096648bc5fb852c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cd2fa48e7408d795f7b048dfc1f5dd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0b2dc4eb54c38a0a2f60391d1a8ae87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d15c363416dbd729fdc6f51d92242d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ccd7eb6a04250109bc21f3c2a713fe9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800d0f0d207489971dfd1fa886f0cbe710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286a7708b05795b404d1d62f315a8f4911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfdca1bdaed9734f1f4437af00cbddc112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86aa57f2c1edb0bf250e9140d60c9b6413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/392f95d7c693d4eab1f542ebee77fab314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c3dd23b6dfb64a91436c1540b336a6a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548249e6f95dfd99efb6c4841c2c18b016.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4b52ba6b0a822782b4122dbff446231.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f60d00fd5ccb9403fb0071e7dc102f52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebb72ea6cef7d3b78f2e99d002d09263.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa01af7c922715c2e7635a3a09377bc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13545618a9168a48f2aa7bd9dfb21515.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa8d3e5e0334809e3dc556667360b74a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b642902f5505e1d07334fb5c9cf69a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b58dddf768871026232d3c95762bd38.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa576aec553921ca70ede055050db9e19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3464a659bb1fe01e46e3e313fcd79910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cee90ad86ec879cd83446981265b105111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8bcaefc512c8ff512d338fbe763ee3e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf0eac62104e1625c559d58a6d85fbe13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3be1e6c4c70ccf5cd463bc9ae6511214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db0defe92cc94ed00d067d3ec8b4356915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5af13fa2183357451972b2370e433b116.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-MB-0001" descr="Stołówka w przedszkolu"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>