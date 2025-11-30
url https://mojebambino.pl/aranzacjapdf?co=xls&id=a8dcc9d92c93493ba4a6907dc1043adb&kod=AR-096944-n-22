--- v0 (2025-10-02)
+++ v1 (2025-11-30)
@@ -20,96 +20,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>AR-096944-n-22 Sala sportowa</t>
   </si>
   <si>
-    <t>z dnia 2025-10-02 05:08:07</t>
+    <t>z dnia 2025-12-01 00:07:30</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>522028</t>
   </si>
   <si>
     <t>Piłka terapeutyczna</t>
   </si>
   <si>
     <t>Piłka z PCV, której jedna półkula pokryta jest wypustkami, a druga półkula - gładka. • śr. 75 cm • kolor niebieskiDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
   </si>
   <si>
     <t>519012</t>
   </si>
   <si>
     <t>Ławeczka treningowa</t>
   </si>
   <si>
     <t>• wzmocnienie mięśni rąk i brzucha • wym. 90 x 54 x 80 cm • wym. siedziska 59 x 20 cm • wys. siedziska 38 cm • max. obciążenie 68 kg• od 3 lat</t>
   </si>
   <si>
     <t>101758</t>
   </si>
   <si>
     <t>Materac antypoślizgowy wym. 159 x 159 x 8 cm szary - MED</t>
   </si>
   <si>
-    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160kg/m3.• wym. 159 x 159 x 8 cm</t>
+    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160kg/m3.• wym. 159 x 159 x 8 cm</t>
   </si>
   <si>
     <t>519006</t>
   </si>
   <si>
     <t>Stepper</t>
   </si>
   <si>
     <t>• wzmocnienie mięśni nóg • wym. 68 x 41 x 85 cm • max. obciążenie 68 kg• od 3 lat</t>
   </si>
   <si>
     <t>519010</t>
   </si>
   <si>
     <t>Bieżnia - pow. 5 lat</t>
   </si>
   <si>
     <t>• wzmocnienie mięśni nóg • wyposażone w liczniki pokazujące czas, przebytą odległość, spalone kalorie oraz tempo • wym. 83 x 59 x 99 cm  • wym. bieżni 37 x 75 cm  • wys. uchwytów 90 cm • max. obciążenie 68 kg• od 3 lat• produkt wymaga baterii (nie ma w zestawie)</t>
   </si>
   <si>
     <t>519007</t>
   </si>
   <si>
     <t>Rowerek stacjonarny - do 68 kg</t>
   </si>
@@ -155,51 +155,51 @@
   <si>
     <t>096944</t>
   </si>
   <si>
     <t>Ścianka wspinaczkowa - góry</t>
   </si>
   <si>
     <t>Kolorowe ścianki wspinaczkowe zachęcą dzieci do aktywności ruchowej i wspólnej zabawy. Wspinaczka świetnie rozwija koordynację i równowagę. Ścianki wykonane ze sklejki o gr. 18 mm. Uchwyty z tworzywa sztucznego w różnych kolorach i kształtach. Ścianka wspinaczkowa złożona z 10 elementów. • wym. 405 x 241 cmInstrukcja montażu ścianek wspinaczkowych 096943-096945:• Nie montować na lekkich ścianach (płytach gipsowo-kartonowych).• Wszystkie moduły są indywidualnie mocowane do ściany• Moduły można także montować indywidualnie na różnych ścianach• Uchwyty wspinaczkowe są wstępnie zmontowane</t>
   </si>
   <si>
     <t>196085</t>
   </si>
   <si>
     <t>Zestaw fakturowych podkładek, 10 szt.</t>
   </si>
   <si>
     <t>Zestaw podkładek wykonanych z materiałów o różnych fakturach, do ćwiczeń sensorycznych. Podkładki można łączyć ze sobą na różne sposoby za pomocą nap. • 10 szt. o wym. 32 x 17,5 cm</t>
   </si>
   <si>
     <t>ZEST5695</t>
   </si>
   <si>
     <t>Szafka Quadro klon jasny z akcesoriami</t>
   </si>
   <si>
-    <t># 098185	Szafka Quadro na akcesoria - klon jasny, 1 szt.# 199210	Zestaw akcesoriów sportowych, 1 kplZestaw 62 różnych sprzętów sportowych:• 500126 Zestaw gimnastyczny, 1 szt.• 604043 Piłeczki do żonglowania miękkie, 1 kpl.• 144070 Kręgle, 1 kpl.• 077001 Piłka piankowa śr. 7 cm (zestaw 3 piłek), 1 kpl.• 500057 Zręcznościowa łyżka (1 łyżka, 1 piłka), 1 kpl.• 500045 Woreczki z grochem 4 szt., 4 kpl.• 550011 Mini szczudła, 4 kpl.• 550018 Szarfa żółta, 12 szt.• 550019 Szarfa niebieska, 12 szt.• 550054 Tańcząca chusta żółta fluorescencyjna, 4 szt.• 550030 Ringo, 3 szt.• 588010 Kulka z wypustkami do masażu, 2 szt.• 522042 Piłeczka jeżyk 5 cm, 2 szt. • wym. 99,8 x 60 x 87 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Długi sznurek.Ryzyko uduszenia.</t>
+    <t>• 098185	Szafka Quadro na akcesoria - klon jasny, 1 szt.• 199210	Zestaw akcesoriów sportowych, 1 kplZestaw 62 różnych sprzętów sportowych:• 500126 Zestaw gimnastyczny, 1 szt.• 604043 Piłeczki do żonglowania miękkie, 1 kpl.• 144070 Kręgle, 1 kpl.• 077001 Piłka piankowa śr. 7 cm (zestaw 3 piłek), 1 kpl.• 500057 Zręcznościowa łyżka (1 łyżka, 1 piłka), 1 kpl.• 500045 Woreczki z grochem 4 szt., 4 kpl.• 550011 Mini szczudła, 4 kpl.• 550018 Szarfa żółta, 12 szt.• 550019 Szarfa niebieska, 12 szt.• 550054 Tańcząca chusta żółta fluorescencyjna, 4 szt.• 550030 Ringo, 3 szt.• 588010 Kulka z wypustkami do masażu, 2 szt.• 522042 Piłeczka jeżyk 5 cm, 2 szt. • wym. 99,80 x 60 x 87 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Długi sznurek.Ryzyko uduszenia.</t>
   </si>
   <si>
     <t>251005</t>
   </si>
   <si>
     <t>Sensoryczna piłka fasolka 50 cm - MED</t>
   </si>
   <si>
     <t>Bardzo przydatna podczas prowadzenia terapii integracji sensorycznej. • śr. 50 cm • dł. 90 cm • 1 szt.• wyrób medyczny - klasa IOSTRZEŻENIE: Wyrób medyczny Klasy I, reguły 1 zgodnie z załącznikiem 9 Dyrektywy MDD 93/42/EWG + 2007/47/WE, spełnia wymagania zasadnicze określone w załączniku 1 tej dyrektywy. Wyrób spełnia wymagania ustawy z dn. 20 maja 2010 r. o wyrobach medycznych (Dz. U. 2020 poz.186), Rozporządzenia Ministra Zdrowia z dn. 17 lutego 2016 r. w sprawie wymagań zasadniczych oraz procedur oceny zgodności wyrobów medycznych (Dz. U. 2016 poz. 211).</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -286,51 +286,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ab173115652da8d3ac93aafb4e8a7d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9af377b48ffb50177f45608ec88754c62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731c305d66c470065516bd5cefb0f28b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cab7a17374772b72e281bbf48f69644.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832df1b0a85b564141e8e7b408a94f4e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311d5b57c339b3339d524221c7192ec46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7df13af18a8653eb6c971e2a6b57d37.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a087babd8b05855af749fcdb5ff7f578.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4a4a55ed4ffabe1515bc69fc52bef29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ed653962e37a5599cab4288b5e21d110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a32ab5e705baea81b7b520bba1617c5011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb9cb943c0754ab3431cc5fd1b9392912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd1c7e7e079fd449f859b96a8ed58613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c099e6c62db3d0e21ec350c0f1487414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a392b0cecd91a39621d3216bf6ea2e615.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f728d235e52d309a9f9face81e48981.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a21d30fdd70912ea58d62534bc3f2f02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e22d463d601ad268a3e5be4d589d9503.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036c2282aa7f59412d3b1514cbf3b32b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05f6695b05efea97178d0096ddc890ee5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9878aca153c29f76a60508e12012c16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c070e8673f86bc325a141b6cb0879e0a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/388670f29a26e7f0e77bee702c6da7e08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a91a821690c11d9c81a7cad19c224c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e3b79361de38abac8e4bc46c66e4fde10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a110fdfe17eaa15ffb17b70561667a311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c06ac6792fa0d333eb61c6997da515d212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d532f3553c627ee72397d8160bcd02113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55499b80d76e732a99fc9188d9e54db214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f6d1cc33bdb4940421242bd993963a15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-096944-n-22" descr="Sala sportowa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>