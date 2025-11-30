--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-BIB-MB-0007 Biblioteka szkolna z modułem Agora</t>
   </si>
   <si>
-    <t>z dnia 2025-10-07 07:00:44</t>
+    <t>z dnia 2025-12-01 00:31:19</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>048222</t>
   </si>
   <si>
     <t>Krzesło obrotowe William czarne</t>
   </si>
@@ -110,51 +110,53 @@
   <si>
     <t>861007</t>
   </si>
   <si>
     <t>Krzesło Baltic Soft Duo czarne</t>
   </si>
   <si>
     <t>Komfortowe krzesło kubełkowe, tapicerowane tkaniną z marszczeniem (100% poliester, odporność na ścieranie 100 000). Kubełek krzesełka jest miękki (pianka cięta 40 kg/m3). Nogi z metalu (malowanego proszkowo) o śr. 18 mm, są zakończone stopkami z tworzywa.• wys. siedziska 45 cm</t>
   </si>
   <si>
     <t>834190</t>
   </si>
   <si>
     <t>Stolik Mini niski biały 60x60x40</t>
   </si>
   <si>
     <t>Stoliki Mini wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 60 x 60 x 40 cm</t>
   </si>
   <si>
     <t>861103</t>
   </si>
   <si>
     <t>Hoker wysoki New School żółty</t>
   </si>
   <si>
-    <t>Nowoczesne krzesło z oparciem, które idealnie nadaje się do szkół (np. do sal laboratoryjnych z wysokimi blatami). Stelaż wykonany w całości z giętkiego metalu o śr. 18 mm. Jest zabezpieczony nakładkami z tworzywa sztucznego na dole, które dodatkowo stabilizują krzesło. Siedzisko i oparcie połączone są za pomocą stelaża i są wykonane ze sklejki jesionowej o gr. 9 mm.  • wym. 53 x 55 x 117 cm • wys. siedziska 82 cm</t>
+    <t>Nowoczesne krzesło z oparciem, które idealnie nadaje się do szkół (np. do sal laboratoryjnych z wysokimi blatami). Stelaż wykonany w całości z giętkiego metalu o śr. 18 mm. Jest zabezpieczony nakładkami z tworzywa sztucznego na dole, które dodatkowo stabilizują krzesło. Siedzisko i oparcie połączone są za pomocą stelaża i są wykonane ze sklejki jesionowej o gr. 9 mm. 
+• wym. 53 x 55 x 117 cm
+• wys. siedziska 82 cm</t>
   </si>
   <si>
     <t>099750</t>
   </si>
   <si>
     <t xml:space="preserve">Biurko Grande narożne lewe z metalową nogą, klon jasny </t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>096933</t>
   </si>
   <si>
     <t>Regał Grande biblioteczny - klon jasny</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wysokie i pojemne, ułatwią przechowywanie książek i innych materiałów bibliotecznych.• wym. 88 x 38 x 223</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -250,51 +252,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a553407d82567519e67176a7932af831.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc7197561ca7826ac5841b26910588662.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ce8e9765e2ef84564dd2148fc257e4e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b8e87df9e8f03bbc9661e48bbd22054.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f499b2020aff6dc1c25ee43ecccbe60a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae88b8d03f2ea3bb744dd61899d886f46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e636b66f2312b86a2fa709231f95277.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59f36ccc53f42fe3ec9aa73ca07f5ffd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f59f9d5c1adb94f332d31fa4a2442609.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd4d377de7b3de855101d4a2fbe3aaf10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc804d8f6201ec163da963a2dd3f691311.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3c2d65295d401a70f26638614b577d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba4f461f12c2f94b86ecd3a78ce5a9192.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f354a011de5aafce86c0760eecbf1a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f10322ae92596564fdca483677493174.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbc7b50992ea78a70462b216d53a5ed5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc123a3a76e20aca5a8b57b601500c406.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391f5dbd04a96462ce6d5bc86c1fc4f97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff766dac6cab6d9d3ae09481c29c6cc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279f34d48a35cf24809a821b9e15f58d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c682a352c82ed4a9fded3bda7dee6d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6d92159c7fa0be5ff87b3974e3b45611.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-BIB-MB-0007" descr="Biblioteka szkolna z modułem Agora"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>