--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -15,56 +15,56 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>WIZ-GAB-KV-0001 Pokój nauczycielski Kvadra</t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 01:50:47</t>
+    <t>z dnia 2025-12-18 12:30:08</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096632</t>
   </si>
   <si>
     <t>Sofa Relax szaro-zielona - kwadratowe nóżki</t>
   </si>
@@ -74,89 +74,86 @@
   <si>
     <t>048260</t>
   </si>
   <si>
     <t>Krzesło Cafe VII chrome - białe</t>
   </si>
   <si>
     <t>Siedzisko i oparcie wykonane z bukowej sklejki, stelaż stalowy, chromowany. Możliwość składowania w stosie (max. 4 szt.). • wym. 50 x 46 x 85,5 cm  • wym. siedziska 39,5 x 42,5 cmSiedzisko jest wykonane ze sklejki laminowanej na biało.</t>
   </si>
   <si>
     <t>096637</t>
   </si>
   <si>
     <t>Pufa Relax kwadratowa szaro-zielona - kwadratowe nóżki</t>
   </si>
   <si>
     <t>Wygodne i wytrzymałe siedziska z pianki, na drewnianym stelażu. Meble pokryto estetyczną i miłą w dotyku tkaniną. Dostępne na okrągłych lub kwadratowych nóżkach aluminiowych, z końcówkami z tworzywa. Końcówki nóżek są wykręcane, co umożliwia zwiększenie wysokości mebli o ok. 3,5 cm.  • wym. 61 x 61 x 47 cm</t>
   </si>
   <si>
     <t>D095030</t>
   </si>
   <si>
     <t>Tower kartotekowy</t>
   </si>
   <si>
-    <t>Towery wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w wysokiej klasy kółka z hamulcem i miękką powłoką jezdną.Wyposażony w wysokiej klasy szuflady kartotekowe z centralnym zamkiem. • wym. 43,2 x 58 x 143,5 cm</t>
+    <t>Towery wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w wysokiej klasy kółka z hamulcem i miękką powłoką jezdną.Wyposażony w wysokiej klasy szuflady kartotekowe z centralnym zamkiem. • wym. 43,2 x 58 x 143,5 cm• wym. 43,20 x 58 x 143,50 cm</t>
   </si>
   <si>
     <t>096633</t>
   </si>
   <si>
     <t>Fotel Relax szaro-zielony - kwadratowe nóżki</t>
   </si>
   <si>
     <t>Wygodne i wytrzymałe siedziska z pianki, na drewnianym stelażu. Meble pokryto estetyczną i miłą w dotyku tkaniną. Dostępne na okrągłych lub kwadratowych nóżkach aluminiowych, z końcówkami z tworzywa. Końcówki nóżek są wykręcane, co umożliwia zwiększenie wysokości mebli o ok. 3,5 cm.  • wys. siedziska 47 cm • gł. siedziska 52 cm• wym. 87 x 76 x 92 cm</t>
   </si>
   <si>
     <t>092475</t>
   </si>
   <si>
     <t>Stół owalny 120 x 200 cm klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi o śr. 60 mm, wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375)- oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • wym. 120 x 200 cm Stoły można łączyć z kolekcją Expo.• klon 375</t>
   </si>
   <si>
     <t>D095016</t>
   </si>
   <si>
     <t>Półka otwarta</t>
   </si>
   <si>
-    <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm, wykończonej obrzeżem. Dostępne w trzech wersjach: otwarte, zamknięte lub z witryną, wyposażone w zawiasy uchylne podnoszone do góry.• wym. 80 x 30 x 37,6 cm• wym. 80 cm x 30 cm x 38 cm</t>
+    <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm, wykończonej obrzeżem. Dostępne w trzech wersjach: otwarte, zamknięte lub z witryną, wyposażone w zawiasy uchylne podnoszone do góry.• wym. 80 x 30 x 37,6 cm• wym. 80 x 30 x 37,60 cm</t>
   </si>
   <si>
     <t>D095018</t>
   </si>
   <si>
     <t>Półka z witryną</t>
   </si>
   <si>
-    <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm, wykończonej obrzeżem. Dostępne w trzech wersjach: otwarte, zamknięte lub z witryną, wyposażone w zawiasy uchylne podnoszone do góry.• wym. 80 x 30 x 37,6 cm</t>
-[...1 lines deleted...]
-  <si>
     <t>D095027</t>
   </si>
   <si>
     <t>Szafa 190</t>
   </si>
   <si>
     <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 4 półki • wym. 80 x 42 x 190 cm</t>
   </si>
   <si>
     <t>D095023</t>
   </si>
   <si>
     <t>Regał 190</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• wym. 80 x 40 x 190 cm</t>
   </si>
   <si>
     <t>048166</t>
   </si>
   <si>
     <t>Krzesło Cafe VII arm chrome</t>
   </si>
   <si>
     <t>Siedzisko i oparcie wykonane z bukowej sklejki, stelaż stalowy, chromowany. Możliwość składowania w stosie (max. 4 szt.). • wym. 50 x 46 x 85,5 cm  • wym. siedziska 39,5 x 42,5 cmStalowe podłokietniki z drewnianymi nakładkami oraz gumowymi podkładkami pod podłokietnikami chroniące powierzchnię stołu przed porysowaniem, gdy krzesło jest zawieszone na blacie stołu. • wys. siedziska 45 cm</t>
@@ -164,78 +161,78 @@
   <si>
     <t>096673</t>
   </si>
   <si>
     <t>Szafa ubraniowa Kvadra - klon 375</t>
   </si>
   <si>
     <t>Wysoka szafa ubraniowa z zamkiem. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375. Wieniec dolny i górny z płyty o gr. 25 mm. Po jednej stronie szafy drążek na wieszaki, a powyżej półka. Po drugiej stronie 4 półki • wym. półek: 36,8 x 55,4 x 33,6 cm• wym. 80 x 58 x 190 cm</t>
   </si>
   <si>
     <t>092478</t>
   </si>
   <si>
     <t>Stół owalny 100 x 180 cm klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • wym. 100 x 180 cm Stoły można łączyć z kolekcją Expo.• klon 375</t>
   </si>
   <si>
     <t>D095029</t>
   </si>
   <si>
     <t>Tower żaluzjowy</t>
   </si>
   <si>
-    <t>Towery wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w wysokiej klasy kółka z hamulcem i miękką powłoką jezdną.Wyposażony w pionową żaluzję z zamkiem. • 3 półki • wym. 43,2 x 58 x 143,5 cm</t>
+    <t>Towery wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w wysokiej klasy kółka z hamulcem i miękką powłoką jezdną.Wyposażony w pionową żaluzję z zamkiem. • 3 półki • wym. 43,2 x 58 x 143,5 cm• wym. 43,20 x 58 x 143,50 cm</t>
   </si>
   <si>
     <t>096671</t>
   </si>
   <si>
     <t>Szafka Kvadra na drukarkę 3D/ksero - klon 375</t>
   </si>
   <si>
-    <t>Mobilna szafka pod ksero, wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu 375. W celu wzmocnienia konstrukcji wieniec górny (blat) i dolny wykonano z płyty o gr. 25 mm. • pod blatem schowek o wym. 75,6 x 55,8 x 17,6 cm • zamykana na kluczyk szafka o wym. 75,6 x 55,8 x 42,4 • przednie kółka z hamulcem Maksymalne dopuszczalne obciążenie: 40 kg• wym. 80 x 60 x 75,8 cm</t>
+    <t>Mobilna szafka pod ksero, wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu 375. W celu wzmocnienia konstrukcji wieniec górny (blat) i dolny wykonano z płyty o gr. 25 mm. • pod blatem schowek o wym. 75,6 x 55,8 x 17,6 cm • zamykana na kluczyk szafka o wym. 75,6 x 55,8 x 42,4 • przednie kółka z hamulcemMaksymalne dopuszczalne obciążenie: 40 kg• wym. 80 x 60 x 75,80 cm</t>
   </si>
   <si>
     <t>D095003</t>
   </si>
   <si>
     <t>Biurko Kvadra 180  - klon 375</t>
   </si>
   <si>
-    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 180 x 80 x 76 cm</t>
+    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 180 x 80 x 76 cm• wym. 180 x 80 x 76 cm</t>
   </si>
   <si>
     <t>D095025</t>
   </si>
   <si>
     <t>Szafa 119</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 2 półki• wym. 80 x 40 x 119,2 cm</t>
+    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 2 półki• wym. 80 x 42 x 119,20 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -313,51 +310,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa499264715745abaec7ceb1be86968a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4bb26a44d69c17f3ee1825c3bb1d1122.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83867994bc2d24cbade79ad2c7ad49423.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9427a92afbb1ef65ec647b1a5e52504.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cdb67454ffc181725c1f979796c5ce25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73676136bf94fce903cfa4716475b4926.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd6e7a490719ecb431c9348252b4e147.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8645e221e909a217076b61003887babc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29be658daebac2b35585fa6cfaf1e0559.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8280220b6e0aa4bb185d91521369a0310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5831b958ac07a8af4a811ebc4b528a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0468ab8487c21bc0b4a551abba42186812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083b9591eb08f3dfc71ef840e00a228713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e90299088ad4a3e1b150c80218d0bde114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b340c8ae5527cd39e077ff78aaab09cc15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cc670c47071deefd868082c23a3ed216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67eacb99e0456cd1d3e47c465bee658617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f299dc869c3b1b53aa9bdf73275a54ed18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869f5cd7ad17e1a4e54ba1dbe6e1a3101.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f1f5f3ba6f9b89838f64fac149ee2842.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1fea51aef152db69d472288d5802b343.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76873994180a9e71ec139d61d7ca31a14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14676160b1c20200bf88cad05f3e3ec25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7ac5bdbc4db380283351485fe85edb6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d740ccb4f3ffa6d6540fff13a7253ab67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42040c1c87c504421cc09d860275acb08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7b1f041e41d31e25d45179e5deb1d09.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff9e5deb6f2998054a4940a4bbf4a27e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d44e515c0944348eb1dac5fef99956411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1d6e9bfcded5b2852c3c7dda5c558c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d9b225cd099b325fb95bfd32ed449713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31edc1b39874146b5f006a0a03dba05114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03251e4b7f2067006450404811aea1c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1beffe59470cceeb7560b0ad113549416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd70b800fd3d97b69a21e7cf0608938f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf0be7b6b52a37c9cc4b06560000471e18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-KV-0001" descr="Pokój nauczycielski Kvadra"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1379,254 +1376,254 @@
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
         <v>239.9</v>
       </c>
       <c r="G12" s="11">
         <v>239.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>599.9</v>
       </c>
       <c r="G13" s="11">
         <v>599.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>999.9</v>
       </c>
       <c r="G14" s="11">
         <v>999.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="D15" s="9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>2</v>
       </c>
       <c r="F15" s="10">
         <v>779.9</v>
       </c>
       <c r="G15" s="11">
         <v>1559.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
         <v>699.9</v>
       </c>
       <c r="G16" s="11">
         <v>699.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="D17" s="9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
         <v>1399.9</v>
       </c>
       <c r="G17" s="11">
         <v>1399.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="D18" s="9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
         <v>749.9</v>
       </c>
       <c r="G18" s="11">
         <v>749.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="D19" s="9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
         <v>1799.9</v>
       </c>
       <c r="G19" s="11">
         <v>1799.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
         <v>939.9</v>
       </c>
       <c r="G20" s="11">
         <v>939.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="D21" s="9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
         <v>1099.9</v>
       </c>
       <c r="G21" s="11">
         <v>1099.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
         <v>779.9</v>
       </c>
       <c r="G22" s="11">
         <v>779.9</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="F24" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G24" s="12">
         <v>24367.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>