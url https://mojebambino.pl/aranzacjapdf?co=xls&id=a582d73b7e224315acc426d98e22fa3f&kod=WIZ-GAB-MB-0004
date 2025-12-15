--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -19,141 +19,214 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t xml:space="preserve">WIZ-GAB-MB-0004 Gabinet psychologa-pedagoga w szkole średniej </t>
   </si>
   <si>
-    <t>z dnia 2025-10-29 09:07:37</t>
+    <t>z dnia 2025-12-15 23:02:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096824</t>
   </si>
   <si>
     <t>Krzesło H szare rozm. 6, stelaż aluminium</t>
   </si>
   <si>
-    <t>Krzesła H z uchwytem w oparciu, który ułatwia ich przenoszenie. Siedzisko i oparcie o gr. 8 mm wykonane ze sklejki pokrytej laminatem HPL, z krawędziami zabezpieczonymi woskiem. Stelaż wykonany ze stalowej rury o śr, 20 mm, pokryty farbą proszkową. Powłoka HPL zapewnia skuteczną ochronę przed uszkodzeniami - jest odporna na zarysowania i uderzenia, a także wodoodporna i łatwa do czyszczenia.Wyprofilowane siedzisko eliminuje ucisk na kolana w trakcie siedzenia, a wygodne, lekko wyprofilowane oparcie zapewnia właściwą postawę ciała. Szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można sztaplować (max. 5 szt.). Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.• wym. 42,5 x 52 x 84,8 cm• wys. siedziska 46 cm</t>
+    <t>Krzesła H z uchwytem w oparciu, który ułatwia ich przenoszenie. Siedzisko i oparcie o gr. 8 mm wykonane ze sklejki pokrytej laminatem HPL, z krawędziami zabezpieczonymi woskiem. Stelaż wykonany ze stalowej rury o śr, 20 mm, pokryty farbą proszkową. Powłoka HPL zapewnia skuteczną ochronę przed uszkodzeniami - jest odporna na zarysowania i uderzenia, a także wodoodporna i łatwa do czyszczenia.Wyprofilowane siedzisko eliminuje ucisk na kolana w trakcie siedzenia, a wygodne, lekko wyprofilowane oparcie zapewnia właściwą postawę ciała. Szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można sztaplować (max. 5 szt.). Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.• wym. 42,5 x 52 x 84,8 cm• wys. siedziska 46 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>D3203-05</t>
   </si>
   <si>
     <t>Biurko Vigo z 2 szufladami klon 375</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu 375 lub klonu jasnego, wykończone obrzeżem o gr. 2 mm. Wyposażone w 2 szuflady, z których jedna zamykana jest na zamek. • wym. 120 x 60 x 76 cm• klon 375• wym. 60 cm x 120 cm x 76 cm</t>
   </si>
   <si>
     <t>D095026K</t>
   </si>
   <si>
     <t>Szafa 155 z zamkiem</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 3 półki • zamek• wym. 80 x 42 x 155 cm</t>
+    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 3 półki • zamek• wym. 80 x 42 x 155 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>D095025K</t>
   </si>
   <si>
     <t>Szafa 119 z zamkiem</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 2 półki • zamek• wym. 80 x 42 x 119,2 cm</t>
+    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 2 półki • zamek• wym. 80 x 42 x 119,20 cm</t>
   </si>
   <si>
     <t>092481</t>
   </si>
   <si>
     <t>Stół kawowy Expo śr. 80 cm - klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • śr. 80 cm• wys. 76 cm• śr. 81 cm• wym. 76 cm</t>
   </si>
   <si>
-    <t>MZEST0013-0VAT</t>
+    <t>MZEST0013V</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE 65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Skład zestawu:   _x0001_585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 _x0001_585004 Uchwyt ścienny do monitorów insGraf DIGITAL      585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65  Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - podział ekranu  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt. _x0001_przewód DISPLAYPORT dł-5m , 1 szt.              585004 Uchwyt ścienny do monitorów insGraf DIGITAL  Uchwyt ścienny do monitorów interaktywnych Insgraf DIGITAL. Maksymalny udźwig - 120 kg (monitor 86 cali). Maksymalne nachylenie - 15 stopni. Kolor czarny.  </t>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+Zestaw zawiera:
+	585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 Więcej informacji &gt;&gt;
+	585004 Uchwyt ścienny do monitorów insGraf DIGITAL Więcej informacji &gt;&gt;
+585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	Przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -231,51 +304,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9847be9f37af4666cbf6d50b471f56781.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8408ee2da94f79625f4973a1cefccbf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68abafc239960780f98a6f7b6131ba1d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfada9badc1451edb8f530ce9b7168d04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc2d3e00bbd1f63b470de5a873679d25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96b0262690316873464fcb8d5102f1b56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b9bba62ca9e5c8575c2dfb7f10f85a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dcb2501dbb677475b3fc9f0c4719df68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d6ff501b9a744000b32fa46e3e7ac69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a0f7859667607ab8e35a7fcef8a211b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974726c1da2ab784f9ebb8788cfa222b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e110c6eb706b0ae032c4c4ae67267283.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f46502c0dadb6f194987fe6ffc24c34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e776db04442ebbafd6c8724150890d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107378b13c27970b54221fc9b8b4a6d26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f0b1d53d94ff3da4d9a4e9c9aad4ac7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36487d4cf1a990d0a6131247b866aab8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c235f2ee1fae80d0a38db526328432d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-MB-0004" descr="Gabinet psychologa-pedagoga w szkole średniej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -486,51 +559,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="MZEST0013-0VAT" descr="MZEST0013-0VAT"/>
+        <xdr:cNvPr id="9" name="MZEST0013V" descr="MZEST0013V"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1033,62 +1106,62 @@
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
         <v>469.9</v>
       </c>
       <c r="G12" s="11">
         <v>469.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>5869.8</v>
+        <v>5600.9</v>
       </c>
       <c r="G13" s="11">
-        <v>5869.8</v>
+        <v>5600.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="F15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G15" s="12">
-        <v>11148.8</v>
+        <v>10879.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 