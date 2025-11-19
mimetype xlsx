--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>AR-092171S-h-21 Sypialnia Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-10-02 05:04:49</t>
+    <t>z dnia 2025-11-20 00:01:51</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>501013</t>
   </si>
   <si>
     <t>Łóżeczko przedszkolne szare</t>
   </si>
@@ -116,51 +116,51 @@
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 •  stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6 • białe</t>
   </si>
   <si>
     <t>134019</t>
   </si>
   <si>
     <t>Pościel dziecięca - różowo-szare zwierzątka</t>
   </si>
   <si>
     <t>Komplet stanowią: poduszka, kołderka oraz prześcieradło z gumką. Pościel może być prana w pralce, w temp. 40 stopni. • różne wzory • wym. kołderki 80 x 120 cm • wym. poduszki 35 x 50 cm • wym. prześcieradła 146 x 65 cm • wypełnienie bawełniane • gramatura 160g/m2• różowo-szara</t>
   </si>
   <si>
     <t>092086</t>
   </si>
   <si>
     <t>Quadro - skrzynia mała - błękitna</t>
   </si>
   <si>
     <t>101834</t>
   </si>
   <si>
     <t>Gruszka duża grafitowo-niebiesko-zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>092085</t>
   </si>
   <si>
     <t>Quadro - skrzynia mała - szara</t>
   </si>
   <si>
     <t>092088</t>
   </si>
   <si>
     <t>Quadro - skrzynia mała - limonkowa</t>
   </si>
   <si>
     <t>098325</t>
   </si>
   <si>
     <t>Szafa Drzemka na pościel dla 24 dzieci - klon jasny</t>
   </si>
   <si>
     <t>Szafa przystosowana do przechowywania kompletów pościeli dla 24 dzieci (sprzedawane osobno). Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej.W szafie znajdują się 24 schowki. Dla zwiększenia stabilności należy przykręcić ją bezpośrednio do podłogi. Elementy mocujące są w zestawie. W tylnej ścianie każdego schowka na pościel otwór wentylacyjny o śr. 3,4 cm. • wym. 97,2 x 70 x 187,8 cm • wym. jednego schowka 30 x 59,8 x 20,5 cm</t>
   </si>
   <si>
     <t>098294</t>
   </si>
@@ -295,51 +295,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c08966b4e96e7bda197fc11b2eb3f31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecdc327a01d5f237e429670f00066512.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03494addca4c8eddf820a6b2d09466a73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d85e8dd18fb67c8a43534b6391f3c7f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509e8d0be6b6c1fd113a97900736b1ca5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/350a2b520d0f8f24d2bcd43378f1c88f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442f3571770ffcfe4375fb54015523ba7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b760d9b6b0644a22dbc4c9a49aae35348.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f7529f048bff6355970c626a6133fdb9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbcb3047adecbef653eadc68da9cf2a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a33b15f8db454dcc58285478fca296f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe744d837b33ab91987aa4ccc22bf7f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362ef7589f8390a81061e866b902002e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ea9c8888b20bc1eb03eacbf03cbd6e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/604556090310d9662ac4c4e7d964c14215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fb0bb38645d494c9a4a873cc0d6dd216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d2dd2926e4af409164e583331a88f117.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abbff6c847ef9f65b59b1170c07756ff1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d05e11edf81eb441365b7e368b73b92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bea3a023c0fbe81a24710b207cdf9d23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b0444b440276d7bb398af80a95c81a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bbd49f871ffca1892c2a738ca95924a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0797f40dd29b7d73ab99cc0e0948583a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeea043d9207143dae2c50b9628ef4517.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91ca54028981bdc6d634555087418e228.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f650c24dd9d5974a27755d5c52bac94c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f77e2ea4a4ac2a9aa5300a2c1ebdaa610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf55e51c184eb2b4541680056599a9111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a143e3069f8d1317bcd98853f89b3212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08066c0150ca616284194d068cf4c50813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79d130e3811a7c62654a0199a6a932714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb50328d8d89407739750ba826f5835515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa95e0f276f66d0aef28df6f42c9e46716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd15f4a0df3dbeb558617531276a363517.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4419600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-092171S-h-21" descr="Sypialnia Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>