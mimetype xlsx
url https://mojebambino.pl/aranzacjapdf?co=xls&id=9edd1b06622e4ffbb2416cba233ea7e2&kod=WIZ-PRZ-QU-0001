--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -20,80 +20,71 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>WIZ-PRZ-QU-0001 Sala przedszkolna Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:11:59</t>
+    <t>z dnia 2025-11-20 00:02:14</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
-    <t>096572-2</t>
-[...7 lines deleted...]
-  <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
   <si>
     <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cm</t>
   </si>
   <si>
     <t>092900</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. niebieskie</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>133147</t>
   </si>
   <si>
     <t>Suszarka metalowa</t>
   </si>
   <si>
     <t>Funkcjonalny mebel do suszenia prac plastycznych. Metalowy stelaż na kółkach ułatwiających przemieszczanie. Suszarka pomieści 25 prac formatu A3 lub 50 A4. • wym. 42,5 x 41 x 98 cm</t>
@@ -119,150 +110,159 @@
   <si>
     <t>099361</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - szafka-ławeczka 3 - szary materac - klon jasny </t>
   </si>
   <si>
     <t>Niska szafka z siedziskiem, wyposażona w 3 szuflady. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.  • wys. materaca 4 cm• wym. 116,8 x 41,5 x 30,7 cm</t>
   </si>
   <si>
     <t>092277</t>
   </si>
   <si>
     <t>Quadro - biblioteczka jednostronna stojąca - niebieska, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 5 półek (szerokość: 4 cm)• wym. 60 x 34,8 x 89,7 cm</t>
   </si>
   <si>
     <t>SET6044</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - zestaw 41, 90 st., skrzynia klon jasny </t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, klon jasny, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092205 Quadro - drzwiczki małe 90 st. - żółte, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. - szare, 1 szt.• 092297 Quadro - skrzynia duża - żółta, 1 szt.• 092296 Quadro - skrzynia duża - limonkowa, 1 szt.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, klon jasny, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092205 Quadro - drzwiczki małe 90 st. - żółte, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. - szare, 1 szt.• 092297 Quadro - skrzynia duża - żółta, 1 szt.• 092296 Quadro - skrzynia duża - limonkowa, 1 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>098339</t>
   </si>
   <si>
     <t>Szafa Flexi wielofunkcyjna, wys. 203</t>
   </si>
   <si>
     <t>Pojemna szafa z półkami (dwie z nich są wysuwane, co ułatwia dostęp do umieszczonych tam przedmiotów) i przegrodą. Służy do przechowywania różnego rodzaju pomocy edukacyjnych, instrumentów i innych akcesoriów. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. W górnej części znajdują się półki, w dolnej można przechowywać większe pomoce. Szafę można uzupełnić plastikowymi pojemnikami (3720xx, sprzedawane osobno). Maksymalnie zmieści się 13 płytkich pojemników. Szafa posiada zawiasy 180 stopni. • szer. półki (w dolnej części): lewa 32 cm; prawa 50,5 cm• wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,1 x 48 x 203 cm</t>
   </si>
   <si>
     <t>101830</t>
   </si>
   <si>
     <t>Zestaw piankowy Mobaklocki 3 - MED</t>
   </si>
   <si>
     <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną meditap. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>515053</t>
   </si>
   <si>
     <t>Krzesło Dumi rozm. 2 szarobeżowe</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, dzięki ergonomicznemu i atrakcyjnemu kształtowi jest bardzo wygodne. Szeroko rozstawione i odchylone do tyłu nogi zapewniają wysoką stabilność. Powierzchnia z tworzywa jest odporna na zarysowania, zabrudzenia i wilgoć. Krzesła przeznaczone do kącików zabaw, można je stawiać jedno na drugim. Spełnia normy dotyczące zabawek. • dostępne w rozmiarach 1-4 • 5 kolorów • szarobeżowe, • wzrost od 108 do 121 cm</t>
   </si>
   <si>
     <t>SET6309</t>
   </si>
   <si>
     <t>Quadro - zestaw 154, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną PVC, niezawierającą ftalanów, łatwą do utrzymania w czystości. # 096997	Quadro – szafka 1/8 koła S+ - klon jasny, 4 szt.# 101811	Siedzisko Paolo długie, szare, 1 szt.# 101813	Siedzisko Paolo długie, grafitowe, 1 szt.# 101814	Siedzisko Paolo długie, czarne, 1 szt.# 101817	Siedzisko Paolo długie, żółte, 1 szt.• wym. 363 x 181,5 x 67,5 cm• długość zestawu: 3,63 m</t>
   </si>
   <si>
     <t>101858</t>
   </si>
   <si>
     <t>Bujak zajączek</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki• wym. 73 x 26 x 54 cm</t>
   </si>
   <si>
     <t>101412</t>
   </si>
   <si>
     <t>Pufa Pies</t>
   </si>
   <si>
-    <t>Miękkie pufy-zwierzątka w wesołych kolorach, wykonane z pianki, z pokrowcem z trwałej tkaniny meditap, łatwej do utrzymania w czystości. • wym. 46 x 54 x 43 cm • wym. siedziska 30 x 50 x 26 cm • wym. 30 cm x 50 cm x 26 cm</t>
+    <t>Miękkie pufy-zwierzątka w wesołych kolorach, wykonane z pianki, z pokrowcem z trwałej tkaniny meditap, łatwej do utrzymania w czystości. • wym. 46 x 54 x 43 cm • wym. siedziska 30 x 50 x 26 cm • wym. 46 x 54 x 43 cm</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>100707N</t>
   </si>
   <si>
     <t>Kuchenka Uli</t>
   </si>
   <si>
     <t>Zestaw szafek imitujących kuchnię. Wykonane z płyty laminowanej o gr. 12 mm. Fronty z płyty MDF o gr. 14 mm. • moduł główny o wym. 149,5 x 38,5 x 126,5 cm • blat o wym. 112,4 x 38,5 cm na wys. 60 cm • drzwiczki 2 szafek z szybkami z plexi • lodówka o wym. 36,6 x 38,5 x 66 cm z półką w środku • moduł górny o wym. 30,5 x 30,5 x 112,4 cm. OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>094097</t>
   </si>
   <si>
     <t>Quadro - biurko z szafką i 1 szufladą 90 st. - morskie, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
   </si>
   <si>
     <t>096989</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,8 x 41,5 x 166,8 cm</t>
   </si>
   <si>
     <t>101848</t>
   </si>
   <si>
     <t>Bujak auto</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 90,8 x 43,3 x 33,5 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 91 x 43 x 34 cm</t>
+  </si>
+  <si>
+    <t>119007N</t>
+  </si>
+  <si>
+    <t>Krzesło Krzyś Deluxe z podłokietnikami i stopką filcową, rozm. 2, buk</t>
+  </si>
+  <si>
+    <t>Wygodne krzesło dla malucha z oparciami pod ręce. Wykonane z lakierowanego drewna bukowego.  Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -340,666 +340,666 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d6cfcfb1f096433fa7217ffc427ffff1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293f4b2018f62b57743c6e6f04c61d652.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dbaa0af582c855fa8860bc09374e083.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5876f9789c17e0570cf75599380241c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ca4ce702facdc24aceac53ba64e1545.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870f52e738a8e02e1623c3dc15cc4d0b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe831f426d4ae03a23dfd10651b065f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f9be40e0f738ea4fb47bcfea3ea158.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba655a306af62634c9b3b0999737bf69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46253d371b4c2693d0ef479e8828360c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b6c22954b3efc6145489d4258e419911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf1d84e6513a32cea8d94f61c70a9a612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5c0f14533fca71249f178214e93a1113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c323ed1d046636bf1e1b13ba990a608714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e61ec459caf12bcdb79500c4f2e4bd815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb70f1d79df4615135a2e248e8748bfb16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf32198982a29575a9df3ac3694e1cc17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165946567711686ac4811ae7d7af338218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91701e389b4cff3a610553b3355b43119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac9eee0828ad33b3ea25dc8a5cdc57a20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54cac70377a7b303b4ce97fbacf1bbe221.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da85dfd5807d486389c2edc8ce0e6f141.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416e1858d916fbeaed5a481291f6a5422.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8aed403137b45f945996775895d6d73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7744d37b21850655968b78ff60fb5b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c9d46a1e877eea301aacbafda7d1655.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d917476a9a388b802171b446771864646.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9faecc8f96bed372965ff3dfa1f258297.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3a2b831ec8a50919fb15fa966abd2508.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b961e1e70f469cbf46378271eee169119.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6333429bc89bb0d82a0353664b503df10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33e2ac9d32fef068514a9d477f9aedf11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319b5c22bda5714bdd6aea1a05b66f4812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f3ade7e427a65219b4936182f0d464113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e682d3bfa5b50249934c15deb860d0314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7155be05f17175a664a719e525083b515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a11e9bbec4907da0526a51dbb40a701916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8329de7013ede5747549caad089c7017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7bcb427eb483a2bd3ae01afba4a3a118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99696edb88c764b3ef0edc9b8b95b3319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e95fa0e1107589fa813be0e741c36b20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c45f7adc3fb6026b45b56d50823739221.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4895850" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0001" descr="Sala przedszkolna Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="096572-2" descr="096572-2"/>
+        <xdr:cNvPr id="2" name="096954" descr="096954"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="096954" descr="096954"/>
+        <xdr:cNvPr id="3" name="092900" descr="092900"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="092900" descr="092900"/>
+        <xdr:cNvPr id="4" name="133147" descr="133147"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="133147" descr="133147"/>
+        <xdr:cNvPr id="5" name="056153" descr="056153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="056153" descr="056153"/>
+        <xdr:cNvPr id="6" name="096955" descr="096955"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="096955" descr="096955"/>
+        <xdr:cNvPr id="7" name="099361" descr="099361"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="099361" descr="099361"/>
+        <xdr:cNvPr id="8" name="092277" descr="092277"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="092277" descr="092277"/>
+        <xdr:cNvPr id="9" name="SET6044" descr="SET6044"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="SET6044" descr="SET6044"/>
+        <xdr:cNvPr id="10" name="098339" descr="098339"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="098339" descr="098339"/>
+        <xdr:cNvPr id="11" name="101830" descr="101830"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="101830" descr="101830"/>
+        <xdr:cNvPr id="12" name="515053" descr="515053"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="515053" descr="515053"/>
+        <xdr:cNvPr id="13" name="SET6309" descr="SET6309"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="SET6309" descr="SET6309"/>
+        <xdr:cNvPr id="14" name="101858" descr="101858"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="101858" descr="101858"/>
+        <xdr:cNvPr id="15" name="101412" descr="101412"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="101412" descr="101412"/>
+        <xdr:cNvPr id="16" name="126500" descr="126500"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="126500" descr="126500"/>
+        <xdr:cNvPr id="17" name="100707N" descr="100707N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="100707N" descr="100707N"/>
+        <xdr:cNvPr id="18" name="094097" descr="094097"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="094097" descr="094097"/>
+        <xdr:cNvPr id="19" name="096989" descr="096989"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="096989" descr="096989"/>
+        <xdr:cNvPr id="20" name="101848" descr="101848"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="101848" descr="101848"/>
+        <xdr:cNvPr id="21" name="119007N" descr="119007N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1352,464 +1352,464 @@
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="F6" s="10">
-        <v>329.9</v>
+        <v>419.9</v>
       </c>
       <c r="G6" s="11">
-        <v>9237.2</v>
+        <v>1679.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>419.9</v>
+        <v>779.9</v>
       </c>
       <c r="G7" s="11">
-        <v>1679.6</v>
+        <v>779.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>779.9</v>
+        <v>529.9</v>
       </c>
       <c r="G8" s="11">
-        <v>779.9</v>
+        <v>529.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>529.9</v>
+        <v>2199.9</v>
       </c>
       <c r="G9" s="11">
-        <v>529.9</v>
+        <v>2199.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F10" s="10">
-        <v>2199.9</v>
+        <v>349.9</v>
       </c>
       <c r="G10" s="11">
-        <v>2199.9</v>
+        <v>699.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>349.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G11" s="11">
-        <v>699.8</v>
+        <v>1199.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>1199.9</v>
+        <v>639.9</v>
       </c>
       <c r="G12" s="11">
-        <v>1199.9</v>
+        <v>639.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>639.9</v>
+        <v>3179.2</v>
       </c>
       <c r="G13" s="11">
-        <v>639.9</v>
+        <v>3179.2</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>3179.2</v>
+        <v>1949.9</v>
       </c>
       <c r="G14" s="11">
-        <v>3179.2</v>
+        <v>1949.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
-        <v>1949.9</v>
+        <v>1899.9</v>
       </c>
       <c r="G15" s="11">
-        <v>1949.9</v>
+        <v>1899.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F16" s="10">
-        <v>1899.9</v>
+        <v>79.9</v>
       </c>
       <c r="G16" s="11">
-        <v>1899.9</v>
+        <v>319.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>79.9</v>
+        <v>5159.2</v>
       </c>
       <c r="G17" s="11">
-        <v>319.6</v>
+        <v>5159.2</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>5159.2</v>
+        <v>419.9</v>
       </c>
       <c r="G18" s="11">
-        <v>5159.2</v>
+        <v>419.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>419.9</v>
+        <v>389.9</v>
       </c>
       <c r="G19" s="11">
-        <v>419.9</v>
+        <v>389.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F20" s="10">
-        <v>389.9</v>
+        <v>229.9</v>
       </c>
       <c r="G20" s="11">
-        <v>389.9</v>
+        <v>1379.4</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>229.9</v>
+        <v>999.9</v>
       </c>
       <c r="G21" s="11">
-        <v>1379.4</v>
+        <v>999.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>999.9</v>
+        <v>949.9</v>
       </c>
       <c r="G22" s="11">
-        <v>999.9</v>
+        <v>949.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>949.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G23" s="11">
-        <v>949.9</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
-        <v>1699.9</v>
+        <v>449.9</v>
       </c>
       <c r="G24" s="11">
-        <v>1699.9</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="8">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F25" s="10">
-        <v>449.9</v>
+        <v>529.9</v>
       </c>
       <c r="G25" s="11">
-        <v>449.9</v>
+        <v>14837.2</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="F27" s="4" t="s">
         <v>68</v>
       </c>
       <c r="G27" s="12">
-        <v>35762.7</v>
+        <v>41362.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 