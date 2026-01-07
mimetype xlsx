--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -15,236 +15,227 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>WIZ-PRZ-QU-0001 Sala przedszkolna Quadro</t>
   </si>
   <si>
-    <t>z dnia 2025-11-20 00:02:14</t>
+    <t>z dnia 2026-01-07 21:13:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
   <si>
-    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cm</t>
+    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092900</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. niebieskie</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>133147</t>
   </si>
   <si>
     <t>Suszarka metalowa</t>
   </si>
   <si>
     <t>Funkcjonalny mebel do suszenia prac plastycznych. Metalowy stelaż na kółkach ułatwiających przemieszczanie. Suszarka pomieści 25 prac formatu A3 lub 50 A4. • wym. 42,5 x 41 x 98 cm</t>
   </si>
   <si>
     <t>056153</t>
   </si>
   <si>
     <t>Dywan w kwiaty 3 x 4 m</t>
   </si>
   <si>
     <t>Dywan z motywem kwiatowym nie tylko ozdobi pomieszczenie, ale będzie także nieocenioną pomocą w nauce liczenia (każdy kwiat ma inną liczbę pręcików). Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • 10 dodatkowych elementów o śr. 30 cm • wysokość runa: 7 mm • wym. 4 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>096955</t>
   </si>
   <si>
     <t>Blat kwadratowy biały</t>
   </si>
   <si>
     <t>Blat wykonany z płyty laminowanej o gr. 18 mm, wykończony obrzeżem ABS o gr. 2 mm. Blat dostępny w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach lub nogi okrągłe z regulowaną wysokością (sprzedawane osobno). • wym. blatu 74 x 74 cm</t>
   </si>
   <si>
     <t>099361</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - szafka-ławeczka 3 - szary materac - klon jasny </t>
   </si>
   <si>
-    <t>Niska szafka z siedziskiem, wyposażona w 3 szuflady. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.  • wys. materaca 4 cm• wym. 116,8 x 41,5 x 30,7 cm</t>
+    <t>Niska szafka z siedziskiem, wyposażona w 3 szuflady. Wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wys. materaca 4 cm• wym. 116,80 x 41,50 x 30,70 cm</t>
   </si>
   <si>
     <t>092277</t>
   </si>
   <si>
     <t>Quadro - biblioteczka jednostronna stojąca - niebieska, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 5 półek (szerokość: 4 cm)• wym. 60 x 34,8 x 89,7 cm</t>
+    <t>Biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • 5 półek (szerokość: 4 cm)• wym. 60 x 34,80 x 89,70 cm</t>
   </si>
   <si>
     <t>SET6044</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - zestaw 41, 90 st., skrzynia klon jasny </t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, klon jasny, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092205 Quadro - drzwiczki małe 90 st. - żółte, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. - szare, 1 szt.• 092297 Quadro - skrzynia duża - żółta, 1 szt.• 092296 Quadro - skrzynia duża - limonkowa, 1 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, klon jasny, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092205 Quadro - drzwiczki małe 90 st. - żółte, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. - szare, 1 szt.• 092297 Quadro - skrzynia duża - żółta, 1 szt.• 092296 Quadro - skrzynia duża - limonkowa, 1 szt.• wym. 154,30 x 41,50 x 161,60 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098339</t>
   </si>
   <si>
     <t>Szafa Flexi wielofunkcyjna, wys. 203</t>
   </si>
   <si>
-    <t>Pojemna szafa z półkami (dwie z nich są wysuwane, co ułatwia dostęp do umieszczonych tam przedmiotów) i przegrodą. Służy do przechowywania różnego rodzaju pomocy edukacyjnych, instrumentów i innych akcesoriów. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. W górnej części znajdują się półki, w dolnej można przechowywać większe pomoce. Szafę można uzupełnić plastikowymi pojemnikami (3720xx, sprzedawane osobno). Maksymalnie zmieści się 13 płytkich pojemników. Szafa posiada zawiasy 180 stopni. • szer. półki (w dolnej części): lewa 32 cm; prawa 50,5 cm• wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,1 x 48 x 203 cm</t>
+    <t>Pojemna szafa z półkami (dwie z nich są wysuwane, co ułatwia dostęp do umieszczonych tam przedmiotów) i przegrodą. Służy do przechowywania różnego rodzaju pomocy edukacyjnych, instrumentów i innych akcesoriów. Wykonana z płyty laminowanej o gr. 18 mm w tonacji brzozy. W górnej części znajdują się półki, w dolnej można przechowywać większe pomoce. Szafę można uzupełnić plastikowymi pojemnikami (3720xx, sprzedawane osobno). Maksymalnie zmieści się 13 płytkich pojemników. Szafa posiada zawiasy 180°. • szer. półki (w dolnej części): lewa 32 cm; prawa 50,5 cm• wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,10 x 48 x 203 cm</t>
   </si>
   <si>
     <t>101830</t>
   </si>
   <si>
-    <t>Zestaw piankowy Mobaklocki 3 - MED</t>
-[...2 lines deleted...]
-    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną meditap. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa I</t>
+    <t>Zestaw piankowy Mobaklocki 3 – MED</t>
+  </si>
+  <si>
+    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>515053</t>
   </si>
   <si>
     <t>Krzesło Dumi rozm. 2 szarobeżowe</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, dzięki ergonomicznemu i atrakcyjnemu kształtowi jest bardzo wygodne. Szeroko rozstawione i odchylone do tyłu nogi zapewniają wysoką stabilność. Powierzchnia z tworzywa jest odporna na zarysowania, zabrudzenia i wilgoć. Krzesła przeznaczone do kącików zabaw, można je stawiać jedno na drugim. Spełnia normy dotyczące zabawek. • dostępne w rozmiarach 1-4 • 5 kolorów • szarobeżowe, • wzrost od 108 do 121 cm</t>
   </si>
   <si>
     <t>SET6309</t>
   </si>
   <si>
     <t>Quadro - zestaw 154, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną PVC, niezawierającą ftalanów, łatwą do utrzymania w czystości. # 096997	Quadro – szafka 1/8 koła S+ - klon jasny, 4 szt.# 101811	Siedzisko Paolo długie, szare, 1 szt.# 101813	Siedzisko Paolo długie, grafitowe, 1 szt.# 101814	Siedzisko Paolo długie, czarne, 1 szt.# 101817	Siedzisko Paolo długie, żółte, 1 szt.• wym. 363 x 181,5 x 67,5 cm• długość zestawu: 3,63 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997	Quadro – szafka 1/8 koła S+ - klon jasny, 4 szt.• 101811	Siedzisko Paolo długie, szare, 1 szt.• 101813	Siedzisko Paolo długie, grafitowe, 1 szt.• 101814	Siedzisko Paolo długie, czarne, 1 szt.• 101817	Siedzisko Paolo długie, żółte, 1 szt.• wym. 363 x 181,50 x 67,50 cm• długość zestawu: 3,63 m</t>
   </si>
   <si>
     <t>101858</t>
   </si>
   <si>
     <t>Bujak zajączek</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki• wym. 73 x 26 x 54 cm</t>
   </si>
   <si>
     <t>101412</t>
   </si>
   <si>
     <t>Pufa Pies</t>
   </si>
   <si>
-    <t>Miękkie pufy-zwierzątka w wesołych kolorach, wykonane z pianki, z pokrowcem z trwałej tkaniny meditap, łatwej do utrzymania w czystości. • wym. 46 x 54 x 43 cm • wym. siedziska 30 x 50 x 26 cm • wym. 46 x 54 x 43 cm</t>
+    <t>Miękkie pufy-zwierzątka w wesołych kolorach, wykonane z pianki, z pokrowcem z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości. • wym. 46 x 54 x 43 cm • wym. siedziska 30 x 50 x 26 cm • wym. 46 x 54 x 43 cm</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>100707N</t>
   </si>
   <si>
     <t>Kuchenka Uli</t>
   </si>
   <si>
     <t>Zestaw szafek imitujących kuchnię. Wykonane z płyty laminowanej o gr. 12 mm. Fronty z płyty MDF o gr. 14 mm. • moduł główny o wym. 149,5 x 38,5 x 126,5 cm • blat o wym. 112,4 x 38,5 cm na wys. 60 cm • drzwiczki 2 szafek z szybkami z plexi • lodówka o wym. 36,6 x 38,5 x 66 cm z półką w środku • moduł górny o wym. 30,5 x 30,5 x 112,4 cm. OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
-    <t>094097</t>
-[...7 lines deleted...]
-  <si>
     <t>096989</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,8 x 41,5 x 166,8 cm</t>
+    <t>Quadro – szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) – maksymalnie 4 szuflady w dolnej części. • wym. 116,80 x 41,50 x 166,80 cm</t>
   </si>
   <si>
     <t>101848</t>
   </si>
   <si>
     <t>Bujak auto</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 91 x 43 x 34 cm</t>
   </si>
   <si>
     <t>119007N</t>
   </si>
   <si>
     <t>Krzesło Krzyś Deluxe z podłokietnikami i stopką filcową, rozm. 2, buk</t>
   </si>
   <si>
     <t>Wygodne krzesło dla malucha z oparciami pod ręce. Wykonane z lakierowanego drewna bukowego.  Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -340,51 +331,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da85dfd5807d486389c2edc8ce0e6f141.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416e1858d916fbeaed5a481291f6a5422.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8aed403137b45f945996775895d6d73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7744d37b21850655968b78ff60fb5b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c9d46a1e877eea301aacbafda7d1655.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d917476a9a388b802171b446771864646.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9faecc8f96bed372965ff3dfa1f258297.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3a2b831ec8a50919fb15fa966abd2508.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b961e1e70f469cbf46378271eee169119.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6333429bc89bb0d82a0353664b503df10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e33e2ac9d32fef068514a9d477f9aedf11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/319b5c22bda5714bdd6aea1a05b66f4812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f3ade7e427a65219b4936182f0d464113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e682d3bfa5b50249934c15deb860d0314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7155be05f17175a664a719e525083b515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a11e9bbec4907da0526a51dbb40a701916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8329de7013ede5747549caad089c7017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a7bcb427eb483a2bd3ae01afba4a3a118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99696edb88c764b3ef0edc9b8b95b3319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e95fa0e1107589fa813be0e741c36b20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c45f7adc3fb6026b45b56d50823739221.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3821921a6a31186a62396ebd34fbbbfd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d2d596b9f718df55e670c6526aa8332.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cddf93682c40d60140aa698b9120403.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9833a4f03f9e77f91617d8c066d71754.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93805efa0e8f768c06a161a75ca30c2d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81360b479a3196116f9644fb113b49506.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5bbed00e759c52e8f53bff29a2748dd7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4474182b8c90594e9d5d8994e81f408.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886730dce9e6f8336617aee8f66ebde49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a51955e44ca4b8f33c48a7c1c5311c610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87ff4b4004ac717e3c08fc8e89c759f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c961cb62a3a61d32f34fd64576e1ca0f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4adecf84eb99ecd1ffb49c8034850f0e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7791bdbdea8d689e55df9b7431ee1bd514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5457017adbd9654452934fa41de58a1615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4739e3a4fa0d05e378185400d01ef1516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fdf0710d63cf0efb0fe4b3a5e5cf7b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21fc82b5243a6192c8747d55f7a2ccc18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99ea126c8b4503ccedeefae24ebdd04f19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a57e6d260ce77134f733cace7762d0820.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4895850" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0001" descr="Sala przedszkolna Quadro"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -865,147 +856,117 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="094097" descr="094097"/>
+        <xdr:cNvPr id="18" name="096989" descr="096989"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="096989" descr="096989"/>
+        <xdr:cNvPr id="19" name="101848" descr="101848"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="101848" descr="101848"/>
+        <xdr:cNvPr id="20" name="119007N" descr="119007N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1272,54 +1233,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F27" sqref="F27:G27"/>
+      <selection activeCell="F26" sqref="F26:G26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1691,125 +1652,104 @@
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
         <v>999.9</v>
       </c>
       <c r="G21" s="11">
         <v>999.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>949.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G22" s="11">
-        <v>949.9</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>1699.9</v>
+        <v>449.9</v>
       </c>
       <c r="G23" s="11">
-        <v>1699.9</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="8">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F24" s="10">
-        <v>449.9</v>
+        <v>529.9</v>
       </c>
       <c r="G24" s="11">
-        <v>449.9</v>
-[...4 lines deleted...]
-      <c r="B25" s="8" t="s">
+        <v>14837.2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="F26" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="C25" s="9" t="s">
-[...20 lines deleted...]
-        <v>41362.7</v>
+      <c r="G26" s="12">
+        <v>40412.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 