--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -20,96 +20,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>WIZ-SZA-QU-0001 Szatnia Domek na stelażu</t>
   </si>
   <si>
-    <t>z dnia 2025-10-27 20:13:31</t>
+    <t>z dnia 2025-12-15 09:42:16</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098071</t>
   </si>
   <si>
     <t xml:space="preserve">Szatnia Domek na stelażu 4 os., szer. 135 cm, biała, skrzynia klon </t>
   </si>
   <si>
     <t>Szatnie na metalowy stelażu, wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu lub białej. Kolorowe elementy wykonane z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. Wyposażone z przegródki i wieszaki oraz półki na buty wykonane z metalowych prętów. Wieszaki na ubrania (092530-092533) sprzedawane osobno. • szer. przegrody 30 cm • wys. siedziska 34,6 cm • wym. 135 x 42,2 x 153,5 cm</t>
   </si>
   <si>
     <t>098064</t>
   </si>
   <si>
     <t xml:space="preserve">Szatnia Domek na stelażu 2 os., szer. 71,40 cm, biała, skrzynia klon </t>
   </si>
   <si>
     <t>Szatnie na metalowy stelażu, wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu lub białej. Kolorowe elementy wykonane z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. Wyposażone z przegródki i wieszaki oraz półki na buty wykonane z metalowych prętów. Wieszaki na ubrania (092530-092533) sprzedawane osobno.  • szer. przegrody 30 cm • wys. siedziska 34,6 cm • wym. 71,4 x 42,2 x 153,5 cm</t>
   </si>
   <si>
     <t>834192</t>
   </si>
   <si>
-    <t>Ścianka akustyczna Mini</t>
-[...2 lines deleted...]
-    <t>Ścianka akustyczna umożliwia częściowe oddzielenie przestrzeni i redukcję hałasu. Wykonana z włókniny o właściwościach wyciszających oraz rury o śr. 22 mm. • gr. ścianki 2,4 cm • wym. 65 x 52,4 x 100 cm</t>
+    <t>Ścianka modułowa Mini</t>
+  </si>
+  <si>
+    <t>Ścianka modułowa umożliwia częściowe oddzielenie przestrzeni. Wykonana z włókniny oraz rury o śr. 22 mm. • gr. ścianki 2,4 cm • wym. 65 x 52,4 x 100 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>834190</t>
   </si>
   <si>
     <t>Stolik Mini niski biały 60x60x40</t>
   </si>
   <si>
     <t>Stoliki Mini wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 60 x 60 x 40 cm</t>
   </si>
   <si>
     <t>098073</t>
   </si>
   <si>
     <t xml:space="preserve">Szatnia Domek na stelażu 4 os., szer. 135 cm, błękitna, skrzynia klon </t>
   </si>
   <si>
     <t>834171</t>
   </si>
   <si>
     <t>Oparcie Blocco Mini podwójne niskie pomarańczowe</t>
   </si>
   <si>
     <t xml:space="preserve">Seria siedzisk i oparć Blocco Mini o geometrycznych kształtach świetnie sprawdzi się w salach przedszkolnych, w szatni czy w świetlicy. Można je dowolnie konfigurować. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) i wyposażone w niskie, okrągłe nóżki. Konstrukcja skrzyni jest wykonana z płyty wiórowej łączonej belkami z tarcicy. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wym. 90 x 22,5 x 58 cm </t>
   </si>
@@ -319,51 +319,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4e0486589aa47e557f943be110f3461.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a968ea0dd574761f62ab419fa0b34ff2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a78052b5036341d0d88c6cd456525cf3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b1a5ea227f204b9b48ef68ab7881d84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3207fa5f1bb9cd0a7d4daddf2febedac5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ef345a31c4b688e298e5c5aae7c7c16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b14de873115d98dccdb160af7ffdbb847.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aef74394e07b55dc37143ac44f6aebd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7538a64eec21d18a57212f8fc41ae1d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55255793d985f4b08d3e3aaf21dce0ca10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d118a1580df7bec06ef2c7070d4608fe11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a749ce1b2f1b58c215a529c79af9a29212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6fbf3eab328c6e3d5d9cc2ddaa11b9213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5d13eb94426350ff1e7089cd102a0e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11f39b9ab0919c6f21c907f62c8d5c015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f388b45b32c0abb23ae1ba16343324f016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb74a17faf18140139790225ff8d63a17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb8e6eadcbe67599b486c732801392118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badcc5c657759ab3a489daff7ae2931119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9cbd63ea931bbd8cac8a6ef0d8364120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99eed58b79b57886974603c6fe7489a021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d3e4338d79991088f7ada656ad334c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d554e7e648f5cefd01c55a72f94253623.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dfcb25f1a5d8fe35daf944854cfc9351.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5a612dc54e164cb2c11e3d8ef8effc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae78b5b132f738082f941266ac2f1683.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c568a7af761127b6ba007a28135040f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0315085a058cc58b45c989f5aa9dbce55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb95387f583c548b78d7f3e6913c6f66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786d6c858285af0f057f704be06a030b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72dc741f88e375502313203e0883b0c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c2e20bdb3040b0c94d63157c8538279.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e6e4c2ced365d7aa5f4cc4f0cd633b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714dc8a7bc88a8408a6f5f873ff1916711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f731c2280cd0f0fadce0c8baba5c5f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b1447579ad585f0807f518e4e056ce13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf1223e47f45c763deb4d03c797700d14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a757e2b49401c4ce9708f500f1e2fa7c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06779773eef59b6861427baf1e99db116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587844523e7bd53858452f088ed6f25117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad0e1b2b45da3589339e973a099b2ee18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ad0e04c50684a8472fa37f74d8538e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b77180188a007c2e57f2f180fdae9c20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef5e35e53b9689fb33ebcd44f912c3821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778d41d70481f616574353dadedb44a522.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dddea64348df843df1d739ecfa1084fd23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-QU-0001" descr="Szatnia Domek na stelażu"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>