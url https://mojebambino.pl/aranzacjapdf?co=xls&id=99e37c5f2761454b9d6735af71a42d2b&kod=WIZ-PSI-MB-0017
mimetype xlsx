--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -14,299 +14,296 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>WIZ-PSI-MB-0017 Sala doświadczania świata 3 Snoezelen</t>
   </si>
   <si>
-    <t>z dnia 2025-10-21 16:50:45</t>
+    <t>z dnia 2025-12-16 20:31:43</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>519302</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, pomarańczowy</t>
   </si>
   <si>
-    <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 cm x 50 cm x 5 cm</t>
+    <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 x 50 x 5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>ZEST6222</t>
   </si>
   <si>
     <t>Biały namiot z akcesoriami terapeutycznymi</t>
   </si>
   <si>
-    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu:  • 519024 Namiot biały • 101429 Biały materac • 356205 Świecące cylindry • 554001 Magiczny sześcian • 566300 Nawilżacz powietrza z odgłosami natury • 654001  Sensoryczne kule srebrne • 519323 Żelowe wężyki sensoryczne, 3 szt. • 519319 Fakturowa kostka • 356195 Wibrująca poduszka• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu: • 519024 Namiot biały• 101429 Biały materac• 356205 Świecące cylindry• 554001 Magiczny sześcian• 566300 Nawilżacz powietrza z odgłosami natury• 654001  Sensoryczne kule srebrne• 519323 Żelowe wężyki sensoryczne, 3 szt.• 519319 Fakturowa kostka• 356195 Wibrująca poduszka• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>356230</t>
   </si>
   <si>
     <t>Cekinowe dinozaury, 3 szt.</t>
   </si>
   <si>
-    <t>Cekinowe dinozaury oprawione drewnianymi ramkami przyciągają uwagę błyszczącą teksturą. Idealnie sprawdzą się podczas zajęć terapii sensorycznej oraz w przedszkolach. Stymulują zmysł dotyku i wzroku, a także wspierają rozwój umiejętności motorycznych. Dodatkowo dinozaury dają dzieciom możliwość wyrażania swoich pomysłów i uczuć poprzez tworzenie różnych wzorów przy pomocy cekinów. Ramy dinozaurów posiadają otwory, dzięki którym można je zamontować na ścianie. • wym. dinozaurów: 110 x 53 cm; 105,5 x 56 cm; 107 x 52,5 cm • gr. 1,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Cekinowe dinozaury oprawione drewnianymi ramkami przyciągają uwagę błyszczącą teksturą. Idealnie sprawdzą się podczas zajęć terapii sensorycznej oraz w przedszkolach. Stymulują zmysł dotyku i wzroku, a także wspierają rozwój umiejętności motorycznych. Dodatkowo dinozaury dają dzieciom możliwość wyrażania swoich pomysłów i uczuć poprzez tworzenie różnych wzorów przy pomocy cekinów. Ramy dinozaurów posiadają otwory, dzięki którym można zamontować je na ścianie. • wym. dinozaurów: 110 x 53 cm; 105,5 x 56 cm; 107 x 52,5 cm • gr. 1,5 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519303</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, niebieski</t>
   </si>
   <si>
     <t>096622</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka ze ślimakiem</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z meditapu o wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są meditapem. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z trwałej tkaniny bez ftalanówo wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>101593</t>
   </si>
   <si>
     <t>Pufa wklęsła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 60 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru, które pozwalają stworzyć miejsce relaksu i odprężenia. Dodatkowo można na nich zainstalować różne urządzenia emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonano ze skrzynki pokrytej cienką warstwą pianki i obszyto trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>842194</t>
   </si>
   <si>
     <t>Listki filcowe, 4 szt.</t>
   </si>
   <si>
     <t>Listki filcowe jako dekoracja do panelu ściennego - drzewo (098793, sprzedawane osobno). Przyklejane na taśmę.</t>
   </si>
   <si>
     <t>301100</t>
   </si>
   <si>
     <t>Budka dźwiękowa z odgłosami ptaków</t>
   </si>
   <si>
-    <t>Relaksujące dźwięki śpiewu ptaków, które wydaje budka tworzą atmosferę, dzięki której można poczuć się jak na spacerze w lesie. Budkę można ustawić w dowolnym miejscu lub zawiesić na ścianie. Śpiew jest aktywowany przez czujnik ruchu. Dźwięk wycisza się po dwóch minutach. Pudełko można całkowicie wyłączyć za pomocą przełącznika z boku urządzenia. Wykonana z pleksi. W zestawie 3 baterie AA.  • wym. 11 x 3,5 x 14,5 cm• produkt wymaga baterii (są w zestawie)</t>
+    <t>Relaksujące dźwięki śpiewu ptaków, które wydaje budka tworzą atmosferę, dzięki której można poczuć się jak na spacerze w lesie. Budkę można ustawić w dowolnym miejscu lub zawiesić na ścianie. Śpiew jest aktywowany przez czujnik ruchu. Dźwięk wycisza się po dwóch minutach. Pudełko można całkowicie wyłączyć za pomocą przełącznika z boku urządzenia. Wykonana z pleksi. W zestawie 3 baterie AA.• wym. 11 x 3,50 x 14,50 cm• produkt wymaga baterii (są w zestawie)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>566015</t>
   </si>
   <si>
     <t>Panel ścienny z bąbelkami</t>
   </si>
   <si>
-    <t>Panel ścienny z bąbelkami to obowiązkowy element sal przeznaczonych do integracji sensorycznej oraz gabinetów terapeutycznych. Atrakcyjne kolory i bąbelki działają kojąco i relaksująco, a także pomagają w obniżeniu poziomu lęku i stresu. Panel sprawdzi się jako narzędzie do pracy z dziećmi z ADHD, zaburzeniami integracji sensorycznej czy autyzmem. • wym. 60 x 10 x 100 cm• wym. 60 cm x 10 cm x 100 cm</t>
+    <t>Panel ścienny z bąbelkami działa kojąco i relaksująco, pomagając obniżyć poziom stresu. Sprawdza się w pracy z dziećmi z ADHD, zaburzeniami integracji sensorycznej i autyzmem.• wym. 60 x 10 x 100 cm• wym. 60 x 10 x 100 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519304</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, czerwony</t>
   </si>
   <si>
     <t>092482</t>
   </si>
   <si>
     <t>Kącik lustrzany Alicji</t>
   </si>
   <si>
-    <t>Kącik wykonany z luster i lakierowanej sklejki o gr. 18 mm. Rama z profilu drewnianego. Dzięki trzem lustrom połączonym pod kątem prostym można uzyskać różne perspektywy, co sprawi, że przestrzeń w lustrze będzie dla dzieci jeszcze bardziej fascynująca. Obserwowanie w nich swojego odbicia lub odbić różnych przedmiotów to bardzo ciekawe doświadczenie. • 3 lustra • wys. podestu 19 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 91 x 91 x 109 cm</t>
+    <t>Kącik wykonany jest z luster oraz lakierowanej sklejki o gr. 18 mm. Konstrukcję uzupełnia rama z drewnianego profilu. Dzięki trzem lustrom połączonym pod kątem prostym można uzyskać różne perspektywy, co sprawia, że przestrzeń widoczna w odbiciach staje się dla dzieci jeszcze bardziej fascynująca. Obserwowanie własnego odbicia lub odbić różnych przedmiotów to niezwykle ciekawe i angażujące doświadczenie. • 3 lustra • wys. podestu 19 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 91 x 91 x 109 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>ZEST6221</t>
   </si>
   <si>
     <t>Czarny namiot z akcesoriami terapeutycznymi</t>
   </si>
   <si>
-    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu: • 519030 Namiot czarny • 109175 Materac czarny • 654014 Lampa sensoryczna LED • 654013 Króliczek obciążeniowy • 109176 Poduszka z fakturami • 109177 Poduszka szeleszcząca • 356195 Wibrująca poduszka • 109016 Poduszka miętowa • 301101 Dźwiękowy box z odgłosami dżungli • 356231 Podświetlane shakery• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu:• 519030 Namiot czarny• 109175 Materac czarny• 654014 Lampa sensoryczna LED• 654013 Króliczek obciążeniowy• 109176 Poduszka z fakturami• 109177 Poduszka szeleszcząca• 356195 Wibrująca poduszka• 109016 Poduszka miętowa• 301101 Dźwiękowy box z odgłosami dżungli• 356231 Podświetlane shakery• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>101846</t>
   </si>
   <si>
     <t>Oparcie do białych puf 2</t>
   </si>
   <si>
-    <t>Oparcie do puf (101592-101606) wykonane z pianki, z drewnianym stelażem, pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
+    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
-    <t>Przełącz i naciśnij - aktywna tablica</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80.00 x 4.00 x 25.00 cm•  10 </t>
+    <t>Przełącz i naciśnij – aktywna tablica</t>
+  </si>
+  <si>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>118352-1</t>
   </si>
   <si>
     <t>Krzesło Filipek bielone, rozm. 1</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>574026</t>
   </si>
   <si>
     <t>Tęczowe cegły</t>
   </si>
   <si>
-    <t>Solidne klocki wykonane z kauczukowego drewna z kolorowymi elementami z przezroczystego akrylu w różnych kolorach. Mają bezpieczne, zaokrąglone narożniki. Dzieci mogą nie tylko bawić się klockami, ale także obserwować przez nie świat dookoła w innych barwach.• 24 elem. o wym. 20 x 7,5 x 7,5 cm • 12 elem. o wym. 10 x 7,5 x 7,5 cm • od 2 lat</t>
+    <t>Solidne klocki wykonane z kauczukowego drewna z kolorowymi elementami z przezroczystego akrylu w różnych kolorach. Mają bezpieczne, zaokrąglone narożniki. Dzieci mogą nie tylko bawić się klockami, ale także obserwować przez nie świat dookoła w innych barwach.• 24 elem. o wym. 20 x 7,5 x 7,5 cm • 12 elem. o wym. 10 x 7,5 x 7,5 cm • od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>558003</t>
   </si>
   <si>
     <t>Kolumna wodna 20 x 180 cm</t>
   </si>
   <si>
-    <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota. Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie. Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cm</t>
+    <t>Urządzenie pozwala sterować kolorem i intensywnością bąbelków powietrza za pomocą pilota. Do wyboru jest 7 kolorów świecenia z możliwością zatrzymania wybranego koloru. Kolumny należy napełniać wodą destylowaną. Urządzenie można połączyć przez Bluetooth lub podłączyć do źródła muzyki. W zestawie znajdują się mikrofon i pilot. Włącznik/wyłącznik umieszczono na podstawie.Do czyszczenia używaj wody o temperaturze do 25 °C z dodatkiem mydła. Nie stosuj gąbek, szorstkich szmatek, skrobaczek ani szczoteczek. Najlepiej sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem usuwa zabrudzenia bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur ani środków chemicznych. Zabronione jest stosowanie rozpuszczalników, alkoholi, kwasów i płynów dezynfekujących, ponieważ mogą one odkształcić lub uszkodzić powierzchnię.Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>565014</t>
   </si>
   <si>
     <t>Stolik Neli do kącików zabaw</t>
   </si>
   <si>
     <t>Stolik do kącików zabaw, z białym laminowanym blatem, wyposażony w okrągłe nogi. Narożniki blatu delikatnie zaokrąglone. • wym. 60 x 60 x 53 cm• wym. 60 cm x 60 cm x 53 cm</t>
   </si>
   <si>
     <t>098793</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo</t>
-[...2 lines deleted...]
-    <t>Dekoracja do pomieszczeń grupowych w żłobkach, poczekalniach i gabinetach pediatrycznych. Jeśli aplikacje są umieszczone na kolorowym tle, wyróżniają się szczególnie dobrze. Główną zaletą drewnianych dekoracji jest ich długa żywotność i łatwy montaż na ścianie. Na drzewku jest miejsce na 1 zestaw aplikacji (098795-098800, sprzedawane oddzielnie). Są one mocowane za pomocą magnesów i są wymienne. • składa się z 2 części • wykonany ze sklejki • wymiary: szer. 135 x wys. 240 cm• Dodatkowo dostępne są listki w formie aplikacji 842194 (należy zamawiać osobno). Mocuje się je za pomocą dwustronnej taśmy klejącej (brak w zestawie).</t>
+    <t>Panel ścienny – drzewo</t>
+  </si>
+  <si>
+    <t>Dekoracja przeznaczona do pomieszczeń grupowych w żłobkach, poczekalniach oraz gabinetach pediatrycznych. Aplikacje umieszczone na kolorowym tle szczególnie dobrze się wyróżniają. Główną zaletą drewnianych dekoracji jest ich trwałość oraz łatwy montaż na ścianie. Na drzewku znajduje się miejsce na jeden zestaw aplikacji (098795–098800, sprzedawane oddzielnie), które mocuje się za pomocą magnesów, co umożliwia ich łatwą wymianę.• składa się z 2 części • wykonany ze sklejki • wymiary: szer. 135 x wys. 240 cm• Dodatkowo dostępne są listki w formie aplikacji 842194 (należy zamawiać osobno). Mocuje się je za pomocą dwustronnej taśmy klejącej (brak w zestawie).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101596</t>
   </si>
   <si>
     <t>Pufa wypukła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
-[...1 lines deleted...]
-  <si>
     <t>519314</t>
   </si>
   <si>
     <t>Panel świetlny LED 47 x 34</t>
   </si>
   <si>
-    <t>Sprawdzi się do podświetlania prac plastycznych, przezroczystych obiektów, obserwowania wzorów czy kształtów oraz wykonywania kalek. Pozwala na ustawianie 3 poziomów jasności światła białego.Wykonany z akrylu (organicznego szkła).Źródło zasilania: 5VMoc: 6,5WRegulacja jasności: należy nacisnąć i przytrzymać przycisk zasilania, by dostosować jasnośćZasilanie: kabel USBWaga brutto: 1,25 kg• nie nadaje się do montażu na ścianie• wym. 47 cm x 34 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Sprawdzi się do podświetlania prac plastycznych, przezroczystych obiektów, obserwowania wzorów czy kształtów oraz wykonywania kalek. Pozwala na ustawianie 3 poziomów jasności światła białego.Wykonany z akrylu (organicznego szkła).Źródło zasilania: 5VMoc: 6,5WRegulacja jasności: należy nacisnąć i przytrzymać przycisk zasilania, by dostosować jasnośćZasilanie: kabel USBWaga brutto: 1,25 kg• nie nadaje się do montażu na ścianie• wym. 47 x 34 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096621</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka z biedronką</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarny meditap. Meditapem obszyte są też kolorowe elementy kwiatków. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarną tkaninę. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>519301</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, zielony</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
-    <t>Gruszka mała beżowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Gruszka mała beżowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101879</t>
   </si>
   <si>
     <t>Pufa prostokątna z falą biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boków 60 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 60 i 120 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098800</t>
   </si>
   <si>
     <t>Aplikacje do panelu - drzewo - brązowe</t>
   </si>
   <si>
-    <t>Aplikacja na drzewo wykonana z zadrukowanej sklejki, z magnesami. Do przymocowania do drzewa 098793 (sprzedawane osobno).  • 2 ptaki o wym. 35,7 x 16,3 cm i 32,8 x 23 cm • 1 domek dla ptaków o wym. 40 x 52,5 cm</t>
+    <t>Aplikacja na drzewo wykonana z zadrukowanej sklejki z magnesami. Do przymocowania do drzewa 098793 (sprzedawane osobno). • 2 ptaki o wym. 35,7 x 16,3 cm i 32,8 x 23 cm• 1 domek dla ptaków o wym. 40 x 52,5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -384,51 +381,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6d51891bee4965112c5ad1c002416d1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3555434865173ab679d471d486a894a62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a1cf61fe86976e37401ed59f7ef6fc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e066c77985e02f6efe0f6edef934f54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5615096e6cf7a724d7e9374ffb0a4f1d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc88b5aa25995eee38db971290e50426.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad5fcc54b3533383deb1b7f91480fa87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/810e9da009c3779a4e057f463e6204bb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/497fb9facbcf15fdb7409ca135145eca9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c19cfe64ea278b76a793a4a712eb8ce10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/176656dcd599d8db20a8d96a8b17c6f311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51f877f8383df8164aadf8aef864524712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f38a9e205d41be05ebb93bb69c634213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02f4e260fab1cca4944f8058b0bb13714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8f002a9472b691facfb6d914c2894215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38794748f3bef047b5eaea74381458916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18506c72ae355192d1fb83bdc219400717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4305bc904c4c252893c3e7a2397ec33b18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da72233e92bc9484e23372392d44ef0e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd042e9bf3fe30625d040c2a7c2567120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100f5aa888f353247b5e249d4345f51921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5a349be47d70f8b999ac0066e5016622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3897fe07bface0a31476307a33c605ef23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/375f534f93d0a85026d3c32bc7ed379524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61bf5176fcbb7ae5a11ef3e1c949137625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78eb43e07828f171abe412ff6f2e27426.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d89dbf3da24ba47ead7fb22e9533f9527.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f3ead2c8ff780853ae8ec6b739c8ee91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f271fc6b99ef686eef5019cda8cf98b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cd3d3262b2f02504bd949fea80787b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceba1c5de9b0e69a0c5070f807ec3d794.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb11ebb8dd31ae4ddca57394efaa51125.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5d92f395a274cb7ac2961e5ca88c636.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9576d5c1977b9382756dff6b2f26e317.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/440420d5279110928af8fe54bade02f18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412dc2ee09531971879479872526bdb19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44fac66c8067e61145fac3315e711b5510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b469f73cb9d465ce3b6c5404c3527911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f85af3f444755e832d951c475fec3ffb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db7af40acf5eb2c56262b38c531f0cc13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bf420b45c25357d0684f422830930914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a497d50b5bfe630319ee4a56b65f576815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857e1647069fc8a619a8f05bb70c213416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d589a713d3d7ca147e2710980b6562a17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d7d09660656a0fefa23fd5a4c6afa318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0165483770840022306747120ab45719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6189d1689e4e1cf1435fb3b35ce81fe820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67095ca4627446f582b55e1810b24e3c21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95db0cfb094f92b783b7c172e05475ed22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258581c0483462fdcb1b6ab3068520d423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff928cd270bdde349ef3a961831248fb24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d5bc89f1bdf264deb1679909e9803a525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2de180de4f987d01283aa37c614b60c26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48a65dab3e0d9ebb3f6167fde4a9d1127.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0017" descr="Sala doświadczania świata 3 Snoezelen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1972,191 +1969,191 @@
       <c r="C24" s="9" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
         <v>599.9</v>
       </c>
       <c r="G24" s="11">
         <v>599.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="E25" s="8">
         <v>2</v>
       </c>
       <c r="F25" s="10">
         <v>689.9</v>
       </c>
       <c r="G25" s="11">
         <v>1379.8</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
       <c r="F26" s="10">
         <v>499.9</v>
       </c>
       <c r="G26" s="11">
         <v>499.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="D27" s="9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
         <v>1609.9</v>
       </c>
       <c r="G27" s="11">
         <v>1609.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
         <v>899.9</v>
       </c>
       <c r="G28" s="11">
         <v>899.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
         <v>399.9</v>
       </c>
       <c r="G29" s="11">
         <v>399.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E30" s="8">
         <v>2</v>
       </c>
       <c r="F30" s="10">
         <v>829.9</v>
       </c>
       <c r="G30" s="11">
         <v>1659.8</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E31" s="8">
         <v>1</v>
       </c>
       <c r="F31" s="10">
         <v>209.9</v>
       </c>
       <c r="G31" s="11">
         <v>209.9</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="F33" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G33" s="12">
         <v>40404.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>