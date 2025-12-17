--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -19,123 +19,140 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>WIZ-PSI-MB-0020 Sala do terapii integracji sensorycznej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-25 12:18:58</t>
+    <t>z dnia 2025-12-17 05:49:45</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>601010</t>
   </si>
   <si>
     <t>Półkule</t>
   </si>
   <si>
-    <t>Wyprofilowane, antypoślizgowe elementy wypełnione piaskiem. Służą do chodzenia po nich z zachowaniem równowagi. Ćwiczą koordynację ruchową i sprawność. • śr. 15 cm • wys. 7 cm • 6 szt. • maksymalne obciążenie 100 kg• od 3 do 99 miesięcy</t>
+    <t>Wyprofilowane, antypoślizgowe elementy wypełnione piaskiem. Służą do chodzenia po nich z zachowaniem równowagi. Ćwiczą koordynację ruchową i sprawność. • śr. 15 cm • wys. 7 cm • 6 szt. • maksymalne obciążenie 100 kg• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519032</t>
   </si>
   <si>
     <t>Huśtawka kolorowa Bocianie gniazdo – MED</t>
   </si>
   <si>
-    <t>Okrągła huśtawka dzięki swojemu kształtowi ułatwia "dostęp" do ćwiczącego dziecka, co ma duże znaczenie podczas terapii integracji sensorycznej. Umożliwia ruch liniowy przód - tył oraz ruch na boki. Można wprowadzić ją również w ruch obrotowy (wymaga to użycia krętlika). Pozwala realizować ćwiczenia stymulujące układ westybularny -  równowagę, koordynację wzrokowo -ruchową, orientację w przestrzeni i ogólną sprawność fizyczną. • śr. 100 cm• wys. 160 cm (maksymalna)• maks. obciążenie 100 kg • regulacja wysokości • od 3 lat</t>
+    <t>Okrągła huśtawka dzięki swojemu kształtowi ułatwia "dostęp" do ćwiczącego dziecka, co ma duże znaczenie podczas terapii integracji sensorycznej. Umożliwia ruch liniowy przód – tył oraz ruch na boki. Można wprowadzić ją również w ruch obrotowy (wymaga to użycia krętlika). Pozwala realizować ćwiczenia stymulujące układ westybularny – równowagę, koordynację wzrokowo-ruchową, orientację w przestrzeni i ogólną sprawność fizyczną. • śr. 100 cm• wys. 160 cm (maksymalna)• maks. obciążenie 100 kg • regulacja wysokości • od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>865002</t>
   </si>
   <si>
     <t>Cyfrowe zasoby - Zestaw SensoLyke Ścieżka Sensoryczna</t>
   </si>
   <si>
-    <t>Sensolyke to kompleksowe rozwiązanie dedykowane placówkom edukacyjnym, rewolucjonizujące pracę przedszkoli i szkół. Innowacyjne podejście oparte na integracji sensorycznej i higienie zdrowia psychicznego przynosi wymierne korzyści dla dzieci oraz wspiera rozwój kompetencji nauczycieli, dzięki polskim, ekologicznym i autorskim rozwiązaniom.Produkt składa się z trzech kluczowych elementów:• Bukiny – autorskie pomoce sensoryczne, które umożliwiają realizację różnorodnych ćwiczeń, pobudzających zmysły, kształtujących równowagę i kontrolę ciała oraz wspierających wyciszenie.• Kompendium Sensolyke – interaktywna platforma, będąca nie tylko kursem, lecz także bogatym źródłem wiedzy, zadań i scenariuszy zajęć, wspierającym integrację sensoryczną oraz profilaktykę uzależnień behawioralnych.• Cyfrowe materiały: szkolenia, warsztaty i wdrożenia online – dedykowane sesje dla nauczycieli, ułatwiające praktyczne zastosowanie metody Sensolyke w codziennej pracy edukacyjnej.KORZYŚCI Z SENSOLYKE:Dla nauczycieli:• Gotowe scenariusze i ćwiczenia ułatwiają wdrażanie nowoczesnych metod,• Szkolenia i wdrożenia online zwiększają efektywność zajęć,• Kompendium wiedzy wspiera rozwój kompetencji pedagogicznych.Dla dzieci:• Rozwój sensoryczny, emocjonalny i społeczny – lepsza koncentracja i motoryka,• Wyciszenie i stabilizacja podczas zajęć dzięki Bukinom,• Kreatywne, bezpieczne środowisko sprzyjające budowaniu relacji.Dodatkowe atuty:• Polska produkcja i ekologiczne materiały = jakość i zgodność ze standardami,• Połączenie teorii i praktyki = szybkie i trwałe wdrożenie w codzienność placówki.Sensolyke to nie tylko narzędzie – to nowy standard w edukacji przedszkolnej i wczesnoszkolnej.Ścieżka sensoryczna SensoLyke to specjalnie zaprojektowane pomoce sensoryczne i zestaw ćwiczeń, które angażują różne zmysły i umożliwiają dzieciom doświadczanie różnorodnych bodźców sensorycznych. Jest to fizyczna struktura - ścieżka złożona z różnych materiałów do chodzenia, stawiania stóp oraz manipulowania rękami, a także zestaw ćwiczeń i zabaw, które stymulują różne zmysły, takie jak dotyk, wzrok, słuch i czucie głębokie.Regularne doświadczanie różnych bodźców sensorycznych może pomóc dzieciom w lepszym zrozumieniu i przetwarzaniu bodźców z otoczenia oraz w regulacji swoich emocji. Pomaga to w rozwijaniu, umiejętności poznawczych, takich jak koncentracja, uwaga, pamięć i planowanie.W zestawie: • studzienka (wys. ok. 27 cm; śr. zew. ok. 30 cm; śr. wew. ok. 24 cm)• mikrobukiny (śr. ok. 12 cm)• bukiny kwadraty (wym. ok. 33 x 33 cm)• bukiny wąż (dł. ok. 120/130 cm)Dane techniczne:• Zestaw Sport składa się z 12 pomocy sensorycznych• Wypełnienie - gryka, groch, pianka, poduszka tekstylna, poduszka powietrzna• Możliwość pracy grupowej i indywidualnej• Przeznaczony dla grup do 15 dzieci• Certyfikat OEKO TEX, EKO, CE</t>
+    <t>Sensolyke to kompleksowe rozwiązanie dedykowane placówkom edukacyjnym, rewolucjonizujące pracę przedszkoli i szkół. Innowacyjne podejście oparte na integracji sensorycznej i higienie zdrowia psychicznego przynosi wymierne korzyści dla dzieci oraz wspiera rozwój kompetencji nauczycieli, dzięki polskim, ekologicznym i autorskim rozwiązaniom.
+Produkt składa się z trzech kluczowych elementów:
+• Bukiny – autorskie pomoce sensoryczne, które umożliwiają realizację różnorodnych ćwiczeń, pobudzających zmysły, kształtujących równowagę i kontrolę ciała oraz wspierających wyciszenie.
+• Kompendium Sensolyke – interaktywna platforma, będąca nie tylko kursem, lecz także bogatym źródłem wiedzy, zadań i scenariuszy zajęć, wspierającym integrację sensoryczną oraz profilaktykę uzależnień behawioralnych.
+• Cyfrowe materiały: szkolenia, warsztaty i wdrożenia online – dedykowane sesje dla nauczycieli, ułatwiające praktyczne zastosowanie metody Sensolyke w codziennej pracy edukacyjnej.
+KORZYŚCI Z SENSOLYKE:
+Dla nauczycieli:
+• Gotowe scenariusze i ćwiczenia ułatwiają wdrażanie nowoczesnych metod,
+• Szkolenia i wdrożenia online zwiększają efektywność zajęć,
+• Kompendium wiedzy wspiera rozwój kompetencji pedagogicznych.
+Dla dzieci:
+• Rozwój sensoryczny, emocjonalny i społeczny – lepsza koncentracja i motoryka,
+• Wyciszenie i stabilizacja podczas zajęć dzięki Bukinom,
+• Kreatywne, bezpieczne środowisko sprzyjające budowaniu relacji.
+Dodatkowe atuty:
+• Polska produkcja i ekologiczne materiały = jakość i zgodność ze standardami,
+• Połączenie teorii i praktyki = szybkie i trwałe wdrożenie w codzienność placówki.
+Sensolyke to nie tylko narzędzie – to nowy standard w edukacji przedszkolnej i wczesnoszkolnej.Ścieżka sensoryczna SensoLyke to specjalnie zaprojektowane pomoce sensoryczne i zestaw ćwiczeń, które angażują różne zmysły i umożliwiają dzieciom doświadczanie różnorodnych bodźców sensorycznych. Jest to fizyczna struktura - ścieżka złożona z różnych materiałów do chodzenia, stawiania stóp oraz manipulowania rękami, a także zestaw ćwiczeń i zabaw, które stymulują różne zmysły, takie jak dotyk, wzrok, słuch i czucie głębokie.Regularne doświadczanie różnych bodźców sensorycznych może pomóc dzieciom w lepszym zrozumieniu i przetwarzaniu bodźców z otoczenia oraz w regulacji swoich emocji. Pomaga to w rozwijaniu, umiejętności poznawczych, takich jak koncentracja, uwaga, pamięć i planowanie.W zestawie: • studzienka (wys. ok. 27 cm; śr. zew. ok. 30 cm; śr. wew. ok. 24 cm)• mikrobukiny (śr. ok. 12 cm)• bukiny kwadraty (wym. ok. 33 x 33 cm)• bukiny wąż (dł. ok. 120/130 cm)Dane techniczne:• Zestaw Sport składa się z 12 pomocy sensorycznych• Wypełnienie - gryka, groch, pianka, poduszka tekstylna, poduszka powietrzna• Możliwość pracy grupowej i indywidualnej• Przeznaczony dla grup do 15 dzieci• Certyfikat OEKO TEX, EKO, CE</t>
   </si>
   <si>
     <t>354096</t>
   </si>
   <si>
     <t>Duży panel lustrzany z 9 kopułami</t>
   </si>
   <si>
-    <t>Akrylowe panele lustrzane odporne na zarysowania, które są bezpieczne i idealne do wykorzystania w szkołach lub przedszkolach. Pozwalają im obserwować siebie i otaczające je przedmioty, a wypukłe kopuły lustrzane oferują zniekształcony, zabawny i interesujący widok na świat, zachęcając dzieci do eksploracji. Mogą być montowane zarówno wewnątrz, jak i na zewnątrz, a w zestawie znajdują się naklejki oraz solidne niebieskie uchwyty do mocowania na płaskich powierzchniach.  Panele lustrzane wspierają następujące obszary edukacyjne: • Poznanie świata - obserwacja • Rozwój osobisty - samoświadomość • Stymulacja zmysłów - wzroku• 9 kopuł• od 3 lat</t>
+    <t>Akrylowe panele lustrzane odporne na zarysowania, bezpieczne i idealne do wykorzystania w szkołach oraz przedszkolach. Pozwalają dzieciom obserwować siebie i otaczające je przedmioty, a wypukłe kopuły tworzą zniekształcony, zabawny i intrygujący obraz, zachęcając do eksploracji. Panele można montować zarówno wewnątrz, jak i na zewnątrz. W zestawie znajdują się naklejki oraz solidne, niebieskie uchwyty do mocowania na płaskich powierzchniach.Panele lustrzane wspierają następujące obszary edukacyjne:• Poznanie świata – obserwacja• Rozwój osobisty – samoświadomość• Stymulacja zmysłów – wzroku• 9 kopuł• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>564007</t>
   </si>
   <si>
     <t>Krzesło Leon turkusowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesło o nowoczesnym kształcie, wykonane z polipropylenu. Sztaplowane (max. 4 szt.). Nie posiada certyfikatu. • wym. 46 x 53 x 83  cm • wys. siedziska 46 cm   </t>
   </si>
   <si>
     <t>SET6033</t>
   </si>
   <si>
     <t>Quadro - zestaw 30, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092156 Quadro - szafka L na 2 szerokie szuflady, klon jasny, 1 szt. • 092199 Półki do Quadro, 2 szt., 1 kpl. • 092203 Quadro - drzwiczki małe 90 st. - niebieskie, 2 szt. • 092200 Quadro - drzwiczki małe 90 st. - białe, 2 szt. • 092250 Quadro - szuflada szeroka - biała, 2 szt. • wym. 79,20 x 41,50 x 124,20 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092156 Quadro - szafka L na 2 szerokie szuflady, klon jasny, 1 szt. • 092199 Półki do Quadro, 2 szt., 1 kpl. • 092203 Quadro - drzwiczki małe 90 st. - niebieskie, 2 szt. • 092200 Quadro - drzwiczki małe 90 st. - białe, 2 szt. • 092250 Quadro - szuflada szeroka - biała, 2 szt. • wym. 79,20 x 41,50 x 124,20 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>821105</t>
   </si>
   <si>
     <t>Knowla Wall (Magiczna Ściana) wersja 2.0</t>
   </si>
   <si>
     <t xml:space="preserve">
 Knowla Wall to jedyne w swoim rodzaju multimedialne, interaktywne urządzenie, będące sercem edukacyjnej rozrywki Knowla. Wyposażone w najwyższej jakości ultra krótkoogniskowy laserowy projektor Epson 760Wi (spełniający wymagania dyrektywy RoHS 2011/65/EU) z uchwytem na wysięgniku umożliwia wyświetlanie jasnego, wielkoformatowego obrazu na zintegrowanej ściance (nawet w jasnych pomieszczeniach!). Jako jedna z nielicznych firm na świecie, z dumą możemy oznaczać nasze produkty symbolem "Powered by Epson". To gwarancja najwyższej jakości, która przekłada się na niezrównaną czystość obrazu i pełne bezpieczeństwo użytkowania.
 Knowla Wall posiada także wbudowany komputer z systemem Windows 11 oraz portami HDMI i USB. Zapewnia rozmaite możliwości interakcji z wyświetlanym obrazem: uderzanie piłeczkami, pisanie pisakiem, a także obsługę za pomocą klawiatury z touchpadem. Dodatkowo, za pomocą Knowla Remote, możemy obsługiwać urządzenie zdalnie.
 NOWOŚĆ!
 Aplikacja Knowla Remote umożliwia zdalne sterowanie urządzeniami Knowla (takimi jak Knowla Box czy Knowla Wall) z poziomu komputera, tabletu lub smartfona.
 Użytkownik może nie tylko zarządzać treściami na odległość, ale także udostępniać ekran komputera na urządzeniach Knowla oraz nawiązywać połączenia audio-wideo. Rozwiązanie doskonale wpisuje się w model nauczania hybrydowego i zdalnego, zapewniając ciągłość edukacji niezależnie od miejsca prowadzenia zajęć. Aplikacja Knowla Remote jest do pobrania na stronie knowla.eu oraz w Sklepie Play oraz Apple Store.
 Dzięki aplikacji nauczyciel może:
 	prowadzić lekcje zdalne lub hybrydowe z wykorzystaniem Knowla Box lub Knowla Wall,
 	mieć podgląd na aktywność uczniów i kontrolować przebieg zajęć z dowolnego miejsca,
 	wygodnie przełączać zadania i zarządzać przebiegiem zabawy,
 	błyskawicznie prezentować własne materiały, filmy czy prezentacje – bez logowania się na urządzeniu czy podłączania kabli,
 	transmitować na duży ekran obraz z kamery telefonu, np. w celu pokazania szczegółów eksperymentu lub pracy manualnej.
 Knowla Remote to intuicyjne rozwiązanie zwiększające elastyczność prowadzenia zajęć, wspiera nowoczesne metody nauczania i oszczędza czas nauczyciela.
 Knowla Wall ma dostosowanie do Specjalnych Potrzeb Edukacyjnych: przesuwanie pola obrazu, ściszanie dźwięku, dostosowywanie tempa poruszania się obiektów, zmiana koloru tła, głosowe komendy oraz głosowa informacja zwrotna, włączanie/wyłączanie efektów świetlnych.
 Mobilne, interaktywne urządzenie Knowla Wall zostało stworzone do obsługi pakietów aplikacji Edukacyjny Wszechświat Knowla (planet tematycznych), ale może też służyć jako samodzielne centrum multimedialnej edukacji i rozrywki. Dzięki wbudowanemu komputerowi z systemem Windows 11 oraz portami HDMI i USB, można korzystać z internetu, odtwarzać filmy, prezentacje czy wykorzystać go do grupowej zabawy, np. karaoke. W tym samym czasie może korzystać nawet do 10-15 osób!
 Edukacyjny Wszechświat Knowla tworzy 16 różnych planet tematycznych. Są to osobne pakiety aplikacji - każda z nich odpowiada na inne potrzeby edukacyjne lub terapeutyczne dzieci w wieku przedszkolnym i wczesnoszkolnym (przedział wiekowy 3-10+ lat).
 Wyróżniamy w nim:
@@ -156,132 +173,132 @@
 	Wytrzymałość i bezpieczeństwo użytkowania,
 	Dostosowane do pracy indywidualnej i grupowej: Knowla Box umożliwia komfortowe korzystanie zarówno jednemu uczniowi, jak i parze lub całej grupie, liczącej nawet kilkanaście osób. Dzięki temu nauczyciel z łatwością dopasuje aktywność do aktualnych potrzeb klasy, zapewniając efektywną i angażującą naukę na każdym poziomie.
 	Idealne rozwiązanie dla placówek edukacyjnych czy też sal zabaw, centrów rekreacji i sportu.
 	Wspiera rozwój kompetencji XXI wieku - Innowacyjne, angażujące aplikacje wspierają dzieci w rozwoju kluczowych kompetencji takich jak: współpraca, kreatywność, myślenie krytyczne i umiejętność rozwiązywania problemów.
 Zestaw Knowla Wall zawiera:
 	Mobilna, przenośna konstrukcja (ścianka); Wymiary: (wysokość x szerokość x głębokość) 225 cm x 173 cm x 60 cm; Wymiary płyt to 171,6 cm x 58,5 cm; ekran 80 cali
 	Wysokiej klasy projektor ultra krótkoogniskowy, laserowy Epson EB-760Wi o jasności 4000 lumenów (Żywotność w trybie Eco to 30 000 godzin, a w trybie wysokim to 20 000 godzin. Gwarancja na projektor to 60 miesięcy lub 12 000 godzin.)
 	Wbudowany komputer (z łącznością Wi-Fi i systemem Windows)
 	Zewnętrzny port HDMI oraz port USB umożliwiający podłączanie urządzeń typu pendrive
 	Zestaw precyzyjnych czujników lokalizujących uderzenia piłek jak i położenie pisaka interaktywnego
 	Pakiet startowy: planeta Fruu (250 aktywności) oraz planeta EduMini (95 aktywności)
 	50 piłeczek
 	2 interaktywne pisaki
 	pilot Epson
 	klawiaturę bezprzewodową z touchpadem
 	pudełko na piłeczki
 Urządzenie (w szczególności projektor) spełnia wymagania DYREKTYWY PARLAMENTU EUROPEJSKIEGO I RADY 2011/65/UE z dnia 8 czerwca 2011 r. w sprawie ograniczenia stosowania niektórych niebezpiecznych substancji w sprzęcie elektrycznym i elektronicznym.
 Materiały dla nauczyciela:
 Każda planeta zawiera INSTRUKCJĘ, w której znajdują się:
 	szczegółowe opisy poszczególnych aplikacji,
 	odniesienia do podstawy programowej,
 	przykładowe scenariusze zajęć, ułatwiające korzystanie z materiałów.
 Na urządzeniu Knowla Wall zainstalowane są dwie startowe, darmowe planety:
 	Planeta Fruu mix aplikacji edukacyjnych oraz gier rozrywkowych; 250 aktywności,
 	Planeta EduMini przekrojowe pokazanie możliwości całego Edukacyjnego Wszechświata; 95 aktywności.
-</t>
+Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101430</t>
   </si>
   <si>
-    <t>Zestaw 2 niebieskich materacy do kabiny SI - wyposażenie do kabiny SI – MED</t>
-[...2 lines deleted...]
-    <t>Materace wymiarem dopasowane do Kabiny do terapii integracji sensorycznej, z wycięciami na słupy. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • 2 szt.• wym. 216 x 108 x 8 cm• wyrób medyczny - klasa I</t>
+    <t>Zestaw 2 niebieskich materacy do kabiny SI – wyposażenie do kabiny SI – MED</t>
+  </si>
+  <si>
+    <t>Materace wymiarem dopasowane do Kabiny do terapii integracji sensorycznej, z wycięciami na słupy. Wykonane z pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. • 2 szt.• wym. 216 x 108 x 8 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146260</t>
   </si>
   <si>
     <t>EKO dekor - domek duży niebieski</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>056106</t>
   </si>
   <si>
     <t>Dywan w kropki i paski 3 x 4 m - zielono-niebieski</t>
   </si>
   <si>
-    <t>Dywan we wzory geometryczne. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiada Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 3 x 4 m• wym. 400 cm x 300 cm</t>
+    <t>Dywan we wzory geometryczne, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 3 x 4 m• wym. 400 x 300 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>522028</t>
   </si>
   <si>
     <t>Piłka terapeutyczna</t>
   </si>
   <si>
-    <t>Piłka z PCV, której jedna półkula pokryta jest wypustkami, a druga półkula - gładka. • śr. 75 cm • kolor niebieskiDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Piłka z PCV, której jedna półkula pokryta jest wypustkami, a druga półkula jest gładka. • śr. 75 cm • kolor niebieskiDo nadmuchania piłki potrzebna jest pompka, np. 522021 (sprzedawana osobno).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519027</t>
   </si>
   <si>
     <t>Trampolina domowa</t>
   </si>
   <si>
-    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są  szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 lat</t>
+    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>B9021-06-08-SP-4HMC05-PA-P</t>
   </si>
   <si>
     <t>Stół Mila 80x80 rozm. 6, 4os., stelaż aluminium, blat klon 375, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
     <t>Stoły Mila świetlicowe występują w pięciu rozmiarach blatów: 80 x 80 cm, 120 x 80 cm, 130 x 50 cm, 160 x 80 cm i 180 x 80 cm. Dostępne w rozmiarach od 3 do 6, a także w wersji z reg. wys. 1-4 (wys. 46-64 cm) oraz 3-6 (wys. 59-76 cm)Blaty z płyty laminowanej o gr. 18 mm z obrzeżem ABS o gr. 2 mm są dostępne w 5 odcieniach do wyboru: biały, klon jasny, klon 375, buk i szary. Narożniki blatów są proste. Stelaż występuje w 6 wersjach kolorystycznych: oliwkowy, łososiowy, turkusowy, musztardowy, antracytowy i aluminium.Nogi stołów są wyposażone w plastikową stopkę poziomującą z filcem, chroniącym podłogę przed zarysowaniem. • wym. 80 x 80 x 76 cm</t>
   </si>
   <si>
     <t>092994</t>
   </si>
   <si>
-    <t>Kabina do terapii zaburzeń SI - MED</t>
-[...2 lines deleted...]
-    <t>Stabilna i sztywna metalowa konstrukcja wykonana w formie kabiny - stojaka, wyposażona w dwie ruchome belki pozwalające na montaż urządzeń do terapii integracji sensorycznej. Konstrukcja złożona z dwóch części, wykonana z kształtowników zamkniętych o przekroju 8 x 8 cm. Belki boczne zabezpieczone piankowymi osłonami pokrytymi trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Każda z ruchomych belek górnych wyposażona w wózki na prowadnicach, z możliwością blokady (na jednej belce 2 wózki, na drugiej - 4, co umożliwia przymocowanie np. potrójnej drabinki linowej). Każdy z wózków jest wyposażony w szeklę i karabińczyk. Elementy mocujące dostarczane w komplecie (każda z belek mocowana jest przy pomocy 4 śrub). Maksymalne obciążenie konstrukcji to 250 kg. Materace uzupełniające Kabinę dostępne jako osobny produkt katalogowy - 101430. Produkt przeznaczony do użytkowania przez jedną osobę. Wkręt jest umieszczony ok. 10 cm poniżej poziomu podłogi.Minimalna wysokość pomieszczenia umożliwiająca montaż kabiny to 270 cm. Konieczne kotwiczenie do podłoża.• wym. 220 x 220 x 250 cmDo kabiny pasują następujące urządzenia:• 519001 Huśtawka Pająk• 519002 Huśtawka Pająk z miękkim obrzeżem• 519004 Huśtawka Gniazdo• 519005 Hamak Kropla• 519016 Huśtawka - dysk• 519017 Huśtawka Żółw• 519018 Potrójna drabinka sznurkowa• 519019 Siatka do wspinaczki - potrójna• 519020 Siatka do wspinaczki - pojedyncza• 519021 Lina wspinaczkowa• 519022 Pojedyncza drabinka sznurkowa• 519023 Podwieszka - trapezan• 519025 Huśtawka - wałek• 519026 Wisząca piłka do terapii odruchów• 099776 Platforma podwieszana• wym. 220 x 220 x 250 cm• wyrób medyczny - klasa I</t>
+    <t>Kabina do terapii zaburzeń SI – MED</t>
+  </si>
+  <si>
+    <t>Stabilna i sztywna metalowa konstrukcja wykonana w formie kabiny–stojaka, wyposażona w dwie ruchome belki umożliwiające montaż urządzeń do terapii integracji sensorycznej. Konstrukcja składa się z dwóch części i została wykonana z kształtowników zamkniętych o przekroju 8 × 8 cm. Belki boczne zabezpieczono piankowymi osłonami pokrytymi trwałą, łatwą do utrzymania w czystości tkaniną bez ftalanów. Każda z ruchomych belek górnych wyposażona jest w wózki poruszające się po prowadnicach, z możliwością blokady (na jednej belce znajdują się 2 wózki, na drugiej – 4, co umożliwia montaż np. potrójnej drabinki linowej). Każdy wózek posiada szeklę i karabińczyk. Elementy mocujące dostarczane są w komplecie (każda z belek mocowana jest przy pomocy czterech śrub). Maksymalne obciążenie konstrukcji wynosi 250 kg. Materace uzupełniające kabinę dostępne są jako osobny produkt katalogowy – 101430. Produkt przeznaczony jest do użytkowania przez jedną osobę. Wkręt znajduje się ok. 10 cm poniżej poziomu podłogi. Minimalna wysokość pomieszczenia umożliwiająca montaż kabiny to 270 cm. Wymagane jest kotwiczenie konstrukcji do podłoża.• wym. 220 x 220 x 250 cmDo kabiny pasują następujące urządzenia:• 519001 Huśtawka Pająk• 519002 Huśtawka Pająk z miękkim obrzeżem• 519004 Huśtawka Gniazdo• 519005 Hamak Kropla• 519016 Huśtawka – dysk• 519017 Huśtawka Żółw• 519018 Potrójna drabinka sznurkowa• 519019 Siatka do wspinaczki – potrójna• 519020 Siatka do wspinaczki – pojedyncza• 519021 Lina wspinaczkowa• 519022 Pojedyncza drabinka sznurkowa• 519023 Podwieszka – trapezan• 519025 Huśtawka – wałek• 519026 Wisząca piłka do terapii odruchów• 099776 Platforma podwieszana• wym. 220 x 220 x 250 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098965</t>
   </si>
   <si>
     <t>Półka metalowa na piłki z haczykami</t>
   </si>
   <si>
-    <t xml:space="preserve">Solidna półka do przechowywania piłek, nadaje się do hal sportowych i sal gimnastycznych. Wykonana z metalu. Zmieszczą się na niej 3 piłki o śr. 75 cm. • odległość między prętami 36 cmWyposażona w zespawane z tyłu haki, skierowane do ściany, dzięki czemu minimalizuje ryzyko powstawania urazów. </t>
+    <t>Solidna półka do przechowywania piłek, nadaje się do hal sportowych i sal gimnastycznych. Wykonana z metalu. Zmieszczą się na niej 3 piłki o śr. 75 cm.• odległość między prętami 36 cmWyposażona w zespawane z tyłu haki, skierowane do ściany, dzięki czemu minimalizuje ryzyko powstawania urazów. Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855454</t>
   </si>
   <si>
-    <t>Helikopter terapeutyczny - MED</t>
-[...2 lines deleted...]
-    <t>Helikopter terapeutyczny to podwieszany sprzęt wykorzystywany podczas terapii integracji sensorycznej. Pozwala na wykonywanie ćwiczeń wzmacniających koordynację wzrokowo-ruchową w ruchu linowym przód-tył i na boki. Pozytywnie wpływa także na poprawę napięcia mięśniowego i propriocepcji. Helikopter ma możliwość regulacji wysokości, tak żeby dziecko mogło się unosić maksymalnie 60 cm nad materacem, który należy podłożyć. Zaleca się dokupienie Bungee (199136) – dzięki temu można uzyskać dodatkowy ruch w pionie. Helikopter należy zawiesić na krętliku (199133, sprzedawany osobno). Produkt przeznaczony do użytkowania przez jedną osobę. • regulacja wysokości 123 – 148 cm • maks. obciążenie 150 kg</t>
+    <t>Helikopter terapeutyczny – MED</t>
+  </si>
+  <si>
+    <t>Helikopter terapeutyczny to podwieszany sprzęt wykorzystywany podczas terapii integracji sensorycznej. Pozwala na wykonywanie ćwiczeń wzmacniających koordynację wzrokowo-ruchową w ruchu linowym przód-tył i na boki. Pozytywnie wpływa także na poprawę napięcia mięśniowego i propriocepcji. Helikopter ma możliwość regulacji wysokości, tak żeby dziecko mogło się unosić maksymalnie 60 cm nad materacem, który należy podłożyć. Zaleca się dokupienie Bungee (199136) – dzięki temu można uzyskać dodatkowy ruch w pionie. Helikopter należy zawiesić na krętliku (199133, sprzedawany osobno). Produkt przeznaczony do użytkowania przez jedną osobę.• regulacja wysokości 123 – 148 cm• maks. obciążenie 150 kgSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -359,51 +376,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446611134e5cf891cd087dc57733f8d91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652a319d551ab95048cf3bd339cd43202.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/825b33f6b219fd57a98bbdbd1558145f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a69b0e5b7a831dff338ca1e1aae1cf734.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf73f1aed335a550de39ec325409a8c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bce6d906cdc734a4ef209bdf2360c9456.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e906a707215353d7a178a3851e19476d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d9cf21aeb369e31cd2afe595c0f4388.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b394181388ceb6c49306aca356a87c09.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2e173f5217646ec5b40c4888237aa7610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1387fdcf51f00e6f41413c1642b169011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c80cd027300d33cdd5eb69e7c7130bf12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72026f1d6c6f3556563dcb4e192d399c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721407b27b028067f38cf25393f9b3c314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39800441de7263e67b6f5cf2351c932f15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166523b7623a7ad989f92df24578130416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e68fc12114af4cf5148c0e08c4f94917.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233d2abaa1e3c538b1fe6eb3b0cc43c41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdcc53886584d518ad608a0db93dbf92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3538893db4999952fd9408fcdaa887a33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742516361d1a205ec4ffcf7a2c3328d54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778338aec38f4e3d77bdfc1be57825695.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a112ddb1de2517bf68d960c615a443f86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4717ff27c867b65311d01f54fceab90a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16a45a2958e91d87d723fb2b002c1d58.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb431f4b244c95d3d7cab753e92603999.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eaa409e78b2345d3264f04c3dc67dde10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75942fdfd06f330d8e6f949c0e69b4011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17340119eca9f042796fcc8db936752e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0b768fdcc782fc35229d0b66ffce4013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ceca56854593faeee852fad60a564e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6c98dba1c2a52014fcf634be2ad45b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bb38739618f51731affa0acaf5a08a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439a1ec42756464f42f8036e759d6a8317.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0020" descr="Sala do terapii integracji sensorycznej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>