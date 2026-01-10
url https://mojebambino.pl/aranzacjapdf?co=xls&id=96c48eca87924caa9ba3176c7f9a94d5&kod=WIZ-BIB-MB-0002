--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>WIZ-BIB-MB-0002 Mediateka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 21:31:13</t>
+    <t>z dnia 2026-01-10 02:43:32</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096827</t>
   </si>
   <si>
     <t>Stolik okrągły 70 cm z elektryczną regulacją wysokości - szary</t>
   </si>
@@ -119,51 +119,51 @@
   <si>
     <t>048074</t>
   </si>
   <si>
     <t>Fotel obrotowy MANAGER czarny</t>
   </si>
   <si>
     <t xml:space="preserve">Fotel obrotowy kubełkowy tapicerowany lakierowaną skórą dwoinową w kolorze czarnym. Mechanizm TILT umożliwia swobodne bujanie się, ustawienie blokady fotela w pozycji do pracy oraz regulację wysokości siedziska. • wys. siedziska: 49 - 58 cm • wys. oparcia: 59 cm </t>
   </si>
   <si>
     <t>046079</t>
   </si>
   <si>
     <t>Siedzisko Modern Plus narożne</t>
   </si>
   <si>
     <t>Siedziska z pianki na drewnianym stelażu. Pokryte tkaniną trudnopalną (Plus F.R.).• wym. 55 cm x 60 cm x 40 cm</t>
   </si>
   <si>
     <t>092226</t>
   </si>
   <si>
     <t>Quadro - biurko z szeroką szufladą - szare, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cm</t>
+    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>834154</t>
   </si>
   <si>
     <t>Stolik duży wysoki biały 130x50x110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>101767</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea jasnoszara</t>
   </si>
   <si>
     <t>046081</t>
   </si>
   <si>
     <t>Kanapa Modern Plus, szaro-musztardowa</t>
   </si>
   <si>
     <t>Siedziska z pianki na drewnianym stelażu. Pokryte tkaniną trudnopalną (Plus F.R.).• gł. siedziska: 53 cm • wys. siedziska: 40 cm.• wym. 120 cm x 72 cm x 72 cm</t>
   </si>
@@ -361,51 +361,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c6c5660af4c94907c76c7935ea919e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec472ebbdc2b4c44e400f1e3db95c192.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17b40cf9c9d6d2b62365c8cfde697b03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb29135e196619e21d02ba787c9cefb64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e125389cd298ff74128ac997f9849c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96847caa4069464540aca069bfd414ae6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e2dbf0794bf65947b9f860a1dd230b07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f707114ac4224bc5ec252b5b8a92e48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea3072207ced068441db3d9e27336759.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2c5b081acd1152b52d66b65c2e4390410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f855cb79d97fb6da10243bae3375d9c311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f70de5f1fb98da3dd69c3b496660b0c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccee77deb60446dc025debd5a21f7b6413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946455099b12f3770c4bd3eaf6053c3814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99398a5a609ea7fc72c8499581271b115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6142be241880a26dad3de32f4ce7e116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1533421beafc845a26b0a27f46f3f317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da124dbd8f069e9a66b0897b30d0526918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d60b812a1ab638018424ca29c404c919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba29cd1c6b569d4497fd72479b1da9920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34d5a45d19e8a906913d6f43ac59f1321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c216670db0c43dd8c856733d7b864f22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742784c915a3e5e76f318756128da9e323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80bf57086c4cafa81c1fdab40a5539324.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3474d80efa6ce291e9a05a38eb085f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2833d449a03232e292eaabb009df4d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c0884ca4903e423bf7d69b371137363.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd84097d19de2402305fc37ee85dea724.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902bf97cdc4a2cd604c7579f20ed20ab5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435333e3a9f9fbd962e865bb613fc69f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca44ef12933e65022ac940731dd46af7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4539a62ce80eb3ca5a15fadf40cfc668.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c99da35dbc81ebca39aea4a48cc73a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edcbbb8809ef5883a68118b4e9e1853510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1fbd5c8367d6295d0efd439a38e99911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423cc72b7f20ed7042dcb4769860dab812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/243b813ed7b07c2df179ff583b34a00813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da29dd2e0ddac8797093bbae32183c6f14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83740681a62e4223f5f6085d7af6dfed15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3c02496597dbda7d70c5fa0796d9dbb16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6263ca75c2e429cf1906b2e0bb29385c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d234b844ada27acbaa0f3c621714c1a718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7afdd64ee20dc71b9dad7d4945e0d61a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d082f44d605152c386298b21b7f1a84020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b43080ca41ab68afe4523c2475f21021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb083b6dcc47f88c1c3d022971316d7c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cc60c797176573e032c2cea872e98d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e956812fb67d03f05a324129e94c12a724.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-BIB-MB-0002" descr="Mediateka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>