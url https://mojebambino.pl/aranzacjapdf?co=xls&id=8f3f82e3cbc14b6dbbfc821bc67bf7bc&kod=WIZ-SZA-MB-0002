--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -20,87 +20,87 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>WIZ-SZA-MB-0002 Szatnia Kameleon</t>
   </si>
   <si>
-    <t>z dnia 2025-10-27 01:17:07</t>
+    <t>z dnia 2025-12-13 08:33:50</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET6209S</t>
   </si>
   <si>
     <t>Szatnia Kameleon 6 - zestaw 7, cichy domyk</t>
   </si>
   <si>
     <t xml:space="preserve">  • 092182 Szatnia Kameleon 6, 1 szt.  • 092710S Drzwiczki duże i małe do szatni Kameleon, cichy domyk – szare, 3 kpl.  • 092714S Drzwiczki duże i małe do szatni Kameleon, cichy domyk - żółte, 2 kpl.  • 092719S Drzwiczki duże i małe do szatni Kameleon, cichy domyk – beżowe, 1 kpl. </t>
   </si>
   <si>
     <t>196063</t>
   </si>
   <si>
-    <t>Makatka Lista obecności i humoru - pociąg</t>
-[...2 lines deleted...]
-    <t>Pomoc mająca na celu uczenie dzieci rozpoznawania i nazywania emocji (własnych i kolegów). Wykonana w formie welurowej makatki, na której dzieci mogą każdego dnia przypinać wizytówkę ze swoim imieniem pod jednym z czterech obrazków określających nastrój (radość, smutek, złość, lęk). Jest to także lista obecności. Ostatni wagon w kształcie tortu jest sposobem na uhonorowanie jubilata. Świeczki są ruchome i można je przyczepiać wg potrzeb - tyle, ile dziecko ma lat. • wym. ciuchci 54 x 35 cm • wym wagoników 37 x 33 i 31 x 33 cm • wym. tortu 32 x 35 cm • 30 wizytówek • 1 identyfikator grupy • 7 świeczek• od 3 miesiąca</t>
+    <t>Makatka Lista obecności i humoru – pociąg</t>
+  </si>
+  <si>
+    <t>Pomoc mająca na celu uczenie dzieci rozpoznawania i nazywania emocji (własnych i kolegów). Wykonana w formie welurowej makatki, na której dzieci mogą każdego dnia przypinać wizytówkę ze swoim imieniem pod jednym z czterech obrazków określających nastrój (radość, smutek, złość, lęk). Jest to także lista obecności. Ostatni wagon w kształcie tortu jest sposobem na uhonorowanie jubilata. Świeczki są ruchome i można je przyczepiać według potrzeb – tyle, ile dziecko ma lat. • wym. ciuchci 54 x 35 cm • wym wagoników 37 x 33 i 31 x 33 cm • wym. tortu 32 x 35 cm • 30 wizytówek • 1 identyfikator grupy • 7 świeczek• od 3 lat</t>
   </si>
   <si>
     <t>095663</t>
   </si>
   <si>
     <t>Ławka do szatni Kameleon, klon jasny</t>
   </si>
   <si>
     <t>Zaokrąglona ławka przeznaczona do ustawiania po bokach dwóch złączonych, skierowanych plecami do siebie szatni Kameleon. Wykonana z płyty laminowanej w tonacji klonu i białej. W komplecie materac mocowany na napy. • wym. materaca 90,5 x 45 x 4 cm • półka na wys. 12 cm • wym. 90,5 x 45 x 33 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -187,51 +187,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3bd3e4b75f633fd8f6b25b6f07f11cf1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62c234042efa0d07c0caa98b0ab84ba2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98ee3b31fcafec7b12e21084dc43fd13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdaedd5e8ec0d1e399014e89a36a3f7f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b77154880896f7bad7fad3d39de926fa1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79fc6427716e99f7e50f00fe94a6b4002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1028039deb8066d9eb7edcfe3392d93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f76929285edbb5f4bb1a1875c00e074.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5715000" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0002" descr="Szatnia Kameleon"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>