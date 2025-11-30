--- v0 (2025-10-04)
+++ v1 (2025-11-30)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0070 Sala szkolna w białej kolorystyce </t>
   </si>
   <si>
-    <t>z dnia 2025-10-04 09:25:09</t>
+    <t>z dnia 2025-12-01 00:31:44</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>094285</t>
   </si>
   <si>
     <t>Stół mobilny składany Nest 150 x 60 cm - biały</t>
   </si>
@@ -88,51 +88,51 @@
   <si>
     <t>Krzesło o nowoczesnym wyglądzie. Stelaż krzesła w kolorze aluminium idealnie współgra z kolorystyką siedzisk. Siedzisko i oparcie wykonane z tworzywa sztucznego (polipropylen), są wyjątkowo wytrzymałe. Oparcie w naturalny sposób dostosowuje się do pleców dziecka. Dzięki unikalnemu stelażowi można je podwieszać na blatach stolików szkolnych. Małe otwory u góry oparcia pozwalają na wygodne przestawianie krzesła z miejsca na miejsce. Dostępne w rozm. 1-6.• szer. siedziska 43 cm • gł. siedziska 43,5 cm • wys. siedziska 46 cm</t>
   </si>
   <si>
     <t>515041</t>
   </si>
   <si>
     <t>Tablica korkowa z aluminiową ramą 90 x 120 cm</t>
   </si>
   <si>
     <t>Korkowa tablica z aluminiową ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
   </si>
   <si>
     <t>ZEST6062</t>
   </si>
   <si>
     <t>Grande - zestaw 89</t>
   </si>
   <si>
     <t>Zestaw pojemnych szaf do przechowywania, odpowiednie do świetlic i innych pomieszczeń rekreacyjnych. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.Skład zestawu:• 098802W Szafa Grande XXL z siedziskiem 22 cm - biała, 1 szt.• 098803W Szafa Grande XXL z siedziskiem 57 cm - biała, 1 szt.• 098801W Szafa Grande XXL - biała, 1 szt.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 322,8 x 52 x 258,2 cm• długość zestawu: 3,228 m</t>
   </si>
   <si>
     <t>585037</t>
   </si>
   <si>
-    <t>Monitor interaktywny insGraf Digital EduSpace 65</t>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
 insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
 insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
 3. Ułatwienia dostępu – nauka bez barier:
 Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
 	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
 	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
 	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
 	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
 Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
@@ -218,50 +218,51 @@
 	Wejście sieciowe LAN RJ45/8P8C x 1 
 	Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
 Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 	produkt wymaga baterii (są w zestawie)
 Zawartość:
 # pilot, 1 szt.
 # pisak, 2 szt.
 # przewód zasilający 3m, 1 szt.
 # przewód USB-C 65W dł - 2m, 1 szt.
 # przewód USB 2.0 A-B -3M, 1 szt.
 # przewód HDMI 2.0 dł - 3m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -354,51 +355,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4355eec5111940ee65305d5c34890b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d193e2e81404f52a83efa4e21a32c9ae2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a411cef7c348d2f80d3822d3357b373.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06612935eb1b78d0c12ff01949005074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a26ad5ece8fb304346964067f46f4af5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5333ef8e257b3e9b20627b091d4b1c5f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4ec0e45e67aa2e8ad514105447793a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65fe56402499d885fddec80ca7c3c8de1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e317d62335871a8e032422d36ad52282.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5689810001a84686f905042612c670d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f64bc5656ee9d5b2338c569cc918bb84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35abc495bc96256e838fa4c9c97f6905.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bffc1778d74865ffee1808c40698d04f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd140a4c2b955b50fda0bf06a756df747.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0070" descr="Sala szkolna w białej kolorystyce "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>