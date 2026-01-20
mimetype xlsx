--- v0 (2025-11-17)
+++ v1 (2026-01-20)
@@ -14,363 +14,242 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>WIZ-SZK-QU-0004 Klasa szkolna I-III Quadro 1</t>
   </si>
   <si>
-    <t>z dnia 2025-11-17 10:47:44</t>
+    <t>z dnia 2026-01-20 15:56:17</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5283</t>
   </si>
   <si>
     <t xml:space="preserve">Stół T 2-os. buk z krzesłami T, rozm. 5-6, aluminium </t>
   </si>
   <si>
     <t xml:space="preserve">Zestaw zawiera:
 	B9031-56-08-SP-2EMC08-PA-P Stół T 2-os. z regulowaną wysokością 5-6 aluminium, 1 szt.
 	F011001-5-08-08N Krzesło T z regulowaną wysokością rozm. 5-6 srebrne, 2 szt.
 B9031-56-08-SP-2EMC08-PA-P Stół T 130x50 rozm. 5-6, 2os., stelaż aluminium, blat buk, obrzeże ABS, narożniki proste, 1 szt.
 Stół jest wyposażony w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości.
 F011001-5-08-08N Krzesło T z regulowaną wysokością rozm. 5-6 srebrne, 2 szt.
 Krzesło z siedziskiem i oparciem wykonanym ze sklejki bukowej w kolorze naturalnym, o gr. 8 mm w rozmiarach 5-6. Stelaż został wykonany z rury płaskoowalnej o wym. 38 x 20 mm i 30 x 15 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a szerokie, zaokrąglone oparcie zapewnia wygodę. Podstawa w kształcie litery H zapewnia wysoką stabilność. Blat jest chroniony przed zarysowaniem 3 stopkami umieszczonymi pod siedziskiem. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim.
 Zgodne z normą PN-EN 1729-1:2016-2 oraz PN-EN 1729-2+A1:2016-2.
 • dostępne w razomiarze 5-6
 </t>
   </si>
   <si>
     <t>515043</t>
   </si>
   <si>
     <t>Biała tablica magnetyczna wym. 90 x 60 cm</t>
   </si>
   <si>
     <t>Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Tablicę można zamontować tylko w poziomie. • wym. 90 x 60 cm</t>
   </si>
   <si>
     <t>SET6013</t>
   </si>
   <si>
-    <t>Quadro - zestaw 10, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 092100 Quadro - biblioteczka z dwiema przegrodami, klon jasny, 1 szt. • 092103 Quadro - szafka niska z siedziskiem, klon jasny, 1 szt. • wym. 195,8 x 41,5 x 86,8 cm• długość zestawu: 1,958 m</t>
+    <t>Quadro – zestaw 10, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz białej.• 092100 Quadro – biblioteczka z dwiema przegrodami, klon jasny, 1 szt. • 092103 Quadro – szafka niska z siedziskiem, klon jasny, 1 szt. • wym. 195,80 x 41,50 x 86,80 cm• długość zestawu: 1,96 m</t>
   </si>
   <si>
     <t>101818</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, błękit turkusowy</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092151</t>
   </si>
   <si>
-    <t>Quadro - regał L z 2 przegrodami i 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,8  x 41,5 x 124,2 cm</t>
+    <t>Quadro – regał L z 2 przegrodami i 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,80 x 41,50 x 124,20 cm</t>
   </si>
   <si>
     <t>048203</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon limonkowo-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>056154</t>
   </si>
   <si>
     <t>Dywan spirala 2 x 2 m</t>
   </si>
   <si>
     <t>Dywan ze spiralnym wzorem w uspokajających odcieniach zieleni i niebieskiego. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 2 m</t>
   </si>
   <si>
     <t>031951</t>
   </si>
   <si>
-    <t>Program multimedialny: Percepcja słuchowa 2. Zaburzenia przetwarzania słuchowego mTalent</t>
-[...51 lines deleted...]
-• Linux (Chrome i Firefox)</t>
+    <t>mTalent Percepcja słuchowa 2. Zaburzenia przetwarzania słuchowego – program multimedialny</t>
+  </si>
+  <si>
+    <t>Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, posiadających doświadczenie zarówno w pracy z dziećmi, jak i w wykorzystaniu technologii na potrzeby terapii oraz w tworzeniu rozpoznawalnych na rynku produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Program posiada rekomendację Polskiego Towarzystwa Dysleksji.Program mTalent Zaburzenia przetwarzania słuchowego (Percepcja słuchowa cz. 2) to:• program dla dzieci i uczniów starszych z trudnościami w zakresie percepcji słuchowej, szczególnie w obszarze wyższych funkcji słuchowych, CAPD, APD, z centralnymi zaburzeniami przetwarzania słuchowego,• interaktywny produkt, zawierający sprawdzone ćwiczenia multimedialne, będące wsparciem w tradycyjnej terapii pedagogicznej dzieci mających problemy wynikające z zaburzeń analizy dźwięków na poziomie centralnym,• materiał pozytywnie zrecenzowany przez użytkowników, terapeutów, a także środowisko akademickie – w tym doktora nauk medycznych,• zbiór ponad 700 interaktywnych ekranów,• materiał o zróżnicowanym stopniu trudności, zawierający zarówno ćwiczenia dla młodszych dzieci, jak i bardziej wymagające zadania dla starszych uczniów, co znacznie poszerza zakres jego zastosowania. W programie mTalent Percepcja słuchowa cz. 2 stymulacja wyższych funkcji słuchowych uwzględnia następujące działy ćwiczeń multimedialnych:• lokalizacja i lateralizacja źródła dźwięków,• identyfikacja i dyskryminacja dźwięków,• rozpoznawanie cech dźwięków,• czasowe aspekty słyszenia,• rozumienie mowy w obecności dystraktorów,• rozumienie mowy zniekształconej,• rozmaitości,• wyzwania słuchowe.Zestawy ćwiczeń w programie zostały zaprojektowane tak, aby odzwierciedlały kryteria zawarte w definicji ośrodkowego zaburzenia przetwarzania słuchowego (CAPD) stworzonej przez Amerykańskie Towarzystwo Mowy i Słuchu (ASHA, 1996). Zgodnie z zaleceniami Amerykańskiego Stowarzyszenia Słuchu i Mowy ASHA, zaburzenia przetwarzania słuchowego rozpoznaje się w przypadkach, w których co najmniej jedna z podstawowych wyższych funkcji słuchowych jest zaburzona. Do objawów zaburzeń przetwarzania słuchowego należą:• trudności z rozumieniem dłuższych wypowiedzi,• trudności w rozumieniu mowy w hałasie,• trudności w lokalizacji źródła dźwięku,• problemy z koncentracją,• trudności w nauce czytania,• nadwrażliwość słuchowa.mTalent Percepcja słuchowa cz. 2 może stanowić uzupełnienie pierwszej części programu mTalent.Percepcja słuchowa, a także funkcjonować jako odrębny program służący do stymulacji wyższych funkcji słuchowych. Propozycja została wzbogacona o zestaw dodatkowych materiałów i publikacji autorskich, które rozszerzają spektrum możliwości zastosowania tego produktu.Ważne: Licencja produktu jest na 4 stanowiska: 2 online i 2 offline. Wymagania techniczne:Program przeznaczony jest do pracy przy użyciu komputera, tabletu, smartfona oraz tablicy lub monitora interaktywnego (na systemach Windows, Android oraz iOS).Przeglądarki:• Google Chrome – od wersji 70 i wyższe,• Mozilla Firefox – od wersji 50 i wyższe,• Apple Safari – od wersji 10.1 i wyższe,• Microsoft Edge – od wersji 80 i wyższe.Systemy operacyjne:• Microsoft Windows – wersje 8, 8.1, 10, 11 i wyższe (Chrome, Firefox, Edge),• Apple Mac OSx – od wersji 10.12 i wyższe (Safari),• Apple iOS – od wersji 10 (Safari),• Google Android – od wersji 9 (Chrome i Edge),• Linux (Chrome i Firefox).</t>
   </si>
   <si>
     <t>092144</t>
   </si>
   <si>
-    <t>Quadro - szafka XL z 3 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 161,6 cm</t>
+    <t>Quadro – szafka XL z 3 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092239</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st., mocowane do przegrody  - szare</t>
   </si>
   <si>
-    <t>Wykonane z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na przegrodach w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 36,9 cm</t>
+    <t>Wykonane z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na przegrodach w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>092149</t>
   </si>
   <si>
-    <t>Quadro - regał XL z przegrodą i 3 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał XL z przegrodą i 3 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092287</t>
   </si>
   <si>
     <t>Półki do Quadro wąskie - 2 szt.</t>
   </si>
   <si>
     <t>Pasują do wewnętrznych kolumn szerszych szafek 116,8 i 154,3 cm oraz do szafek asymetrycznych. Wykonane z białej płyty laminowanej o gr. 18 mm. • 2 szt. • wym. 35,7  x 37,2 cm</t>
   </si>
   <si>
     <t>031941</t>
   </si>
   <si>
-    <t>Program multimedialny Czytanie SY-LA-BA-MI II mTalent</t>
-[...65 lines deleted...]
-• Linux (Chrome i Firefox)) </t>
+    <t xml:space="preserve">mTalent Czytanie SY-LA-BA-MI II – program multimedialny </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, posiadających doświadczenie zarówno w pracy z dziećmi, jak i w wykorzystaniu technologii na potrzeby terapii oraz w tworzeniu rozpoznawalnych na rynku produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Zestaw multimedialnych ćwiczeń do nauki czytania, inspirowanych metodą 18 struktur wyrazowych.● Do wykorzystania na zajęciach dydaktycznych (np. roczne przygotowanie przedszkolne lub wcześniej), dydaktyczno-wyrównawczych, logopedycznych. Rozwija słownictwo, uczy wyrażać myśli i rozumieć sposoby mówienia innych ludzi.● Ponad 550 ekranów interaktywnych, ponad 100 kart pracy, przewodnik metodyczny oraz zestaw materiałów dodatkowych w jednym pudełku.● Dla nauczycieli przedszkola, rodziców, logopedów i pedagogów zajmujących się wspomaganiem rozwoju oraz podnoszeniem sprawności umiejętności czytania u dziecka.mTalent Czytanie SY-LA-BA-MI cz. 2 to kontynuacja pierwszej części programu Czytanie SY-LA-BA-MI, a także samodzielny program wspierający proces nauki czytania inspirowany metodą 18 struktur wyrazowych.Program Czytanie SY-LA-BA-MI cz. 2 to:● naturalna kontynuacja istniejącej już części Czytanie SY-LA-BA-MI,● program do kontynuacji przygody z czytaniem, w tym przypadku z użyciem ćwiczeń inspirowanych metodą 18 struktur wyrazowych,● zbiór ćwiczeń polegających na praktycznym kształtowaniu się umiejętności czytania różnorodnych wyrazów, uporządkowanych w kilkunastu zestawach,● zasada stopniowania trudności, a więc przechodzenia od wyrazów najłatwiejszych do najtrudniejszych. Każdy zestaw ćwiczeń zawiera wyrazy o określonej budowie oraz wyrazy wcześniej poznane,● bogaty zestaw ćwiczeń i materiał lingwistyczny, który może być wykorzystany w zaproponowanej formie lub posłużyć powstaniu nowych pomysłów ćwiczeń rozwijających i usprawniających umiejętności dzieci, które przygotowują się do nauki czytania i pisania bądź mają z nią trudności,● konstrukcja ćwiczeń w programie opierająca się na analizie sylabowo-głoskowej wyrazów w powiązaniu z ich budową literową,● kurs obsługi narzędzia pozwalającego na zrobienie dodatkowych ekranów dla dzieci (np. większej liczby ekranów z wybranymi sylabami otwartymi lub nowych ekranów z ćwiczeniami opartymi na sylabach zamkniętych),● materiał z kilkustopniowym systemem motywacyjnym,● produkt interaktywny zgodny z wytycznymi dostępności dla osób z niepełnosprawnościami.Program mTalent Czytanie SY-LA-BA-MI cz. 2 dostępny jest także w wersji ukraińskojęzycznej. W ramach osobnego spisu treści użytkownik może skorzystać z ćwiczeń i nagrań lektora w języku ukraińskim.mTalent. Czytanie SY-LA-BA-MI cz. 2 składa się z następujących działów:​● Wyrazy proste z dwóch sylab otwartych● Wielosylabowe wyrazy z sylab otwartych● Proste wyrazy jednosylabowe, sylaba zamknięta● Wyrazy dwusylabowe z sylab otwartych i zamkniętych, cz. 1, 2, 3● Wyrazy wielosylabowe z sylab otwartych i zamkniętych● Trudniejsze wyrazy jednosylabowe, cz. 1, 2, 3● Trudniejsze wyrazy dwusylabowe, cz. 1, 2● Najtrudniejsze wyrazy dwusylabowe, cz. 1, 2● Najtrudniejsze wyrazy jednosylabowe, cz. 1, 2● Wyrazy ze zmiękczeniami, cz. 1, 2● Wyrazy z różnorodną budową. Teksty, cz. 1, 2Zawartość programu mTalent Czytanie SY-LA-BA-MI cz. 2● aż cztery publikacje (w tym 84-stronicowy poradnik metodyczny do programu, autorskie "Wyliczanki Sylabowe" i instrukcja tworzenia własnych zasobów),● zestaw tradycyjnych materiałów edukacyjnych uzupełniających multimedialne ćwiczenia,● bezpłatne szkolenie zakończone wystawieniem certyfikatu,● dostęp do centrum wsparcia technicznego i szkoleniowego mTalent,● bezpłatne aktualizacje programów.Dodatkowe informacje:● licencja bezterminowa na 9 stanowisk (3 online i 6 offline),● bezpłatne szkolenie zakończone wystawieniem certyfikatu,● dostęp do centrum wsparcia technicznego i szkoleniowego mTalent,● bezpłatne aktualizacje programu. Wymagania techniczne:Do poprawnego działania zasobów edukacyjnych konieczne jest korzystanie z poniższych przeglądarek i systemów operacyjnych.Przeglądarki internetowe:• Google Chrome – od wersji 70 i wyższe,• Mozilla Firefox – od wersji 50 i wyższe,• Apple Safari – od wersji 10.1 i wyższe,• Microsoft Edge – od wersji 80 i wyższe.Systemy operacyjne:• Microsoft Windows – wersje 8, 8.1, 10, 11 i wyższe (Chrome, Firefox, Edge),• Apple Mac OSx – od wersji 10.12 i wyższe (Safari),• Apple iOS – od wersji 10 (Safari),• Google Android – od wersji 9 (Chrome i Edge),• Linux (Chrome i Firefox).Wypróbuj demo programu na www.mTalent.pl/demo </t>
   </si>
   <si>
     <t>092148</t>
   </si>
   <si>
-    <t>Quadro - regał L z przegrodą i 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 124,2 cm</t>
+    <t>Quadro – regał L z przegrodą i 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 124,20 cm</t>
   </si>
   <si>
     <t>101811</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, szare</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
-[...11 lines deleted...]
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>092143</t>
   </si>
   <si>
-    <t>Quadro - szafka L z 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 124,2 cm</t>
+    <t>Quadro – szafka L z 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 124,20 cm</t>
   </si>
   <si>
     <t>100627</t>
   </si>
   <si>
     <t>Szafka plastyczna Quadro, klon jasny</t>
   </si>
   <si>
-    <t>Funkcjonalna szafka do przechowywania artykułów plastycznych, z kółkami ułatwiającymi przemieszczanie. Wszystkie przechowywane w niej materiały są łatwo dostępne dla dzieci. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, szare elementy wykonane z płyty MDF.  • wys. półek 20 cm • przegródki górne 23,5 x 30,5 cm i 26 x 30,5 cm• wym. 80 x 34 x 72 cm</t>
+    <t>Funkcjonalna szafka do przechowywania artykułów plastycznych z kółkami ułatwiającymi przemieszczanie. Wszystkie przechowywane w niej materiały są łatwo dostępne dla dzieci. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, szare elementy wykonane z płyty MDF. • wys. półek 20 cm • przegródki górne 23,5 x 30,5 cm i 26 x 30,5 cm• wym. 80 x 34 x 72 cm</t>
   </si>
   <si>
     <t>585038-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 75</t>
   </si>
   <si>
     <t xml:space="preserve">
 Monitor ze stawką VAT 0% dla placówek oświatowych.
 Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
  Wzór Zaświadczenia &gt;&gt;
  Przykład wypełnionego Zaświadczenia &gt;&gt;
 insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
 insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
@@ -384,265 +263,156 @@
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
 Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
 Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
 Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
 Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
 Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
-Przekątna obrazu: 75"
+Przekątna obrazu: 75\"
 Wymiary: 170,5 x 102,6 x 11 cm
 Waga: 51 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5500:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
 Procesor: CORTEX A72x4 A53x4
 Chipset: RK3576
 Pojemność dysku: 256GB
 System operacyjny: ANDROID 14 + Certyfikat Google EDLA
 Slot OPS: Tak (12 x 18 x 3 cm)
 WIFI: Tak / 6
 Bluetooth: Tak/ BT 5.2
 ZŁĄCZA PORTY
 Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
 Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
-Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
 Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 Zawartość:
-# pilot, 1 szt.
-[...4 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.</t>
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>SET6307</t>
   </si>
   <si>
     <t>Quadro - zestaw 152, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.# 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.# 372036	Pojemnik głęboki 2 – limonka, 3 szt.# 372055	Pojemnik głęboki 2 biały, 3 szt.# 372056	Pojemnik głęboki 2 błękitny, 3 szt.# 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,2 x 48 x 86,8 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.• 092164Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.• 372036Pojemnik głęboki 2 – limonka, 3 szt.• 372055Pojemnik głęboki 2 biały, 3 szt.• 372056Pojemnik głęboki 2 błękitny, 3 szt.• 372057Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>031928</t>
   </si>
   <si>
-    <t>Program multimedialny Ortografia mTalent</t>
-[...54 lines deleted...]
-• Linux (Chrome i Firefox)</t>
+    <t xml:space="preserve">mTalent Ortografia – program multimedialny </t>
+  </si>
+  <si>
+    <t>Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, posiadających doświadczenie zarówno w pracy z dziećmi, jak i w wykorzystaniu technologii na potrzeby terapii oraz w tworzeniu rozpoznawalnych na rynku produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Program posiada rekomendację Polskiego Towarzystwa Dysleksji.Seria programów kształcących świadomość ortograficzną i nawyki poprawnej pisowni.• Do wykorzystania na zajęciach korekcyjno-kompensacyjnych lub dydaktyczno-wyrównawczych, a także na lekcjach mających na celu kształtowania świadomości ortograficznej i poprawnej pisowni.• Blisko 1200 ekranów interaktywnych, ponad 200 kart pracy, przewodnik metodyczny oraz zestaw materiałów dodatkowych w jednym pudełku.• Dla nauczycieli, logopedów i pedagogów zajmujących się wspomaganiem rozwoju oraz podnoszeniem sprawności językowej dziecka, ze szczególnym uwzględnieniem sprawności w pisaniu zgodnym z zasadami ortografii.Program Ortografia mTalent to:• najnowszy i najobszerniejszy interaktywny produkt do nauki ortografii na rynku,• nieszablonowe podejście do ćwiczeń kształcących świadomość ortograficzną i praktyczne zastosowanie ortografii,• wsparcie psychologiczno-pedagogiczne i element wspomagający na wszystkich etapach modelowego systemu pomocy terapeutycznej w związku z szeroko pojętymi trudnościami w nauce,• materiał z kilkustopniowym systemem motywacyjnym.Autorem programu jest Renata Czabaj – wieloletnia przewodnicząca Polskiego Towarzystwa Dysleksji, pedagog, terapeuta, wykładowca, autorka znanej nauczycielom i terapeutom serii "Ortograffiti"mTalent. Ortografia składa się z następujących działów:​• Blok U• Blok Ó• Blok U-Ó• Blok RZ• Blok Ż• Blok Ż-RZ-SZ• Blok CH• Blok H• Blok CH-H• Blok Ę. EM, Ą, OM, ON, EN• Blok j-i, ji, ii, i• Oznaczenie spółgłosek bezdźwięcznych i dźwięcznych• Blok NIE z różnymi częściami mowy• Wielka i mała litera• Jarmark różności: mieszamy trudności Ważne: Licencja produktu jest na 9 stanowisk: 3 online i 6 offline.Program został rozszerzony o polecenia w języku ukraińskim. Wymagania techniczne:Do poprawnego działania zasobów edukacyjnych konieczne jest korzystanie z poniższych przeglądarek i systemów operacyjnych.Przeglądarki internetowe:• Google Chrome – od wersji 70 i wyższe,• Mozilla Firefox – od wersji 50 i wyższe,• Apple Safari – od wersji 10.1 i wyższe,• Microsoft Edge – od wersji 80 i wyższe.Systemy operacyjne:• Microsoft Windows – wersje 8, 8.1, 10, 11 i wyższe (Chrome, Firefox, Edge),• Apple Mac OSx – od wersji 10.12 i wyższe (Safari),• Apple iOS – od wersji 10 (Safari),• Google Android – od wersji 9 (Chrome i Edge),• Linux (Chrome i Firefox).</t>
   </si>
   <si>
     <t>092202</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - błękitne</t>
+    <t>Quadro – drzwiczki małe 90 st. – błękitne</t>
   </si>
   <si>
     <t>031900</t>
   </si>
   <si>
-    <t>Program multimedialny Zajęcia Logopedyczne 1 mTalent</t>
-[...58 lines deleted...]
-• Linux (Chrome i Firefox)</t>
+    <t xml:space="preserve">mTalent Zajęcia logopedyczne 1 – program multimedialny </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, posiadających doświadczenie zarówno w pracy z dziećmi, jak i w wykorzystaniu technologii na potrzeby terapii oraz w tworzeniu rozpoznawalnych na rynku produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Seria programów multimedialnych dla dzieci z wadami wymowy i innymi zaburzeniami sprawności językowej.● Wspiera terapię najczęściej zaburzonych głosek w języku polskim, a także trenuje dźwięczność i słuch fonemowy.● Ponad 2500 ekranów interaktywnych, ponad 400 kart pracy, przewodnik metodyczny oraz zestaw materiałów dodatkowych w jednym pudełku.● Dla logopedów i pedagogów zajmujących się wspomaganiem rozwoju oraz podnoszeniem sprawności językowej dziecka.mTalent Zajęcia Logopedyczne cz. 1 to jedyny produkt multimedialny z propozycją na grupowe (tematyczne) zajęcia logopedyczne i scenariuszami profilaktyki logopedycznej na cały rok, a także jedyny produkt multimedialny z ćwiczeniami ze wszystkich etapów terapii głosek oraz dodatkowo z zakresu etapów ponadstandardowych.Program mTalent Zajęcia Logopedyczne cz. 1 to:● największa na rynku liczba interaktywnych ekranów do ćwiczenia poszczególnych głosek (co więcej, ze względu na darmowe aktualizacje programu liczba ćwiczeń stale się powiększa!),● ponad 25 tytułów obejmujących materiał z różnych zakresów terapii logopedycznej,● narzędzie Kartoteka (baza danych dla logopedy), które pozwala prowadzić zapiski dotyczące zajęć z uczniami i monitorować ich postępy,● prawidłowo dobrany i wyselekcjonowany materiał językowy,● ćwiczenia pozwalające nagrywać, a następnie odsłuchiwać głos dziecka,● zestaw dodatkowych materiałów (pomoce tradycyjne, karty pracy do wydruku, przewodnik metodyczny z notatnikiem logopedy, książka z autorskimi wyliczankami logopedycznymi, mikrofon, głośniki, słuchawki i inne),● produkt zgodny z wytycznymi dostępności dla osób z niepełnosprawnościami.W programie mTalent Zajęcia logopedyczne cz. 1 znajduje się materiał z następujących obszarów: ● Szereg syczący● Szereg ciszący● Szereg szumiący ● Głoska L ● Głoska R ● Różnicowanie głosek syczących ● Różnicowanie głosek syczących i szumiących ● Różnicowanie głosek trzech szeregów ● Różnicowanie L-J ● Różnicowanie R-L ● Dodatek wspomagający diagnozę logopedyczną ● Tematyczne zajęcia logopedyczne (profilaktyka i zajęcia grupowe) cz. 1● Kartoteka (baza danych dla logopedy) – moduł wspomagający diagnozę oraz monitorowanie postępów uczniów Dodatkowe informacje:● Licencja bezterminowa na 4 stanowiska (2 online i 2 offline).● Bezpłatne szkolenie zakończone wystawieniem certyfikatu.● Wsparcie merytoryczne i szkoleniowe.● Bezpłatne aktualizacje programu.Wymagania techniczne:Program przeznaczony jest do pracy przy użyciu komputera, tabletu, smartfona oraz tablicy lub monitora interaktywnego (na systemach Windows, Android oraz iOS).Przeglądarki:• Google Chrome – od wersji 70 i wyższe,• Mozilla Firefox – od wersji 50 i wyższe,• Apple Safari – od wersji 10.1 i wyższe,• Microsoft Edge – od wersji 80 i wyższe.Systemy operacyjne:• Microsoft Windows – wersje 8, 8.1, 10, 11 i wyższe (Chrome, Firefox, Edge),• Apple Mac OSx – od wersji 10.12 i wyższe (Safari),• Apple iOS – od wersji 10 (Safari),• Google Android – od wersji 9 (Chrome i Edge),• Linux (Chrome i Firefox).Wypróbuj wersję demo programu na www.mTalent.pl/demo </t>
   </si>
   <si>
     <t>092240</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st., mocowane do przegrody  - błękitne</t>
   </si>
   <si>
     <t>842184</t>
   </si>
   <si>
     <t>Aplikacja - drzewo i przyjaciele</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • montuje się za pomocą dwustronnej taśmy • wym. wiewiórki 20,5 x 29 cm • wym. ptaszka 30 x 14,5 cm • wym. sowy  22 x 28 cm• wym. 130 cm x 166 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -735,51 +505,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c694c238ca9d2aa3683b4da6ee324721.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bdb359c49b4985fc1cc81b2b9fc1e9e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e169afba3b092e57ad310a73aa6f0733.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbac80e08f25e1726335a0c0c08b1064.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1e1320da7de7e1ec0a7ef515158d85a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc861d312c138c1df83a495da0d22d46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9860985c5086ccf84a82723a8afd4f987.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2016fd618e0fb1193421b71930f62308.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e5be1e7db3540b5603cb48204f56da9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1ec36e21ece31fb57785a5a4de83d010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1ad048763536c06d5deda37b8f98e511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d826b3ea8d65177acf838fad9ad121512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b634aca0163664425c2d50859e787c2e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550846cf1602e5b8c383bbf3552b90b114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22dc96f82c7551df51cdc5435000b3815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da638f51fd5f5dc068532ca44bb6486d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9480bc2defa31c67ec897f5082aaeffd17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3191d24f9c4bc8e95c5aa260d3a839c618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb8535d6d7e0676c3de974c7661e3d719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd18592d55697cefed957d586931d4fe20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d52e7c8ce8fd5942d1d8dc6a7bb7f91421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1942f73fa55c940b09ec2425e90bf222.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f8a62180a147e5b7a837065fc8a09a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e5e5d8ab24055d36a7d5c7b16bfe8324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8ec73a184b1b8e4361aa555129831825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfba9459fcc84f62d07918c854a8e97926.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29aec645d24e8e9b4a1d1a2b6ce2b75727.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb66dcc6f2901b3d3282e5329f01ec141.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edbaa1a851911b39c79bdcc362f79c672.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77833c93450a2073d5e416dbf56742243.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542bfe5ffc312190278f509f89ddb5974.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1deed247688716588477256f88961c8c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87eacdabc5f3491784621ad5a31e5d7d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f0ba12a708341b7bb47dc56f5d7446d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895a66913d3e6dc35e77b3904d3465488.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5b79761520b7d72270a0a03b397cf79.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eeac12a498280f7f58b6289b755d5c410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edcb0ead1abe79d69399c5f5b6c928bb11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873feaa0ee60ceb1709e85eac032731d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74562b40bdc1d7a788c33eaed1840f713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e31803a43a1b3aaff9b65b813af14614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb3e796fe7f273b465a1938b8a7b38715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7306eb9611220205fa2a0a5365e1287516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028198e829769796f5c446ad101e966217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a384621bf4e53632d9773e01dd508e218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36b6adf535053da9ae2e5940c4956b719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9282be39d8e9b44b610b7957c05ca6bb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0b543e97a62735fd9b5c02d476b4921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448a10ce6470a88e45d056f5f4e55bc822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c46b70ca5165f36144166386e9903a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053c231b2b7325a9db436a6b63f0257724.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc017dc9a4338c1682758070141f9bd25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3983b8c7cfa1bd2c9f3cd69116e24d5326.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-QU-0004" descr="Klasa szkolna I-III Quadro 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1260,327 +1030,297 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="095445" descr="095445"/>
+        <xdr:cNvPr id="18" name="092143" descr="092143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="092143" descr="092143"/>
+        <xdr:cNvPr id="19" name="100627" descr="100627"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="100627" descr="100627"/>
+        <xdr:cNvPr id="20" name="585038-0VAT" descr="585038-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="585038-0VAT" descr="585038-0VAT"/>
+        <xdr:cNvPr id="21" name="SET6307" descr="SET6307"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="SET6307" descr="SET6307"/>
+        <xdr:cNvPr id="22" name="031928" descr="031928"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="031928" descr="031928"/>
+        <xdr:cNvPr id="23" name="092202" descr="092202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="092202" descr="092202"/>
+        <xdr:cNvPr id="24" name="031900" descr="031900"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="031900" descr="031900"/>
+        <xdr:cNvPr id="25" name="092240" descr="092240"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="092240" descr="092240"/>
+        <xdr:cNvPr id="26" name="842184" descr="842184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1847,54 +1587,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G33"/>
+  <dimension ref="A1:G32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F33" sqref="F33:G33"/>
+      <selection activeCell="F32" sqref="F32:G32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2266,251 +2006,230 @@
       <c r="E21" s="8">
         <v>10</v>
       </c>
       <c r="F21" s="10">
         <v>119.9</v>
       </c>
       <c r="G21" s="11">
         <v>1199.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>949.9</v>
+        <v>669.9</v>
       </c>
       <c r="G22" s="11">
-        <v>949.9</v>
+        <v>669.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>669.9</v>
+        <v>779.9</v>
       </c>
       <c r="G23" s="11">
-        <v>669.9</v>
+        <v>779.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
-        <v>779.9</v>
+        <v>10569.0</v>
       </c>
       <c r="G24" s="11">
-        <v>779.9</v>
+        <v>10569.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F25" s="10">
-        <v>10569.0</v>
+        <v>1542.7</v>
       </c>
       <c r="G25" s="11">
-        <v>10569.0</v>
+        <v>3085.4</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>1542.7</v>
+        <v>1490.0</v>
       </c>
       <c r="G26" s="11">
-        <v>3085.4</v>
+        <v>1490.0</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="E27" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F27" s="10">
-        <v>1490.0</v>
+        <v>119.9</v>
       </c>
       <c r="G27" s="11">
-        <v>1490.0</v>
+        <v>1438.8</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="D28" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>119.9</v>
+        <v>1950.0</v>
       </c>
       <c r="G28" s="11">
-        <v>1438.8</v>
+        <v>1950.0</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>76</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
-        <v>1950.0</v>
+        <v>119.9</v>
       </c>
       <c r="G29" s="11">
-        <v>1950.0</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>78</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E30" s="8">
         <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>119.9</v>
+        <v>869.9</v>
       </c>
       <c r="G30" s="11">
-        <v>119.9</v>
-[...4 lines deleted...]
-      <c r="B31" s="8" t="s">
+        <v>869.9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="F32" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="C31" s="9" t="s">
-[...20 lines deleted...]
-        <v>51725.0</v>
+      <c r="G32" s="12">
+        <v>50775.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 