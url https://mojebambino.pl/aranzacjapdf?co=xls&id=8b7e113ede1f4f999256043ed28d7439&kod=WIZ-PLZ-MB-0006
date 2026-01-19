--- v0 (2025-12-02)
+++ v1 (2026-01-19)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t xml:space="preserve">WIZ-PLZ-MB-0006 Aktywne Place Zabaw zestaw 1 </t>
   </si>
   <si>
-    <t>z dnia 2025-12-02 22:40:31</t>
+    <t>z dnia 2026-01-19 11:47:47</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>NV68114</t>
   </si>
   <si>
     <t>Domek przychodnia Robinio</t>
   </si>
@@ -75,112 +75,96 @@
 Domek Przychodnia to miejsce, gdzie mali lekarze i pielęgniarki przyjmują pacjentów, leczą chore misie i lalki. Zabawa w przychodnię oswaja dzieci z tematyką zdrowia, rozwija empatię i opiekuńczość. Tematyczne aplikacje, takie jak apteczka, tworzą realistyczne tło do odgrywania ról i nauki podstaw pierwszej pomocy.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Daszek: Wykonane z drewna robinii akacjowej
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 1,59Wysokość (m): 1,75Pole strefy bezp.  (m2): 18,5Maks. wys. upadku (m): 0,54Obwód strefy bezb. (m): 15,5Wiek użytkowników (min-max): 1-6Szerokość (m): 1,45</t>
   </si>
   <si>
     <t>NV68111</t>
   </si>
   <si>
     <t>Domek stacja kolejowa Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Odjazd pociągu za pięć minut! Domek Stacja Kolejowa to centrum komunikacyjne Miasteczka Robinio. Dzieci mogą tu sprzedawać bilety, czekać na pociąg na peronie lub wcielić się w rolę maszynisty. Zabawa w stację kolejową to świetna okazja do nauki o podróżowaniu, odczytywania godzin na zegarze i planowania. To miejsce, gdzie zaczynają się i kończą wszystkie wielkie podróże.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Daszek: Wykonane z drewna robinii akacjowej
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
-Specyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
+• wym. 439 x 467 x 139 cm• od 1 do 6 latSpecyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
   </si>
   <si>
     <t>NV3374PZ</t>
   </si>
   <si>
     <t>Domek Terra ażurowy, z kotwami</t>
   </si>
   <si>
     <t xml:space="preserve"> O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUAżurowa konstrukcja domku zapewnia naturalne oświetlenie, tworząc przytulne, ale jednocześnie otwarte miejsce do zabawy i relaksu. Domek jest idealnym miejscem do czytania, odpoczynku czy kreatywnych zabaw. Został zaprojektowany z myślą o estetyce, co sprawia, że stanowi piękny dodatek do każdego ogrodu czy placu zabaw, a naturalne materiały i estetyczny design tworzą harmonijne i inspirujące środowisko.WSKAZÓWKA: Uzupełnij domek miękkimi poduszkami, kocem lub dywanikiem, dodaj dekoracyjne lampki i zamień go w oazę wyciszenia.  • wym. 151 x 141 x 168 cm• od 1 do 5 latSpecyfikacja urządzenia:Długość (m): 1,41Szerokość (m): 1,51Wysokość (m): 1,68Maks. wys. upadku (m): 0,58Ilość użytkowników: 4Pole strefy bezp.  (m2): 18Obwód strefy bezb. (m): 15,3Wiek użytkowników (min-max): 1-5</t>
   </si>
   <si>
     <t>NV58112PZ</t>
   </si>
   <si>
     <t>Ławkostół duży Terra z kotwami</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...7 lines deleted...]
-Specyfikacja urządzenia:Wysokość (m): 0,72Wiek użytkowników (min-max): 1-7Długość (m): 1,52Szerokość (m): 1,6Pole strefy bezp.  (m2): 18,8Obwód strefy bezb. (m): 15,6</t>
+    <t>O KOLEKCJIKolekcja Terra to wyjątkowe urządzenia placów zabaw inspirowane pedagogiką Montessori, nastawione na sensoryczną eksplorację oraz naukę przez działanie. Elementy tej serii zachęcają dzieci do kreatywnej zabawy na świeżym powietrzu, pozwalają odkrywać świat natury, eksperymentować i rozwijać wyobraźnię. Naturalne materiały, stonowana kolorystyka i funkcjonalność sprawiają, że kolekcja Terra idealnie wpisuje się w przestrzenie przedszkoli.O URZĄDZENIUFunkcjonalne i solidne meble plenerowe, które tworzą komfortową strefę do odpoczynku, posiłku czy zajęć grupowych na świeżym powietrzu. Ławkostół duży dla 8 osób, jest idealnym uzupełnieniem przestrzeni rekreacyjnej w parkach, szkołach i na osiedlach. Ich prosta, stabilna konstrukcja z naturalnego drewna doskonale komponuje się z otoczeniem i innymi elementami kolekcji, tworząc spójną i przyjazną strefę socjalną.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.Kotwienie: produkt wolnostojący.• wym. 160 x 152 x 73 cmSpecyfikacja urządzenia:Wysokość (m): 0,72Wiek użytkowników (min-max): 1-7Długość (m): 1,52Szerokość (m): 1,6Pole strefy bezp.  (m2): 18,8Obwód strefy bezb. (m): 15,6</t>
   </si>
   <si>
     <t>NV36121</t>
   </si>
   <si>
     <t>Układanka Poczta Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Każda przesyłka musi trafić pod właściwy adres! Układanka Poczta to gra logiczna, która uczy sortowania i dopasowywania. Dzieci muszą umieścić kafelki w odpowiednich miejscach, dopasowując kształty. Zabawa rozwija logiczne myślenie, percepcję wzrokową i małą motorykę, stanowiąc idealne uzupełnienie tematycznego domku pocztowego.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słup wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 0,47Szerokość (m): 0,4Wysokość (m): 0,65Maks. wys. upadku (m): 0,65Wiek użytkowników (min-max): 1-14Pole strefy bezp.  (m2): 9,9Obwód strefy bezb. (m): 11,18</t>
   </si>
   <si>
     <t>NV58502PZ</t>
   </si>
   <si>
     <t>Biblioteczka Terra z kotwami</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...7 lines deleted...]
-Specyfikacja urządzenia:Długość (m): 0,79Szerokość (m): 0,56Pole strefy bezp.  (m2): 11,5Obwód strefy bezb. (m): 12,1Wiek użytkowników (min-max): 1-14Wysokość (m): 1,28</t>
+    <t>O KOLEKCJIKolekcja Terra to wyjątkowe urządzenia placów zabaw inspirowane pedagogiką Montessori, nastawione na sensoryczną eksplorację oraz naukę przez działanie. Elementy tej serii zachęcają dzieci do kreatywnej zabawy na świeżym powietrzu, pozwalają odkrywać świat natury, eksperymentować i rozwijać wyobraźnię. Naturalne materiały, stonowana kolorystyka i funkcjonalność sprawiają, że kolekcja Terra idealnie wpisuje się w przestrzenie przedszkoli.O URZĄDZENIUWyjątkowy element małej architektury, który promuje czytelnictwo i wymianę książek na świeżym powietrzu. Biblioteczka plenerowa Terra to idealne miejsce na stworzenie kącika czytelniczego w ogrodzie przedszkolnym. Zamykana szafka z przezroczystymi drzwiczkami chroni książki przed deszczem, a jednocześnie eksponuje ich zawartość, zachęcając do sięgnięcia po lekturę. To piękny sposób na integrację społeczności i łączenie aktywności fizycznej z rozwojem intelektualnym.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.Kotwienie: (wersja PZ): stalowe kotwy cynkowane ogniowo montowane w gruncie• wym. 79 x 56 x 128 cmSpecyfikacja urządzenia:Długość (m): 0,79Szerokość (m): 0,56Pole strefy bezp.  (m2): 11,5Obwód strefy bezb. (m): 12,1Wiek użytkowników (min-max): 1-14Wysokość (m): 1,28</t>
   </si>
   <si>
     <t>NV36120</t>
   </si>
   <si>
     <t>Koło Fortuny Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Zakręć kołem i sprawdź, co przyniesie los! Koło Fortuny to dynamiczna gra interaktywna, która wprowadza element niespodzianki i zdrowej rywalizacji. Dzieci mogą kręcić kołem, aby wylosować zadanie, nagrodę lub kolejność w zabawie. To doskonałe narzędzie do integracji grupy, nauki zasad fair play i podejmowania decyzji.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 0,75Pole strefy bezp.  (m2): 10,1Wiek użytkowników (min-max): 1-14Szerokość (m): 0,19Wysokość (m): 1,37Obwód strefy bezb. (m): 11,3</t>
   </si>
   <si>
     <t>NV68112</t>
   </si>
   <si>
     <t>Domek straż Robinio</t>
   </si>
@@ -227,197 +211,221 @@
   <si>
     <t>NV3536</t>
   </si>
   <si>
     <t>Lokomotywa Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Wszyscy na pokład! Lokomotywa Robinio jest gotowa do odjazdu. Ten przestronny pojazd, idealnie uzupełniający stację kolejową, zaprasza całą grupę dzieci do wspólnej podróży. Maszynista może sterować pociągiem, a pasażerowie podziwiać widoki z okien. Zabawa w pociąg rozwija wyobraźnię, zachęca do interakcji i tworzenia wspólnych opowieści o dalekich wyprawach.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 1,35Szerokość (m): 0,87Wysokość (m): 1,34Pole strefy bezp.  (m2): 15Maks. wys. upadku (m): 0,73Obwód strefy bezb. (m): 14Wiek użytkowników (min-max): 1-6</t>
   </si>
   <si>
     <t>NV58601</t>
   </si>
   <si>
     <t>Domek Terra tęczowy</t>
   </si>
   <si>
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUDomek Terra Tęczowy to wyjątkowy element kolekcji, który wyróżnia się kolorowymi ściankami z płyt pleksiglas (szkło akrylowe, organiczne). Transparentne ścianki przepuszczają promienie słoneczne, tworząc piękne, kolorowe światłocienie, co nadaje domkowi magiczny i inspirujący charakter. Dzieci mogą eksperymentować z efektami świetlnymi, ucząc się o kolorach, cieniach i refleksach świetlnych. Tnie tylko estetyczny dodatek do ogrodu, ale również funkcjonalne narzędzie edukacyjne, które wspiera rozwój dzieci przez zabawę i odkrywanie. Konstrukcja domku jest wykonana z naturalnego, impregnowanego drewna, co zapewnia jego trwałość i odporność na warunki atmosferyczne.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Przezroczyste panele: wykonane z wytrzymałej pleksi, grubości 12 mm;Kotwienie: produkty wolnostojące oraz kotwione bezpośrednio w gruncie za pomocą stalowej kotwy.Pod kodem NV58601PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,8Pole strefy bezp.  (m2): 14Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 1,49</t>
+    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUDomek Terra Tęczowy to wyjątkowy element kolekcji, który wyróżnia się kolorowymi ściankami z płyt pleksiglas (szkło akrylowe, organiczne). Transparentne ścianki przepuszczają promienie słoneczne, tworząc piękne, kolorowe światłocienie, co nadaje domkowi magiczny i inspirujący charakter. Dzieci mogą eksperymentować z efektami świetlnymi, ucząc się o kolorach, cieniach i refleksach świetlnych. Tnie tylko estetyczny dodatek do ogrodu, ale również funkcjonalne narzędzie edukacyjne, które wspiera rozwój dzieci przez zabawę i odkrywanie. Konstrukcja domku jest wykonana z naturalnego, impregnowanego drewna, co zapewnia jego trwałość i odporność na warunki atmosferyczne.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Przezroczyste panele: wykonane z wytrzymałej pleksi, grubości 12 mm;Kotwienie: produkty wolnostojące oraz kotwione bezpośrednio w gruncie za pomocą stalowej kotwy.Pod kodem NV58601PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• wym. 120 x 80 x 149 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,8Pole strefy bezp.  (m2): 14Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 1,49</t>
   </si>
   <si>
     <t>NV58109PZ</t>
   </si>
   <si>
     <t>Ławkostół Terra z kotwami</t>
   </si>
   <si>
-    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Ławkostół Terra z kotwami 58109PZ to praktyczne urządzenie, które doskonale wpisuje się w naturalną estetykę kolekcji Terra. Połączenie stołu i dwóch wygodnych ławek tworzy przestrzeń idealną do wspólnych zabaw, odpoczynku lub kreatywnego spędzania czasu na świeżym powietrzu. Wykonany z impregnowanego drewna sosnowego, zapewnia trwałość i odporność na zmienne warunki atmosferyczne. Dzięki solidnym kotwom, ławkostół jest stabilny i bezpieczny, a jego minimalistyczny design tworzy harmonijną przestrzeń w każdym ogrodzie czy na placu zabaw.   SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Kotwienie: bezpośrednio w gruncie za pomocą stalowej kotwy.  • wym. 85 x 90 x 50 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 0,9Wysokość (m): 0,5Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Szerokość (m): 0,85Pole strefy bezp.  (m2): 13,1</t>
+    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Ławkostół Terra z kotwami 58109PZ to praktyczne urządzenie, które doskonale wpisuje się w naturalną estetykę kolekcji Terra. Połączenie stołu i dwóch wygodnych ławek tworzy przestrzeń idealną do wspólnych zabaw, odpoczynku lub kreatywnego spędzania czasu na świeżym powietrzu. Wykonany z impregnowanego drewna sosnowego, zapewnia trwałość i odporność na zmienne warunki atmosferyczne. Dzięki solidnym kotwom, ławkostół jest stabilny i bezpieczny, a jego minimalistyczny design tworzy harmonijną przestrzeń w każdym ogrodzie czy na placu zabaw.   SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Kotwienie: bezpośrednio w gruncie za pomocą stalowej kotwy.  • wym. 90 x 85 x 50 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 0,9Wysokość (m): 0,5Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Szerokość (m): 0,85Pole strefy bezp.  (m2): 13,1</t>
   </si>
   <si>
     <t>NV6812</t>
   </si>
   <si>
     <t xml:space="preserve">Robinio - akwedukt średni </t>
   </si>
   <si>
     <t>O KOLEKCJIKolekcja ROBINIO to ekskluzywna seria urządzeń stworzonych z myślą o wymagających użytkownikach. Ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe czy nieoczywiste przejścia pobudzają dziecko do działania, planowania ruchów i zaangażowania w forsowaniu kolejnych przeszkód. Masywne, stalowe słupy konstrukcyjne, piękne, a zarazem trwałe drewno akacjowe o nietuzinkowym wyglądzie nadają prestiżowego charakteru. Kolekcja ROBINIO zachęca do aktywności fizycznej i kreatywnego myślenia. Idealne rozwiązanie dla miejsc, które pragną oferować użytkownikom coś więcej niż standardową zabawę – doświadczenie pełne wyzwań i przygód.O URZĄDZENIUWyjątkowe, niezwykle proste urządzenie, które umożliwia dzieciom niezapomnianą zabawę z wodą bądź suchym piaskiem. SPECYFIKACJA MATERIAŁOWAKonstrukcja: słupy nośne z robini akacjowej;Elementy metalowe: wykonane ze stali nierdzewnej;Kotwienie: bezpośrednio w gruncie.• od 1 do 14 latSpecyfikacja urządzenia:Długość (m): 3,48Szerokość (m): 2,43Wysokość (m): 0,86Pole strefy bezp.  (m2): 30Maks. wys. upadku (m): 0,78Obwód strefy bezb. (m): 20,5Wiek użytkowników (min-max): 3-14Ilość użytkowników: 4</t>
   </si>
   <si>
     <t>NV58609PZ</t>
   </si>
   <si>
     <t>Domek Terra, drewniany z kotwami</t>
   </si>
   <si>
-    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Drewniany Domek 58609PZ z kolekcji Terra to przestronna, ażurowa konstrukcja, która idealnie wpasowuje się w naturalne otoczenie. Wykonany z impregnowanego drewna odpornego na zmienne warunki pogodowe. Osadzony na solidnych kotwach zapewnia stabilność i bezpieczeństwo. To doskonałe miejsce do zabawy i odpoczynku na świeżym powietrzu. Sprawdzi się w ogrodach i na placach zabaw.  Wskazówka: Uzupełnij domek miękkimi poduszkami, kocem lub dywanikiem, dodaj dekoracyjne lampki i zamień go w oazę wyciszenia.  SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Łączniki i Okucia: odporne na warunki atmosferyczne i promieniowanie UV Kotwienie: bezpośrednio w gruncie, fundamentowanie zgodnie z instrukcją montażu  • wym. 80 x 120 x 149 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,8Pole strefy bezp.  (m2): 14Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13,5Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 1,49</t>
+    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Drewniany Domek 58609PZ z kolekcji Terra to przestronna, ażurowa konstrukcja, która idealnie wpasowuje się w naturalne otoczenie. Wykonany z impregnowanego drewna odpornego na zmienne warunki pogodowe. Osadzony na solidnych kotwach zapewnia stabilność i bezpieczeństwo. To doskonałe miejsce do zabawy i odpoczynku na świeżym powietrzu. Sprawdzi się w ogrodach i na placach zabaw.  Wskazówka: Uzupełnij domek miękkimi poduszkami, kocem lub dywanikiem, dodaj dekoracyjne lampki i zamień go w oazę wyciszenia.  SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Łączniki i Okucia: odporne na warunki atmosferyczne i promieniowanie UV Kotwienie: bezpośrednio w gruncie, fundamentowanie zgodnie z instrukcją montażu  • wym. 120 x 80 x 149 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,8Pole strefy bezp.  (m2): 14Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13,5Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 1,49</t>
   </si>
   <si>
     <t>NV68116</t>
   </si>
   <si>
     <t>Domek poczta Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Domek Poczta to miejsce, gdzie dzieci mogą wysyłać i odbierać przesyłki, stemplować listy i wcielać się w rolę listonosza. Zabawa w pocztę to doskonały pretekst do nauki pisania, adresowania kopert i poznawania zasad komunikacji. Rozwija odpowiedzialność i uczy, jak ważne jest dostarczanie wiadomości na czas.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Daszek: Wykonane z drewna robinii akacjowej
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
-Specyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
+• wym. 439 x 467 x 139 cm• od 1 do 6 latSpecyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
   </si>
   <si>
     <t>NV6847</t>
   </si>
   <si>
     <t>Fabryka piasku 1 Robinio</t>
   </si>
   <si>
-    <t>O KOLEKCJI  Kolekcja ROBINIO to ekskluzywna seria urządzeń stworzonych z myślą o wymagających użytkownikach. Ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe czy nieoczywiste przejścia pobudzają dziecko do działania, planowania ruchów i zaangażowania w forsowaniu kolejnych przeszkód. Masywne, stalowe słupy konstrukcyjne, piękne, a zarazem trwałe drewno akacjowe o nietuzinkowym wyglądzie nadają prestiżowego charakteru. Kolekcja ROBINIO zachęca do aktywności fizycznej i kreatywnego myślenia. Idealne rozwiązanie dla miejsc, które pragną oferować użytkownikom coś więcej niż standardową zabawę – doświadczenie pełne wyzwań i przygód.   O URZĄDZENIU  Fabryka Piasku 6847 z kolekcji Robinio to zestaw, który rozweseli każde dziecko i pobudzi do kreatywnej zabawy. Wyposażony w dwa stanowiska – jedno z sitkami – oraz cztery wiaderka zwisające, zachęca do eksperymentów z piaskiem, wody i innych naturalnych materiałów. Solidna konstrukcja z drewna Robinio zapewnia trwałość, a naturalny design doskonale komponuje się z otoczeniem. To idealne miejsce do rozwijania wyobraźni, koordynacji ruchowej i umiejętności współpracy w grupie.   SPECYFIKACJA MATERIAŁOWA   Konstrukcja: słupy nośne ze stali nierdzewnej, zakończone ściętymi elementami z drewna;  Zjeżdżalnia: ze stali nierdzewnej;  Panele: z elastycznego polietylenu wysokociśnieniowego (HDPE);  Elementy drewniane: wykonane z robini akacjowej;  Liny: polipropylenowe 16mm ze stalowym rdzeniem;  Kotwienie: bezpośrednio w gruncie.    • wym. 165 x 323 x 199 cm• od 3 do 14 latSpecyfikacja urządzenia:Wysokość (m): 1,99Maks. wys. upadku (m): 1,22Pole strefy bezp.  (m2): 24Obwód strefy bezb. (m): 19Wiek użytkowników (min-max): 3-14Ilość użytkowników: 7Długość (m): 3,23Szerokość (m): 1,65</t>
+    <t xml:space="preserve">
+Kolekcja ROBINIO to ekskluzywna seria urządzeń stworzonych z myślą o wymagających użytkownikach.Ciekawe,
+ trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i 
+nieoczywiste przejścia pobudzają do działania, planowania ruchów oraz 
+zaangażowania w forsowaniu kolejnych przeszkód.Masywne, stalowe 
+słupy konstrukcyjne, piękne, a zarazem trwałe drewno akacjowe o 
+nietuzinkowym wyglądzie nadają kolekcji prestiżowego charakteru.• 
+element konstrukcyjny kolekcji - okrągłe słupy z wysokiej jakości stali 
+nierdzewnej montowane bezpośrednio w gruncie, zakończone unikalnymi 
+osłonami z drewna akacjowego – robinii• wszystkie elementy drewniane
+ wykonane z niezwykle trwałego drewna akacjowego - robinii, 
+zabezpieczonego bezbarwnym środkiem ochronnym• zjeżdżalnie ze stali nierdzewnej• łączniki ze stali nierdzewnej• liny polipropylenowe z rdzeniem stalowym odporne na warunki atmosferyczne ilość użytkowników 7 max. wys. upadku 122 cm wym. strefy bezpieczeństwa 465 x 623 cm pole strefy bezpieczeństwa 24m2 wym. 165 x 323 x 199 cm od 3 do 14 lat
+</t>
   </si>
   <si>
     <t>NV68117</t>
   </si>
   <si>
     <t>Stacja benzynowa Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
-Każdy pojazd w Miasteczku Robinio potrzebuje paliwa! Stacja Benzynowa to kluczowy punkt na mapie miasta, który pozwala na kontynuowanie podróży. Dzieci mogą "tankować" swoje skutery, wozy strażackie i lokomotywy, używając dystrybutora z elastycznym wężem. Zabawa w stację benzynową uczy podstawowych pojęć związanych z motoryzacją i dodaje realizmu do odgrywanych scenek.
+Każdy pojazd w Miasteczku Robinio potrzebuje paliwa! Stacja Benzynowa to kluczowy punkt na mapie miasta, który pozwala na kontynuowanie podróży. Dzieci mogą \"tankować\" swoje skutery, wozy strażackie i lokomotywy, używając dystrybutora z elastycznym wężem. Zabawa w stację benzynową uczy podstawowych pojęć związanych z motoryzacją i dodaje realizmu do odgrywanych scenek.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy wykonane z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 1,18Szerokość (m): 0,18Wysokość (m): 1,36Wiek użytkowników (min-max): 1-14Pole strefy bezp.  (m2): 11,36Obwód strefy bezb. (m): 12,15</t>
   </si>
   <si>
     <t>NV6848</t>
   </si>
   <si>
     <t>Fabryka piasku 2 Robinio</t>
   </si>
   <si>
-    <t>O KOLEKCJI  Kolekcja ROBINIO to ekskluzywna seria urządzeń stworzonych z myślą o wymagających użytkownikach. Ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe czy nieoczywiste przejścia pobudzają dziecko do działania, planowania ruchów i zaangażowania w forsowaniu kolejnych przeszkód. Masywne, stalowe słupy konstrukcyjne, piękne, a zarazem trwałe drewno akacjowe o nietuzinkowym wyglądzie nadają prestiżowego charakteru. Kolekcja ROBINIO zachęca do aktywności fizycznej i kreatywnego myślenia. Idealne rozwiązanie dla miejsc, które pragną oferować użytkownikom coś więcej niż standardową zabawę – doświadczenie pełne wyzwań i przygód.   O URZĄDZENIU  Laboratoria Piasku 6848 Robinio – większy zestaw to rozbudowana wersja kreatywnego zestawu, który jeszcze bardziej rozweseli dzieci i pozwoli im na długie godziny zabawy. Zestaw wyposażony jest w dwa stanowiska – jedno z sitkami – oraz cztery wiaderka zwisające, które pozwalają na różnorodne eksperymenty z piaskiem i wodą. Większa przestrzeń daje możliwość zabawy w większej grupie, rozwijając umiejętności współpracy i koordynacji. Wykonany z trwałego drewna Robinio, zestaw jest odporny na zmienne warunki atmosferyczne i doskonale wpisuje się w naturalne otoczenie. To świetne rozwiązanie dla placów zabaw, które zachęca dzieci do twórczego działania.   SPECYFIKACJA MATERIAŁOWA   Konstrukcja: słupy nośne ze stali nierdzewnej, zakończone ściętymi elementami z drewna;  Zjeżdżalnia: ze stali nierdzewnej;  Panele: z elastycznego polietylenu wysokociśnieniowego (HDPE);  Elementy drewniane: wykonane z robini akacjowej;  Liny: polipropylenowe 16mm ze stalowym rdzeniem;  Kotwienie: bezpośrednio w gruncie.    • wym. 210 x 297 x 199 cm• od 3 do 14 latSpecyfikacja urządzenia:Długość (m): 2,97Szerokość (m): 2,1Wysokość (m): 1,99Pole strefy bezp.  (m2): 28,5Maks. wys. upadku (m): 1,22Obwód strefy bezb. (m): 20Wiek użytkowników (min-max): 3-14Ilość użytkowników: 8</t>
+    <t xml:space="preserve">
+Kolekcja ROBINIO to ekskluzywna seria urządzeń stworzonych z myślą o wymagających użytkownikach.Ciekawe,
+ trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i 
+nieoczywiste przejścia pobudzają do działania, planowania ruchów oraz 
+zaangażowania w forsowaniu kolejnych przeszkód.Masywne, stalowe 
+słupy konstrukcyjne, piękne, a zarazem trwałe drewno akacjowe o 
+nietuzinkowym wyglądzie nadają kolekcji prestiżowego charakteru.• 
+element konstrukcyjny kolekcji - okrągłe słupy z wysokiej jakości stali 
+nierdzewnej montowane bezpośrednio w gruncie, zakończone unikalnymi 
+osłonami z drewna akacjowego – robinii• wszystkie elementy drewniane
+ wykonane z niezwykle trwałego drewna akacjowego - robinii, 
+zabezpieczonego bezbarwnym środkiem ochronnym• zjeżdżalnie ze stali nierdzewnej• łączniki ze stali nierdzewnej• liny polipropylenowe z rdzeniem stalowym odporne na warunki atmosferyczneilość użytkowników 8 max. wys. upadku 122  cm wym. strefy bezpieczeństwa 510 x 597 cm pole strefy bezpieczeństwa 28,5m2 wym. 210 x 297 x 199 cmod 3 do 14 lat
+</t>
   </si>
   <si>
     <t>NV3533</t>
   </si>
   <si>
     <t>Pojazd Strażacki Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Wóz strażacki to serce każdej akcji ratunkowej. Ten wieloosobowy pojazd pozwala całej załodze wyruszyć na wezwanie. Dzieci mogą wcielić się w role kierowcy, dowódcy czy strażaka obsługującego sprzęt. Zabawa na pojeździe integruje grupę, uczy podziału zadań i komunikacji, a jego solidna konstrukcja z drewna robinii gwarantuje bezpieczeństwo podczas najtrudniejszych misji.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 2,12Szerokość (m): 1,18Pole strefy bezp.  (m2): 19,5Maks. wys. upadku (m): 0,3Obwód strefy bezb. (m): 16,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,42</t>
   </si>
   <si>
     <t>NV68115</t>
   </si>
   <si>
     <t>Domek cukiernia Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
-Domek Cukiernia to wymarzone miejsce dla małych cukierników i sprzedawców. Dzieci mogą tu "piec" ciasta, dekorować torty i sprzedawać swoje wyroby klientom. Zabawa w cukiernię rozwija kreatywność, podstawowe umiejętności matematyczne (liczenie, wydawanie reszty) oraz kompetencje społeczne poprzez interakcję z "klientami".
+Domek Cukiernia to wymarzone miejsce dla małych cukierników i sprzedawców. Dzieci mogą tu \"piec\" ciasta, dekorować torty i sprzedawać swoje wyroby klientom. Zabawa w cukiernię rozwija kreatywność, podstawowe umiejętności matematyczne (liczenie, wydawanie reszty) oraz kompetencje społeczne poprzez interakcję z \"klientami\".
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Słupy i elementy konstrukcyjne wykonana z drewna robinii akacjowej.
 	Panele: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Daszek: Wykonane z drewna robinii akacjowej
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
-Specyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
+• wym. 439 x 467 x 139 cm• od 1 do 6 latSpecyfikacja urządzenia:Długość (m): 1,39Szerokość (m): 1,62Maks. wys. upadku (m): 0,5Wiek użytkowników (min-max): 1-6Wysokość (m): 1,66Pole strefy bezp.  (m2): 17,96Obwód strefy bezb. (m): 15,27</t>
   </si>
   <si>
     <t>NV36119</t>
   </si>
   <si>
     <t>Tablica przychodnia Robinio</t>
   </si>
   <si>
     <t xml:space="preserve">
 O KOLEKCJI
 Kolekcja Robinio to wyjątkowe urządzenia zabawowe wykonane z drewna akacjowego, które charakteryzuje się niezwykłą trwałością oraz estetyką naturalnego materiału. Każde urządzenie w kolekcji jest zaprojektowane, aby harmonijnie wpisywać się w naturalne otoczenie, jednocześnie gwarantując bezpieczną i kreatywną zabawę. Urządzenia Robinio to więcej niż standardowa zabawa – to ciekawe, trudne do pokonania wejścia, urozmaicone ścianki wspinaczkowe i niezwykłe przejścia, które pobudzają do działania, planowania ruchu i angażują w pokonywanie kolejnych przeszkód. To idealne rozwiązanie dla miejsc, które pragną zaoferować użytkownikom doświadczenie pełne wyzwań i przygód, w harmonii z naturą.
 O URZĄDZENIU
 Tablica Przychodnia to panel edukacyjny, który doskonale uzupełnia tematyczną zabawę. Dzieci mogą na niej badać wzrok pacjentów, używając klasycznej tablicy okulistycznej, co stanowi świetne wprowadzenie do nauki liter i symboli. To urządzenie łączy zabawę z nauką, rozwijając percepcję wzrokową i ciekawość świata.
 SPECYFIKACJA MATERIAŁOWA
 	Konstrukcja: Rama wykonana z drewna robinii akacjowej.
 	Panele i daszek: Wykonane z trwałej płyty HDPE z tematycznymi aplikacjami.
 	Kotwienie: Urządzenie kotwione bezpośrednio w gruncie.
 Specyfikacja urządzenia:Długość (m): 0,74Szerokość (m): 0,49Wiek użytkowników (min-max): 1-14Wysokość (m): 1,97Pole strefy bezp.  (m2): 11,1Obwód strefy bezb. (m): 11,88</t>
   </si>
   <si>
     <t>NV58501PZ</t>
   </si>
   <si>
     <t>Skrzynia ogrodowa Terra z kotwami</t>
   </si>
   <si>
-    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Skrzynia Ogrodowa z Kotwami 58501PZ z kolekcji Terra umożliwia przechowywanie narzędzi, zabawek ogrodowych oraz innych akcesoriów. Wyposażona w kotwy, zapewnia stabilność i odporność na działanie warunków atmosferycznych, dzięki czemu jest idealnym rozwiązaniem do użytku na świeżym powietrzu. Wykonana z trwałego, impregnowanego drewna, harmonizuje z innymi elementami kolekcji Terra, tworząc spójną aranżację ogrodu. Skrzynia posiada mechanizm zapobiegający przypadkowemu zatrzaśnięciu wieka, który pozwala na bezpieczne użytkowanie.  SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Łączniki i Okucia: odporne na warunki atmosferyczne i promieniowanie UV Kotwienie: bezpośrednio w gruncie.  • wym. 62 x 125 x 65 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,25Szerokość (m): 0,62Wysokość (m): 0,65Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Pole strefy bezp.  (m2): 13,2</t>
+    <t>O KOLEKCJI  Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.  O URZĄDZENIU  Skrzynia Ogrodowa z Kotwami 58501PZ z kolekcji Terra umożliwia przechowywanie narzędzi, zabawek ogrodowych oraz innych akcesoriów. Wyposażona w kotwy, zapewnia stabilność i odporność na działanie warunków atmosferycznych, dzięki czemu jest idealnym rozwiązaniem do użytku na świeżym powietrzu. Wykonana z trwałego, impregnowanego drewna, harmonizuje z innymi elementami kolekcji Terra, tworząc spójną aranżację ogrodu. Skrzynia posiada mechanizm zapobiegający przypadkowemu zatrzaśnięciu wieka, który pozwala na bezpieczne użytkowanie.  SPECYFIKACJA MATERIAŁOWA  Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo. Łączniki i Okucia: odporne na warunki atmosferyczne i promieniowanie UV Kotwienie: bezpośrednio w gruncie.  • wym. 125 x 62 x 65 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,25Szerokość (m): 0,62Wysokość (m): 0,65Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Pole strefy bezp.  (m2): 13,2</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -495,51 +503,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628af3b92d9ad1dbb0c7587b1e9b2f5c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aaf0b525e2e26e8e2ec6fd87b6e83f62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f11d38c60d6c9c01b19d73478e9edf3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3176f63b9e00ed435cdabe135d0856164.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f7e7e52c426c6439c759cecaeb76e55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfb2d074b18242f41beb6558787bcd86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9510fc31d57b3f62a5f8d5c7c0c139ca7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f2a6407db8c98b17a988af583cdc418.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439b52d72c06272b87456ac84632ce219.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3a80e6373de60e08a30e75187cb59a210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa29683e9065cf39ef0daf215293d00011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a8ee4d8c33d6bf28dc0d36c0998fdc012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff398b4ce72d424c3508369f953e20df13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6727a887ab499a6db7a95ebf82f910414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f92174681519e1e7e0d5c93b3529ee15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720b7d98aba134a4501d1052beec717016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1ce57e7b92f111f7f0c7b23145716c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57c0db4b42926aac9ffcc3426a312c9c18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abae02f34fb554f4ee8eb7e3e42054b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e205a3083b275d0d9b0f85d2744ddf520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f77c5dd7f39e63de77990a04465f9321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a037c9aa8177d2d495440dcaee7e9d422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7c8fbf278ea4e2270dd2e5b9f6c66b23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3e34941486f9732021ca1b6abfb1d424.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d81b1e2e48018763308d0614e7e0ff1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87039ff14774fb1ce0516d7a6a2a1872.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80f193741c4f0fe7610d47e94c73c593.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1e0e04e3f48082ec31d296af694a014.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dd6fe82aab8511d36390fca0d87c795.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140c8e5110e98f1137790641318195956.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e38dd7d9c87663f28fe657e394f45c2a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11276c6971f59a52b791f1e2e4b2eccd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d8870111faa184dcb56f455f6a56be9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c099aac2ee71bd8b6730dd3e67fa85ad10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9a80690b247e502f3f63439bad632c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/217446dc9f9d9a7b6c651270efc3398812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a930c2a0488bfc98971406b0345e0b1f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f8aaf1a3c0c9d19d3b79f6845d76ae14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29aa851111cf9d2da3cb6c2b87527d9a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac8ae326bf2613193903d8fc395348a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfbda7a97d6951b7ce51d96fd96f7dff17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f62087eadc34709da72d96e3d6c001e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e235c3d61075f680a4daffd9e1cfca519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f677481cabff5909f363a763b3779d3020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5f66856b18c04610be8c40f9e18a0321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb964ac4e44a1cb72cedc9350adb0a0a22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4840f7d21f4704ec2b05f3a351ddefdb23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b648225c65f6cc131522c38d5d80bf24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PLZ-MB-0006" descr="Aktywne Place Zabaw zestaw 1 "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1642,54 +1650,54 @@
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
         <v>16829.9</v>
       </c>
       <c r="G7" s="11">
         <v>16829.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>6629.9</v>
+        <v>7799.9</v>
       </c>
       <c r="G8" s="11">
-        <v>6629.9</v>
+        <v>7799.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>2</v>
       </c>
       <c r="F9" s="10">
         <v>2629.9</v>
       </c>
       <c r="G9" s="11">
         <v>5259.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
@@ -1789,159 +1797,159 @@
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>19969.9</v>
       </c>
       <c r="G14" s="11">
         <v>19969.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
-        <v>7649.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G15" s="11">
-        <v>7649.9</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
         <v>8609.9</v>
       </c>
       <c r="G16" s="11">
         <v>8609.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
         <v>2</v>
       </c>
       <c r="F17" s="10">
-        <v>4929.9</v>
+        <v>5799.9</v>
       </c>
       <c r="G17" s="11">
-        <v>9859.8</v>
+        <v>11599.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>6</v>
       </c>
       <c r="F18" s="10">
-        <v>1019.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G18" s="11">
-        <v>6119.4</v>
+        <v>7199.4</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
         <v>26999.9</v>
       </c>
       <c r="G19" s="11">
         <v>26999.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>3654.9</v>
+        <v>4299.9</v>
       </c>
       <c r="G20" s="11">
-        <v>3654.9</v>
+        <v>4299.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
         <v>16829.9</v>
       </c>
       <c r="G21" s="11">
         <v>16829.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
@@ -2062,62 +2070,62 @@
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
         <v>2989.9</v>
       </c>
       <c r="G27" s="11">
         <v>2989.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="8">
         <v>2</v>
       </c>
       <c r="F28" s="10">
-        <v>1954.9</v>
+        <v>2299.9</v>
       </c>
       <c r="G28" s="11">
-        <v>3909.8</v>
+        <v>4599.8</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="F30" s="4" t="s">
         <v>77</v>
       </c>
       <c r="G30" s="12">
-        <v>265651.9</v>
+        <v>272326.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 