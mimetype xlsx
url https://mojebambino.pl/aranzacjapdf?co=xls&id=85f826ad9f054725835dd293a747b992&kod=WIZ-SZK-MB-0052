--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -19,159 +19,160 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-SZK-MB-0052 Sala relaksacyjna</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 13:17:46</t>
+    <t>z dnia 2025-12-19 20:41:59</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>554001</t>
   </si>
   <si>
     <t>Magiczny sześcian</t>
   </si>
   <si>
-    <t>Magiczny sześcian to lampa, która z powodzeniem będzie służyć nie tylko do rozjaśnienia pomieszczenia, ale także jako źródło dźwięku. Wbudowany głośnik Bluetooth pozwoli na odsłuchanie muzyki lub innych dowolnych dźwięków z urządzeń bezprzewodowych wykorzystujących tę technologię, takich jak: smartfon, tablet, laptop, komputer. Sześcian będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory przykuwają uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element światła i dźwięku w białym domku lub kryjówkach czy szafkach.Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa - opis w języku obcym• wym. 15 cm x 15 cm x 15 cm• produkt wymaga baterii (są w zestawie)</t>
+    <t>Magiczny sześcian to lampa, która nie tylko rozświetli pomieszczenie, ale także stanie się źródłem dźwięku. Wbudowany głośnik Bluetooth umożliwia odtwarzanie muzyki i innych dźwięków z urządzeń bezprzewodowych, takich jak smartfon, tablet, laptop czy komputer. Sześcian doskonale sprawdzi się w kącikach relaksacyjnych oraz w miejscach wspierających stymulację i aktywizację zmysłów. Zmieniające się kolory przyciągają uwagę dziecka, wprowadzając tajemniczy nastrój, i mogą pełnić funkcję elementu światła i dźwięku w białym domku, kryjówkach czy szafkach. Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa – opis w języku obcym• wym. 15 x 15 x 15 cm• produkt wymaga baterii (są w zestawie)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101438</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 1 os. - ciemnoszary</t>
   </si>
   <si>
     <t>Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia  pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. Fotele można dowolnie ze sobą łączyć. Fotele narożne i rogowe zaopatrzone są w specjalne łączniki. Do foteli prostych łączniki należy dokupić (098326). • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 62 x 70 x 80 cm • wym. 62 cm x 70 cm x 80 cm</t>
   </si>
   <si>
     <t>855009</t>
   </si>
   <si>
     <t>Szafka niska TAB</t>
   </si>
   <si>
-    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,5 x 40 x 49,5 cm</t>
+    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,50 x 40 x 49,50 cm</t>
   </si>
   <si>
     <t>101437</t>
   </si>
   <si>
     <t>Fotel Inflamea 1, 1 os. - jasnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia  pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. Fotele można dowolnie ze sobą łączyć. Fotele narożne i rogowe zaopatrzone są w specjalne łączniki. Do foteli prostych łączniki należy dokupić (098326). • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 62 x 70 x 80 cm </t>
   </si>
   <si>
     <t>101881</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia szara z bokami ze sklejki</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>834152</t>
   </si>
   <si>
     <t>Stolik mały niski biały 65x50x50</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 65 x 50 x 50 cm</t>
   </si>
   <si>
     <t>096221</t>
   </si>
   <si>
     <t>Wieszak ścienny na ubrania</t>
   </si>
   <si>
     <t>Wykonany z płyty laminowanej w tonacji brzozy, z obrzeżem multiplex. • 3 haczyki • wym. 60 x 30 cm</t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>146244</t>
   </si>
   <si>
     <t>EKO dekor - chmurka</t>
   </si>
   <si>
     <t>Duża dekoracja ścienna wykonana z tworzywa uzyskanego z przetworzonych butelek PET. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 150 x 88,5 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101773</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea ciemnoszara</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -249,51 +250,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a3393cabbb6e707e372496ff65c04ce1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d34ba6830c5d55b9f73a681843885a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3687a833a2766c3a0a2eb2abe982c2a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27816e98643be4a1c4df0498eee393554.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c169027b365713a268a82f8772c9185.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4c4696b36aea43d0396932e05b8da46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078673bf8b66d7bc078e72113b348e1d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7837a32721fe8b11ed94d62cf38782b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19877d63689b526775e68883a5d32e49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e2b6c36c316deff3b41ce730a7b22a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dbe8848b7c4dde6a73b72a03671fcb111.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f323635f464c93ad2a7be9dd528e991.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b385b37b152a1b47d8af69e69f9cf0742.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e32a03c02433c0f945f98bdc4ad8593.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675e315e15188d15b2134e5b7aec20034.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a15b67ee0008e594858a4b6e176ed595.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eacf3c99f264f2feb44ac450821ef336.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67cd443ce445fe4abbe17babfe369c717.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03236845c82d9469e92acea37eb27c428.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb219ef0705e79a9ef84100da7f7f6759.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2b6acb51855786113ea4f26d1e3cf710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1388301c1cee7fb2f565f7b40c876d5711.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0052" descr="Sala relaksacyjna"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>