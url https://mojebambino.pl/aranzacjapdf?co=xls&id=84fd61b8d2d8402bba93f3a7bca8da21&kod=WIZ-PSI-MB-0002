--- v0 (2025-10-08)
+++ v1 (2026-01-15)
@@ -20,249 +20,249 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>WIZ-PSI-MB-0002 Sala SI Morska Przygoda</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 02:19:22</t>
+    <t>z dnia 2026-01-15 16:11:51</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>601030</t>
   </si>
   <si>
     <t>Podstawa wysoka</t>
   </si>
   <si>
-    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg • wys. 24 cm• śr. 40 cm• od 2 do 10 miesięcy</t>
+    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg• wys. 24 cm• śr. 40 cm• od 2 do 10 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>036088</t>
   </si>
   <si>
     <t>Dekoracje do lustra Latarnia morska z krabem</t>
   </si>
   <si>
     <t>Dekoracje wykonane ze sklejki, z barwną aplikacją. Doskonałe uzupełnienie kolekcji meblowych. Oprócz tradycyjnej funkcji, lustro będzie stanowiło ciekawą dekorację sali lub korytarza. Lustro (036047) sprzedawane osobno.• 3 aplikacje: fala, latarnia, krab.• od 3 do 104 miesięcy</t>
   </si>
   <si>
     <t>101626</t>
   </si>
   <si>
-    <t>Zasłonka do lustra pionowego - szara</t>
-[...2 lines deleted...]
-    <t>Komplet 2 zasłonek z drążkiem i mocowaniami w komplecie. Wykonane z tkaniny Bardo (65% poliester, 35% bawełna).• wym. jednej zasłonki: 58 x 145 cm • dł. drążka 100 cm</t>
+    <t>Zasłonka do lustra pionowego – szara</t>
+  </si>
+  <si>
+    <t>Komplet 2 zasłonek z drążkiem i mocowaniami w komplecie. Wykonane z tkaniny Bardo (65% poliester, 35% bawełna).• wym. jednej zasłonki: 58 x 145 cm • dł. drążka 100 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101423</t>
   </si>
   <si>
     <t>Baldachim do kącika Morze</t>
   </si>
   <si>
     <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Baldachimy do kącików narożnych wykonane z tkaniny Bardo (65% poliester, 35% bawełna), do zamocowania na ścianie - na każdym rogu umieszczono kółka z tkaniny kaletniczej, za pomocą których baldachim mocuje się do ściany (brak dodatkowych elementów mocujących w zestawie). Wskazana wysokość mocowania baldachimu to 170 cm. • dł. boku 200 cm • 2 rybki/pszczółki o wym. 10 x 15 cm na sznurkach o dł. 16 cmPod baldachimem można zaaranżować kącik sensoryczny: wykorzystując trójkątny basen z kulkami (101778, 101827, sprzedawany osobno) i kurtynę światłowodową (566006, sprzedawana osobno).</t>
   </si>
   <si>
     <t>056088</t>
   </si>
   <si>
     <t>Dywan narożny Staw</t>
   </si>
   <si>
     <t>Kolorowe dywany z nadrukiem, tematycznie odpowiadające kącikom manipulacyjno-sensorycznym 099629 i 099630, w kształcie 1/4 koła. Sprzedawane losowo (2 wzory będące lustrzanym odbiciem). Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • 1 szt. • dł. boku 140 cm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 140cm</t>
   </si>
   <si>
     <t>558004</t>
   </si>
   <si>
     <t>Kolumna wodna 15 x 180 cm</t>
   </si>
   <si>
-    <t>Urządzenie to umożliwia sterowanie kolorem (za pomocą podłączonej skrzyneczki lub pilota zdalnego sterowania - w komplecie).  Możliwość wyboru 5 kolorów świecenia. Do kolumn należy wlewać wodę destylowaną. Włącznik/wyłącznik na podstawie.  • wym. 15 x 180 cm Do napełnienia kolumny potrzeba 26,5 L.   Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.  Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. • śr. 15 cm• wym. 180 cm</t>
+    <t>Urządzenie to umożliwia sterowanie kolorem (za pomocą podłączonej skrzyneczki lub pilota zdalnego sterowania – w komplecie). Możliwość wyboru 5 kolorów świecenia. Do kolumn należy wlewać wodę destylowaną. Włącznik/wyłącznik na podstawie. Do napełnienia kolumny potrzeba 26,5 L. • wym. 15 x 180 cmDo czyszczenia używaj wody o temperaturze do 25 °C z dodatkiem mydła. Nie stosuj gąbek, szorstkich szmatek, skrobaczek ani szczoteczek. Najlepiej sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem usuwa zabrudzenia bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur ani środków chemicznych. Zabronione jest stosowanie rozpuszczalników, alkoholi, kwasów i płynów dezynfekujących, ponieważ mogą one odkształcić lub uszkodzić powierzchnię.• śr. 15 cm• wym. 180 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101855</t>
   </si>
   <si>
     <t>Basen okrągły podświetlany, wys. 40 cm</t>
   </si>
   <si>
-    <t>Basen z piłeczkami to ulubione miejsce zabaw maluchów. Basen jest na tyle mały, aby zmieścił się w salach o ograniczonej powierzchni. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. Wewnątrz znajduje się materac o gr. 4 cm, z zamontowanymi kolorowymi LEDami (zasilacz w komplecie). • 1250 piłeczek o śr. 8 cm w komplecie • śr. zewnętrzna 148 cm • śr. wewnętrzna 118 cm • wys. 40 cm</t>
+    <t>Basen z piłeczkami to ulubione miejsce zabaw maluchów. Jest na tyle kompaktowy, że zmieści się w salach o ograniczonej powierzchni. Wykonany z pianki i pokryty trwałą tkaniną, łatwą do utrzymania w czystości, zawiera wewnątrz materac o gr. 4 cm z zamontowanymi kolorowymi LED-ami (zasilacz w komplecie). • 1250 piłeczek o śr. 8 cm w komplecie • śr. zewnętrzna 148 cm • śr. wewnętrzna 118 cm • wys. 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>036047</t>
   </si>
   <si>
     <t>Lustro do dekoracji</t>
   </si>
   <si>
     <t>Lustro bezpieczne dla dzieci. Można do niego zamontować kolorowe aplikacje z proponowanych dekoracji. • wym. 72 x 132 cmAplikacje (098395, 098396, 098397, 098398, 098399) sprzedawane osobno</t>
   </si>
   <si>
     <t>099629</t>
   </si>
   <si>
     <t>Kącik manipulacyjno-sensoryczny Staw</t>
   </si>
   <si>
-    <t>Dwuczęściowe kąciki manipulacyjne wykonane z lakierowanej sklejki o gr. 18 mm. Można je montować na dwa sposoby: w rogu sali lub płasko na ścianie. Zachęcą dzieci wesołymi kolorami oraz różnymi atrakcjami, takimi jak przesuwanki czy elementy z tkanin o różnych fakturach. Kąciki można wzbogacić specjalnie zaprojektowanymi do nich dywanami narożnymi (w zależności od metody montowania, można dokupić jeden lub dwa dywany): 056088 do kącika Staw i 056089 do kącika Łąka (dywany są sprzedawane osobno). • wym. elem. (szer. x wys.): 140 x 97 cmKącik posiada: przesuwanki, elementy z różnego rodzaju tkanin (mocowane na napy), lusterko, piszczałkę. Oczami żaby można obracać, a w jej pyszczku znajduje się mała kieszonka na skarby. Konieczne kotwiczenie do podłoża.• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 140 cm x 97 cm• od 2 lat</t>
+    <t>Dwuczęściowe kąciki manipulacyjne wykonane z lakierowanej sklejki o gr. 18 mm. Można je montować na dwa sposoby: w rogu sali lub płasko na ścianie. Zachęcą dzieci wesołymi kolorami oraz różnymi atrakcjami, takimi jak przesuwanki czy elementy z tkanin o różnych fakturach. Kąciki można wzbogacić specjalnie zaprojektowanymi do nich dywanami narożnymi (w zależności od metody montowania, można dokupić jeden lub dwa dywany): 056088 do kącika Staw i 056089 do kącika Łąka (dywany są sprzedawane osobno). • wym. elem. (szer. x wys.): 140 x 97 cmKącik posiada: przesuwanki, elementy z różnego rodzaju tkanin (mocowane na napy), lusterko, piszczałkę. Oczami żaby można obracać, a w jej pyszczku znajduje się mała kieszonka na skarby. Konieczne kotwiczenie do podłoża.• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 140 x 97 cm• od 2 lat</t>
   </si>
   <si>
     <t>101258</t>
   </si>
   <si>
     <t>Poduszki okrągłe 20 szt.</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. Wymiarem dopasowane do stojaków na poduszki (098967, 098966) • śr. 35 cm • wys. 3 cm</t>
+    <t>Poduszki wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości, wypełnione gąbką. Wymiarem dopasowane do stojaków na poduszki (098967, 098966) • śr. 35 cm • wys. 3 cm</t>
   </si>
   <si>
     <t>100046</t>
   </si>
   <si>
     <t>Kącik okręt</t>
   </si>
   <si>
-    <t>Kącik zabaw ze zjeżdżalnią, wyposażony w bulaj, lustro i obrotowy ster. Wykonany z lakierowanej sklejki o gr. 18 mm, płyty laminowanej oraz drewna. Kolorowe elementy wykonane z płyty MDF, bulaj wykonany z pleksi. Wszystkie podesty pokryte wykładziną, zjeżdżalnia wykonana z pianki pokrytej trwałą tkaniną meditap. Konieczne kotwiczenie do podłoża. • wym. 196 x 187,5 x 156,5 cm • wys. podestów: 30 i 15 cm • szer. wejść 66 i 68 cm • zjeżdżalnia o wym.  122 x 66 cm  • materac - fala: pokrycie ze sztucznej skóry, w środku pianka • zalecane umiejscowanie w rogu pomieszczenia • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
+    <t>Kącik zabaw ze zjeżdżalnią, wyposażony w bulaj, lustro i obrotowy ster. Wykonany z lakierowanej sklejki o gr. 18 mm, płyty laminowanej oraz drewna. Kolorowe elementy wykonane z płyty MDF, bulaj wykonany z pleksi. Wszystkie podesty pokryte wykładziną, zjeżdżalnia wykonana z pianki pokrytej trwałą tkaniną. Konieczne kotwiczenie do podłoża. • wym. 196 x 187,5 x 156,5 cm • wys. podestów: 30 i 15 cm • szer. wejść 66 i 68 cm • zjeżdżalnia o wym.  122 x 66 cm  • materac - fala: pokrycie z trwałej tkaniny, niezawierającej ftalanów, w środku pianka • zalecane umiejscowanie w rogu pomieszczenia • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>522008</t>
   </si>
   <si>
     <t>Piłka do skakania 55 cm</t>
   </si>
   <si>
-    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 55 cmDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 55 cmDo nadmuchania piłki potrzebna jest pompka, np. 522021 (sprzedawana osobno).• od 4 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101425</t>
   </si>
   <si>
     <t>Materac narożny do kącika Morze</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą.• wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • cała ośmiornica odpinana na rzep • głowa o wym. 57 x 34 cm i 4 odnóża o dł. 55 cm (wypełnienia: 1. styropian, 2. wata i folia w końcówce, 3. wata, na powierzchni różnego rodzaju zapięcia, 4. styropian i groch w końcówce)Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą.• wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • cała ośmiornica odpinana na rzep • głowa o wym. 57 x 34 cm i 4 odnóża o dł. 55 cm (wypełnienia: 1. styropian, 2. wata i folia w końcówce, 3. wata, na powierzchni różnego rodzaju zapięcia, 4. styropian i groch w końcówce)Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.• wym. 135 x 135 x 50 cm</t>
   </si>
   <si>
     <t>601025</t>
   </si>
   <si>
     <t>Kładka do balansowania</t>
   </si>
   <si>
-    <t>Umieszczona pomiędzy podstawami (601030 - sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 miesięcy</t>
+    <t>Umieszczona pomiędzy podstawami (601030 – sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519005</t>
   </si>
   <si>
-    <t>Hamak Kropla SI - MED</t>
-[...2 lines deleted...]
-    <t>Kołysanie się w hamaku wycisza, odpręża i rozwija umiejętność skupienia się. Dzieciom, które mają problem z koncentracją będzie łatwiej skupić się na różnych czynnościach podczas siedzenia w fotelu hamakowym. Podczas bujania czy rotowania w hamaku można przeprowadzać różnego rodzaju ćwiczenia, np. z zakresu percepcji słuchowej, różnicowania dźwięków, itp. Lekkie kołysanie daje jednocześnie efekt uspokajający i stymulujący. Przez huśtanie się i obracanie aktywowany jest ośrodek równowagi. Dzięki możliwości "zamknięcia" hamak może pełnić także rolę wyciszającą, pozwala odizolować dziecko od reszty sali. Hamak wykonany jest z terylenu - bardzo mocnego włókna poliestrowego. Wymaga dokupienia zestawu do mocowania do sufitu (303024). Hamak wykonany z materiału Oxford - tkaniny o mocnym splocie, w środku znajduje się poliestrowa poduszka.• śr. 70 cm  • wys. 140 cm • maks. obciążenie 75 kgDo montażu hamaka w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można go po prostu przymocować do istniejącego karabińczyka. Hamak można zawiesić także na uchwycie 855702 (sprzedawany osobno).• śr. 70 cm• wym. 140 cm• od 3 lat• wyrób medyczny - klasa I</t>
+    <t>Hamak Kropla SI – MED</t>
+  </si>
+  <si>
+    <t>Kołysanie się w hamaku wycisza, odpręża i rozwija umiejętność skupienia się. Dzieciom, które mają problem z koncentracją, będzie łatwiej skupić się na różnych czynnościach podczas siedzenia w fotelu hamakowym. Podczas bujania czy rotowania w hamaku można przeprowadzać różnego rodzaju ćwiczenia, np. z zakresu percepcji słuchowej, różnicowania dźwięków itp. Lekkie kołysanie daje jednocześnie efekt uspokajający i stymulujący. Poprzez huśtanie się i obracanie aktywowany jest ośrodek równowagi. Dzięki możliwości "zamknięcia" hamak może pełnić także rolę wyciszającą, pozwala odizolować dziecko od reszty sali. Hamak wykonany jest z terylenu – bardzo mocnego włókna poliestrowego. Wymaga dokupienia zestawu do mocowania do sufitu (303024). Hamak wykonany z materiału Oxford – tkaniny o mocnym splocie, w środku znajduje się poliestrowa poduszka.• śr. 70 cm • wys. 140 cm • maks. obciążenie 75 kgDo montażu hamaka w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można go po prostu przymocować do istniejącego karabińczyka. Hamak można zawiesić także na uchwycie 855702 (sprzedawany osobno).• śr. 70 cm• wym. 140 cm• od 3 lat• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>520001</t>
   </si>
   <si>
     <t>Tunel prosty</t>
   </si>
   <si>
-    <t>• śr. 46 cm • dł. 180 cm • od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.</t>
+    <t>• śr. 46 cm • dł. 180 cm • od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519027</t>
   </si>
   <si>
     <t>Trampolina domowa</t>
   </si>
   <si>
-    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są  szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 lat</t>
+    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>306065</t>
   </si>
   <si>
     <t>Lilie wodne</t>
   </si>
   <si>
-    <t>Solidne i estetycznie wykonane bazy z kładkami w dwóch kształtach. Ćwiczenia na kładkach rozwijają umiejętność równowagi, koordynację, zręczność i pewność siebie. Każda strona kładki ma inną fakturę, co stymuluje zmysł dotyku. Kładka z falą może służyć do budowania 2 rodzajów torów w zależności od sposobu jej ułożenia: wznoszącego się i opadającego, co służy do ćwiczeń chodzenia lub czworakowania w dół lub w górę. Układanie torów o różnym kształcie i z różną kombinacją wysokości pomaga dzieciom zrozumieć pojęcie przestrzeni oraz rozwija umiejętność planowania i rozwiązywania problemów. • 4 bazy o wym. 52 x 52 x 16,6 cm • 1 kładka prosta o wym. 115 x 26,6 x 6 cm • 1 kładka z falą o wym. 115 x 26,6 x 16,6 cm• od 2 miesiąca</t>
+    <t>Solidne i estetycznie wykonane bazy z kładkami w dwóch kształtach. Ćwiczenia na kładkach rozwijają umiejętność równowagi, koordynację, zręczność i pewność siebie. Każda strona kładki ma inną fakturę, co stymuluje zmysł dotyku. Kładka z falą może służyć do budowania 2 rodzajów torów w zależności od sposobu jej ułożenia: wznoszącego się i opadającego, co służy do ćwiczeń chodzenia lub czworakowania w dół lub w górę. Układanie torów o różnym kształcie i z różną kombinacją wysokości pomaga dzieciom zrozumieć pojęcie przestrzeni oraz rozwija umiejętność planowania i rozwiązywania problemów. • 4 bazy o wym. 52 x 52 x 16,6 cm • 1 kładka prosta o wym. 115 x 26,6 x 6 cm • 1 kładka z falą o wym. 115 x 26,6 x 16,6 cm• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101651</t>
   </si>
   <si>
     <t>Mata sensoryczna Ocean</t>
   </si>
   <si>
     <t>Sensoryczna mata, która przeniesie malucha w świat bezkresnego oceanu. Czekają tu na niego rybki i inne morskie stworzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus F.R.). Dodatkowe, sensoryczne elementy (miękkie i szeleszczące) pokryte tkaniną poliestrowo-bawełnianą. W muszli ukryta jest piszczałka. Na siatkę doszyty jest biały tiul. Na macie znajdują się lusterka wykonane z tworzywa sztucznego.• śr. lusterek 14 cm • śr. siatki 82 cm • śr. 140 cm • gr. 2 cmPokrycia nie można zdjąć. Do czyszczenia zalecamy wilgotną szmatkę z neutralnym mydłem lub w razie potrzeby środkiem do czyszczenia tapicerki.</t>
   </si>
   <si>
     <t>601009</t>
   </si>
   <si>
     <t>Kamienie rzeczne</t>
   </si>
   <si>
-    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy.• maksymalne obciążenie 100 kg• 3 kamienie o długości boku 36 cm i wys. 8,5 cm • 3 kamienie o długości boku 25 cm i wys. 4,5 cm • od 2 do 99 miesięcy</t>
+    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy. • maksymalne obciążenie 100 kg• 3 kamienie o długości boku 36 cm i wys. 8,5 cm• 3 kamienie o długości boku 25 cm i wys. 4,5 cm • od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -340,51 +340,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78d6ecdebc9b686237dacfbda145d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0f685b11bdd68f9570e15af5b0079362.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6c9500e5cf2e8589a447c90ae30aea3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76eabea6b9d96b5feacf129ba32f1a584.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c7faaac043203ac054237b501cec815.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80931f10d911fa11e8c4eebb2ed27ba6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728cbfad016bc0cf6f8e5020017473f97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e1acbf16b1adc0320fc5a7262e79d98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4707c2e39020bd393f88ae2bbac8d09.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d637cc76921469e95ef82661a4f72ef610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aceded490e8485d6a2fe7fd3a6cc64c111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc6683f27090a2e5167d0796e6391df12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3194bd9244ecc5a89ed77b4746d50b713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb55553142747eb513b40a04b0619e514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c4c3955ca807e365c0c8b96b0f96ef315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2907832230f0885ab5be43949bf9a6a216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c49de5e0edce937bdeac70d80b83d917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c842507899c6965645072cb8bf7626118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f6fe4e995935d39cab99b86744d88119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257d79032da435da5224aec44f7586e020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31533b5b082f0c8cae76f5a5f32b3b5c21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f61c8ca72a232774f60d6a6b574d0c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef3a03943aeb95e8d75e28bc7d399692.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4f4e1d83f42af8c4e7d68c131577e03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2dc052e92fac60a74a29c93c4ff1ae54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c25494c8276cdcf2fc2fed16a9e8b0d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a914524a0c59068640ae018f9247a5486.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c8c7f9a8a3a61aea4752c80629d5afd7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988ddc219840920166c0ebe7b4a0f7848.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5d1d649bb39f4aca9d91ebc3b268389.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf462ff64b43402265cd2261b8e964b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb8904f47fecf33bc218f715d22e8a811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689d35725ed52237db8eea222d78f51712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e48c7a77b73d4c433b5f35a55efc51913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8f78dd53600ed74bdc9dbe616d043514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139a44dfd9a55bb0bedefff9a0909d0815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c501411bb57d123f0f1902a3f9ceaa1616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec97b50d7479ab4fc474f476fdf1a39917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/747118ce331746cf2673b65f5e1095ac18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e324279ab2c139a8fef103c9c028fb19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71935c77d5bcaf781a106a7043c7195b20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d94e77f66c244873c9567894dc868621.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4895850" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0002" descr="Sala SI Morska Przygoda"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>