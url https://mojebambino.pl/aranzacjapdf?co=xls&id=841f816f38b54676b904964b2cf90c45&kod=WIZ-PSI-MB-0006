--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -20,96 +20,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>WIZ-PSI-MB-0006 Sala sensoryczna - Łąka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 21:19:06</t>
+    <t>z dnia 2025-11-25 16:45:31</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>519304</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, czerwony</t>
   </si>
   <si>
     <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 cm x 50 cm x 5 cm</t>
   </si>
   <si>
     <t>098303</t>
   </si>
   <si>
     <t>Kącik Iris</t>
   </si>
   <si>
     <t>Kącik zabaw dla najmłodszych ma dwa wejścia - schodki i trap, idealny dla raczkujących maluchów, w środku czekają atrakcje w postaci paneli sensorycznych. Wykonany z lakierowanej sklejki, drewna i płyty laminowanej. Podest pokryty wykładziną. Z przodu znajduje się okienko wykonane z pleksi. Konieczne kotwiczenie do podłoża. • wym. całkowite 220 x 286 x 120 cm• wys. podestu 35 cm • Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych! • Rama z litego drewna (buk, jesion), klejona • Elementy wykonane z kolorowej płyty MDF  • Fala: pokrycie piankowe  ze sztuczą a skórą</t>
   </si>
   <si>
     <t>096622</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka ze ślimakiem</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z meditapu o wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są meditapem. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z meditapu o wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
     <t>Siedzisko Paolo krótkie,  szare</t>
   </si>
   <si>
     <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>101516</t>
   </si>
   <si>
     <t>Mały zestaw materacy Quadro 1</t>
   </si>
   <si>
     <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z pianki, pokrytej wysokiej jakości, bardzo wytrzymałą tkaniną trudnopalną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• 101517 Materac Quadro 1 jasnoniebieski, wys. 10 cm• 101518 Materac Quadro 1 jasnozielony, wys. 10 cm• 101524 Materac Quadro 1 jasnoszary, wys. 20 cm• 101525 Materac Quadro 1 jasnozielony, wys. 20 cm• wymiary po złożeniu są zależne od sposobu ułożenia materacy</t>
   </si>
   <si>
     <t>092296</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - limonkowa</t>
   </si>
@@ -146,84 +146,84 @@
   <si>
     <t>146249</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D duży </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 40 x 78 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>099625</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 1</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: przesuwanka, drążek z paskami materiału zakończonymi różnymi rodzajami zapięć, frezowany jeżyk z drewnianą pałeczką do pocierania, piszczałka i aplikacja jagody. • wym. (szer. x wys.): 130,5 x 118 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>096621</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka z biedronką</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarny meditap. Meditapem obszyte są też kolorowe elementy kwiatków. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarny meditap. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>126520</t>
   </si>
   <si>
     <t>Drabinka półokrągła duża</t>
   </si>
   <si>
     <t>• 9 szczebli o śr. 3,5 cm • wym. 98 x 49 x 50 cm• wym. 98 cm x 49 cm x 50 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>126521</t>
   </si>
   <si>
     <t>Drabinka trójkątna</t>
   </si>
   <si>
     <t>• 12 szczebli o śr. 3,5 cm • wym. 93 x 51 x 83 cm OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>519302</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, pomarańczowy</t>
   </si>
   <si>
     <t>101858</t>
   </si>
   <si>
     <t>Bujak zajączek</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki• wym. 73 x 26 x 54 cm</t>
   </si>
   <si>
     <t>855651</t>
   </si>
   <si>
     <t>Zjeżdżalnia rolkowa Active</t>
   </si>
   <si>
     <t>Linia urządzeń gimnastycznych serii Active przeznaczona jest do potrzeb i wymagań każdej placówki szkolno-wychowawczej. Szeroki wachlarz drabinek, różne rodzaje skrzyń gimnastycznych, możliwość uzupełnienia zestawień ławeczkami sensorycznymi zdecydowanie. Przemyślany system mocowań gwarantuje bezpieczne użytkowanie. Zastosowanie urządzeń serii Active wspomaga rozwój motoryczny dzieci, a także znacznie uatrakcyjnia wszelkie zajęcia ruchowe.Zjeżdżalnia rolkowa zbudowana ze specjalnych ruchomych piankowych rolek, które otaczają drewniane wałki, obszyte są bezftalanowym meditapem. Przy zjeżdżaniu w dół ciało jest masowane, stymulowane i uwrażliwiane. Zjeżdżalnia stanowi doskonałą bazę do odkrywania oraz rozwijania różnego rodzaju umiejętności. Wspomaga rozwój motoryki, uczy poczucia i utrzymania równowagi. Wykonana jest z 18 mm sklejki brzozowej, drążki o śr. 25 mm z drewna bukowego.• wym. 65 x 240 x 14 cm</t>
   </si>
   <si>
     <t>256101</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 4 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>850003</t>
   </si>
   <si>
     <t>Drabinka ścienna z drewnianymi szczeblami, do 120 kg</t>
   </si>
@@ -233,96 +233,164 @@
   <si>
     <t>092482</t>
   </si>
   <si>
     <t>Kącik lustrzany Alicji</t>
   </si>
   <si>
     <t>Kącik wykonany z luster i lakierowanej sklejki o gr. 18 mm. Rama z profilu drewnianego. Dzięki trzem lustrom połączonym pod kątem prostym można uzyskać różne perspektywy, co sprawi, że przestrzeń w lustrze będzie dla dzieci jeszcze bardziej fascynująca. Obserwowanie w nich swojego odbicia lub odbić różnych przedmiotów to bardzo ciekawe doświadczenie. • 3 lustra • wys. podestu 19 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 91 x 91 x 109 cm</t>
   </si>
   <si>
     <t>092254</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - limonkowa</t>
   </si>
   <si>
     <t xml:space="preserve"> Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 18,2 cm• wym. 74,3 x 38,1 x 18,2 cm</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>092980</t>
   </si>
   <si>
     <t>Kładka równoważna</t>
   </si>
   <si>
     <t>Tor do ćwiczeń poprawiających reakcje równoważne. Wykonany z lakierowanej i malowanej sklejki o gr. 19 mm. • wym. kładki 140 x 20 cm • szczeble o gr. 2,5 cm co 13 cm • maksymalna wysokość 48 cm • wym. podstawy - muchomora 28 x 39,5 x 32 cm• wym. 28 x 40 x 32 cm</t>
   </si>
   <si>
     <t>092200</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - białe</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
   </si>
   <si>
     <t>146248</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D średni </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 50 x 58 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101127</t>
   </si>
   <si>
     <t>Materac do wnętrza sześcianu wspinaczkowego - mata - MED</t>
   </si>
   <si>
     <t>Dopasowany wymiarami do wnętrza sześcianu wspinaczkowego. • wym. 179 x 179 x 5 cm• wykonany z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu• wym. 5 cm</t>
   </si>
   <si>
     <t>026003</t>
   </si>
   <si>
     <t>Drabinka gimnastyczna pojedyncza</t>
   </si>
   <si>
-    <t>Drabinki gimnastyczne z zaczepami do montowania do ścian.• lakierowane drewnoDrabinka dostarczana jest z materiałami montażowymi do montażu na ścianie (odległość od ściany ok. 10 cm). Do montażu w większej odległości od ściany (40 cm) potrzebne są dodatkowe mocowania do ściany i podłogi (026039, 026040 - sprzedawane osobno).  Nie nadaje się do montażu na płycie gipsowo-kartonowej.  Upewnij się, że istnieje wystarczająca ochrona przed upadkiem. Pasujące maty (101322-101327, 101333-101342, 101758, 101900) sprzedawane osobno.  Spełnia normy dotyczące sprzętu gimnastycznego EN 913 i EN 12346.• wym. 90 cm x 256 cm</t>
+    <t>Drabinki gimnastyczne z zaczepami do montowania do ścian.• lakierowane drewnoDrabinka dostarczana jest z materiałami montażowymi do montażu na ścianie (odległość od ściany ok. 10 cm). Do montażu w większej odległości od ściany (40 cm) potrzebne są dodatkowe mocowania do ściany i podłogi (026039, 026040 - sprzedawane osobno). Nie nadaje się do montażu na płycie gipsowo-kartonowej.Upewnij się, że istnieje wystarczająca ochrona przed upadkiem. Pasujące maty (101322-101327, 101333-101342, 101758, 101900) sprzedawane osobno.Spełnia normy dotyczące sprzętu gimnastycznego EN 913 i EN 12346.• wym. 90 x 256 cm</t>
   </si>
   <si>
     <t>096990</t>
   </si>
   <si>
     <t>Quadro - szafka domek z 2 półkami, klon jasny</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).• wym. 79,2 x 41,5 x 126,9 cm</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092169</t>
   </si>
   <si>
     <t>Quadro - ławeczka na dużą skrzynię, klon jasny</t>
   </si>
@@ -338,51 +406,51 @@
   <si>
     <t>Lampa będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory stymulują uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element oświetlenia w białym domku lub kryjówkach czy szafkach. Jasność i kolor światła można zmieniać dzięki pilotowi na podczerwień (działa w promieniu 4 m). Do lampy dołączono także zasilacz (czas działania naładowanego urządzenia: powyżej 8 godzin, czas ładowania: 4-8 godzin). Wykonana z tworzywa sztucznego. • dł. kabla zasilającego 1,85 m • 16 kolorów • max. obciążenie 100 kg • temp. użytkowania od -14 do +35 stopni Celsjusza• wersja międzynarodowa - opis w języku obcym• śr. 40 cm</t>
   </si>
   <si>
     <t>092250</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - biała</t>
   </si>
   <si>
     <t>ZEST5491</t>
   </si>
   <si>
     <t>Parawany Flora - zestaw 1</t>
   </si>
   <si>
     <t>099389 _x0001_Parawan Flora 1, 1 szt. 099390 _x0001_Parawan Flora 2, 1 szt. 099391 _x0001_Parawan Flora 3, 1 szt. 099392 _x0001_Parawan Flora 4, 1 szt. 099393 _x0001_Parawan Flora 5, 1 szt. 099394 _x0001_Parawan Flora 6, 1 szt. 099395 _x0001_Parawan Flora 7, 1 szt. 099396 _x0001_Parawan Flora 8, 1 szt. 099397 _x0001_Mocowanie ścienne do parawanów Flora, 2 szt. 099398 _x0001_Łącznik do parawanów Flora, 7 szt. Zestaw umożliwia ustawienie paneli tylko w linii prostej. Aby umożliwić ustawienie paneli w formie kojca należy dokupić Łącznik 90 st. do parawanów Flora (099399).</t>
   </si>
   <si>
     <t>101849</t>
   </si>
   <si>
     <t>Bujak liść</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
   </si>
   <si>
     <t>842184</t>
   </si>
   <si>
     <t>Aplikacja - drzewo i przyjaciele</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • montuje się za pomocą dwustronnej taśmy • wym. wiewiórki 20,5 x 29 cm • wym. ptaszka 30 x 14,5 cm • wym. sowy  22 x 28 cm• wym. 130 cm x 166 cm</t>
   </si>
   <si>
     <t>092292</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - szara</t>
   </si>
   <si>
     <t>099626</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 2</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: dwie przesuwanki, bębenek, lusterko oraz aplikacje - muchomor i trawka. • wym. (szer. x wys.): 132 x 120 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
@@ -529,51 +597,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff05afc89977c1d28cd4a978c7893c281.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c702a2640bcb3fe87f8bc8383e715a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea22b2d6625cbfe20bb6f400ed5ac1cc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9cc82bbac4801da4ffa42702cb68444.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc534603f29e472f1d98950b81d493e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/460ab6ba490b02abf10dae72e59ce6d96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfee9ede289b3a71e042155381d1331a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b62a0138aa49c3cee46cc066b1ef148.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843a4af268079c5c7d4ea73b85fe89559.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07e5e7789d2e073a741a80031d7702110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc8e9d4cb5bd89c1d86ddcecccda57d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989b69a5eb2425dbb0e878a856c50f0512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be826294e38c38f8ee17e728fe8c9d2a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911bf1019318b90e02b876dc484e37f414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b3fcd0a8dbb73576eef22d8db0516815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e71df186c0bedfe16c337bc0dffcdb16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4071bda50d8fd31cac20b02d1206732b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec730dc2aa318357e049971fc4c481e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571b2a0910da0db552c4ef3a6a8ce08c19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a921f09248c40ef365b63776929090020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42dc2e0767f4513ee85074f9bad4fcbe21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dcd0d2b307697c11fb36290289cdd2722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b233b7661ca339949e87594b426f324923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debc8c5eec6c439a1b8657b91c852d4724.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082bc2ea2de9463adf87db8d26f27ee725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f9bb150eaac11cba4f256c6c52b39c26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5844ad161f2a767a0980ff7298146f4027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2ac10f180dcfb18008bd5ead09b250d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/400888785173a0b3b4be9a4c66c09d4229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4b0a2706c0fffd5f7aee8432903e9930.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c3ca82d6424fa755ddf3a9bb58ddc131.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89fb01f57a5dbe7094657444f0ba42732.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1164f3845f83843de2e160800251cf33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd31cb00473ccf6473fac7052c0234734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d7247c8f25f0b9756a912fd8e8d33ff35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b17244f5bf387821750c8e06e379a7236.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/687558ecb618be7efdcd83ac5506518d37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1698ba7186a28f7030c8872f5fe8b038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cced098e2378ceb8569841c7e3708ca39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61b8ce3b2fc689bfe2ed7733000eb7b40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e610292b36192d59e24e2242f4eff5e41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00e8d8bd706a540e06a07b5b7722ba1442.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6445fa81799545477b65a9a774b6b8843.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5451dd8bdba6e0aa5025b2d5730abf44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a47caeeb57f01228996071219ec89c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8a805f58f438cc73f098a243225be72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4b84aa07dd67a930bd4f6bd4566c8bb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/156c4e492cecd859124b446b0dfab02c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb16b30ab960354beb7eaba2c96f9bb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4ee71bc6ef7f92b3ccec62d75942d26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ff9aaa9875506c0469595cc67af4927.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2e87b2697d6c828c1b438dff4cd72b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b40d74a2ebcdafc9b2f6ad23de67949.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010bd8a986a0ce1cfbc4808b1fbe52d710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fb5b6f71c790ca9631ffb549bc45f011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c381c987327398087233ad92994f2c112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1044c046767a1d1a3a7b8df714fd875813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8f48c3ec65d1acb4e091426cc9bb3814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d4c97e334c235f79dd381018328ec15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9b2e32d8ad089a94e6fea50bb1c4e316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f023a3ef025c506389bb491190bdc8617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ba401f0255044fd3049a647b00ef9818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7447246c140e24425c172c96a6a14d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9415101cc3a604e64d5a1527e3aebb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae521c4b4e24aef226789490b6be45621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19d4a8f692fe2b6834576c128c24ce922.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8606ad91ff158667114a313b23d81523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63034e8517e51295ca77afa11d2327da24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5747dd4a73ab084987c7e211a8c29fa025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26983f2f16539978d2abf4d7e78d3b0d26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd0958f58c7adb2c2e114fb153cc11827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ea83dc5889e9d1b3dd2df3ded5655928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b998990b46c48593570994d29ee984b29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c295b92f49df91b648d56d0bf4d7560d30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14b57efa5ecea5e199a87e041147e14831.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc47bbba01e8bd321662e3ca22bdfda32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79108de14e3948a9be2febd63b9974e533.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75dc9c8466db1a97aba52ae16d3f58e534.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2530d4f7f2afd9dfce679e622126fe8a35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73234d028e3c23198d3dced8f187d28936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d4bd8172c241121edc73a451866c0337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9f3b314ff9ff6325d23c4462d0ba5a38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368b0ae5a1fa79692808f0cade164bc439.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600ae5f24ea15e5aa95f187409d1569640.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50a90efaba75963803d8ec1e3daeb7041.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a3f317942c98bbed592924291e120442.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb78a65cdc511f48707b5ea18ef71443.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcd30514fb2973c41ee1112140a3ad944.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0006" descr="Sala sensoryczna - Łąka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>