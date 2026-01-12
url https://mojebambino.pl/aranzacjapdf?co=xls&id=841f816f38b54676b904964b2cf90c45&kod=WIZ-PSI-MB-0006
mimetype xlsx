--- v1 (2025-11-25)
+++ v2 (2026-01-12)
@@ -20,413 +20,486 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>WIZ-PSI-MB-0006 Sala sensoryczna - Łąka</t>
   </si>
   <si>
-    <t>z dnia 2025-11-25 16:45:31</t>
+    <t>z dnia 2026-01-12 06:52:14</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>519304</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, czerwony</t>
   </si>
   <si>
-    <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 cm x 50 cm x 5 cm</t>
+    <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 x 50 x 5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098303</t>
   </si>
   <si>
     <t>Kącik Iris</t>
   </si>
   <si>
     <t>Kącik zabaw dla najmłodszych ma dwa wejścia - schodki i trap, idealny dla raczkujących maluchów, w środku czekają atrakcje w postaci paneli sensorycznych. Wykonany z lakierowanej sklejki, drewna i płyty laminowanej. Podest pokryty wykładziną. Z przodu znajduje się okienko wykonane z pleksi. Konieczne kotwiczenie do podłoża. • wym. całkowite 220 x 286 x 120 cm• wys. podestu 35 cm • Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych! • Rama z litego drewna (buk, jesion), klejona • Elementy wykonane z kolorowej płyty MDF  • Fala: pokrycie piankowe  ze sztuczą a skórą</t>
   </si>
   <si>
     <t>096622</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka ze ślimakiem</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z meditapu o wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku i wzroku. Ścianka zawiera trzy przesuwanki różnego typu. Pierwsza to ślimak, druga - trójkątne listki z trwałej tkaniny bez ftalanówo wys. 9 cm na metalowej rurce, a trzecia znajduje się w łodydze i liściach kwiatka. Dodatkowo, dzieci mogą dotykać białego futerka w obręczy z płyty MDF. Elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. • dł. 128 cm • wys. 115 cm. Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  szare</t>
-[...2 lines deleted...]
-    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
+    <t>Siedzisko Paolo krótkie, szare</t>
+  </si>
+  <si>
+    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>101516</t>
   </si>
   <si>
     <t>Mały zestaw materacy Quadro 1</t>
   </si>
   <si>
     <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z pianki, pokrytej wysokiej jakości, bardzo wytrzymałą tkaniną trudnopalną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• 101517 Materac Quadro 1 jasnoniebieski, wys. 10 cm• 101518 Materac Quadro 1 jasnozielony, wys. 10 cm• 101524 Materac Quadro 1 jasnoszary, wys. 20 cm• 101525 Materac Quadro 1 jasnozielony, wys. 20 cm• wymiary po złożeniu są zależne od sposobu ułożenia materacy</t>
   </si>
   <si>
     <t>092296</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - limonkowa</t>
   </si>
   <si>
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>566005</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy 2,5 m, 150 wiązek</t>
   </si>
   <si>
-    <t>Żyrandol światłowodowy daje ciekawe efekty świetlne. Mogą stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cm</t>
+    <t>Może stanowić element ozdobny i oświetleniowy np. w sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101481</t>
   </si>
   <si>
     <t>Walec z otworem</t>
   </si>
   <si>
-    <t xml:space="preserve">Piankowy walec pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. Przeznaczony do ćwiczeń rozwijających sprawność ruchową. • śr. 70 cm (wewnętrzna 50 cm) • dł. 100 cm </t>
+    <t>Piankowy walec pokryty trwałą tkaniną, łatwą do utrzymania w czystości. Przeznaczony do ćwiczeń rozwijających sprawność ruchową.• śr. 70 cm (wewnętrzna 50 cm) • dł. 100 cm Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>B9012-05-08-MW00-Z-SR-PA</t>
   </si>
   <si>
     <t>Stół Mila półokrągły z falą 140x70, blat brzoza, narożniki zaokrąglone, rozm. 5 z dwoma kółkami</t>
   </si>
   <si>
-    <t>Stoły Mila półokrągły z falą na stelażu metalowym z okrągłymi nogami przeznaczone do placówek dydaktycznych. Różne rozmiary stołów pozwalają na dostosowanie ich do wzrostu dzieci w żłobku, przedszkolu, jak i szkole. Blaty stołów Mila wykonane są ze sklejki (gr. 25 mm) pokrytej kolorowym laminatem HPL lub z płyty laminowanej (gr. 25 mm) w kolorze bukowym lub brzozowym wykończonej obrzeżem ABS o gr. 2 mm. Krawędzie zaokrąglone, narożniki w wersji prostej i zaokrąglonej (płyta laminowana) lub tylko zaokrąglonej (sklejka z HPL). Stoły występują w rozm. od 2 do 6 oraz w wersji z regulowaną wysokością 1-4 i 3-6.  Stelaż metalowy z profilu 40 x 20 mm, nogi okrągłe metalowe (śr. 40 mm), w kolorze aluminium.  Wyposażone w plastikowe stopki poziomujące z filcem, które umożliwiają precyzyjne poziomowanie stołu, niwelując tym samym krzywizny podłogi. Zawierają dodatkowo warstwę filcu zabezpieczającą podłogę przed zarysowaniami. Dostępne warianty nóg: nogi ze stopkami plastikowymi poziomującymi z filcem (SP) i nogi mieszane (SR – ze stopkami plastikowymi poziomującymi z filcem + na kółkach). • wymiar blatu 140 x 70 cm</t>
+    <t>Stoły Mila półokrągły z falą na stelażu metalowym z okrągłymi nogami przeznaczone do placówek dydaktycznych. Różne rozmiary stołów pozwalają na dostosowanie ich do wzrostu dzieci w żłobku, przedszkolu, jak i szkole. Blaty stołów Mila wykonane są ze sklejki (gr. 25 mm) pokrytej kolorowym laminatem HPL lub z płyty laminowanej (gr. 25 mm) w kolorze bukowym lub brzozowym wykończonej obrzeżem ABS o gr. 2 mm. Krawędzie zaokrąglone, narożniki w wersji prostej i zaokrąglonej (płyta laminowana) lub tylko zaokrąglonej (sklejka z HPL). Stoły występują w rozm. od 2 do 6 oraz w wersji z regulowaną wysokością 1-4 i 3-6.Stelaż metalowy z profilu 40 x 20 mm, nogi okrągłe metalowe (śr. 40 mm), w kolorze aluminium.Wyposażone w plastikowe stopki poziomujące z filcem, które umożliwiają precyzyjne poziomowanie stołu, niwelując tym samym krzywizny podłogi. Zawierają dodatkowo warstwę filcu zabezpieczającą podłogę przed zarysowaniami.Dostępne warianty nóg: nogi ze stopkami plastikowymi poziomującymi z filcem (SP) i nogi mieszane (SR – ze stopkami plastikowymi poziomującymi z filcem + na kółkach).• wymiar blatu 140 x 70 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146249</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D duży </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 40 x 78 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>099625</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 1</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: przesuwanka, drążek z paskami materiału zakończonymi różnymi rodzajami zapięć, frezowany jeżyk z drewnianą pałeczką do pocierania, piszczałka i aplikacja jagody. • wym. (szer. x wys.): 130,5 x 118 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>096621</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka z biedronką</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarny meditap. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarną tkaninę. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>126520</t>
   </si>
   <si>
     <t>Drabinka półokrągła duża</t>
   </si>
   <si>
-    <t>• 9 szczebli o śr. 3,5 cm • wym. 98 x 49 x 50 cm• wym. 98 cm x 49 cm x 50 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>• 9 szczebli o śr. 3,5 cm • wym. 98 x 49 x 50 cm• wym. 98 x 49 x 50 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>126521</t>
   </si>
   <si>
     <t>Drabinka trójkątna</t>
   </si>
   <si>
-    <t>• 12 szczebli o śr. 3,5 cm • wym. 93 x 51 x 83 cm OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>• 12 szczebli o śr. 3,5 cm • wym. 93 x 51 x 83 cm OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519302</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, pomarańczowy</t>
   </si>
   <si>
     <t>101858</t>
   </si>
   <si>
     <t>Bujak zajączek</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 73 x 26 x 54 cm• wys. siedziska 24 cm• waga: 1,8 kg• wykonany z wytrzymałej pianki• wym. 73 x 26 x 54 cm</t>
   </si>
   <si>
     <t>855651</t>
   </si>
   <si>
     <t>Zjeżdżalnia rolkowa Active</t>
   </si>
   <si>
-    <t>Linia urządzeń gimnastycznych serii Active przeznaczona jest do potrzeb i wymagań każdej placówki szkolno-wychowawczej. Szeroki wachlarz drabinek, różne rodzaje skrzyń gimnastycznych, możliwość uzupełnienia zestawień ławeczkami sensorycznymi zdecydowanie. Przemyślany system mocowań gwarantuje bezpieczne użytkowanie. Zastosowanie urządzeń serii Active wspomaga rozwój motoryczny dzieci, a także znacznie uatrakcyjnia wszelkie zajęcia ruchowe.Zjeżdżalnia rolkowa zbudowana ze specjalnych ruchomych piankowych rolek, które otaczają drewniane wałki, obszyte są bezftalanowym meditapem. Przy zjeżdżaniu w dół ciało jest masowane, stymulowane i uwrażliwiane. Zjeżdżalnia stanowi doskonałą bazę do odkrywania oraz rozwijania różnego rodzaju umiejętności. Wspomaga rozwój motoryki, uczy poczucia i utrzymania równowagi. Wykonana jest z 18 mm sklejki brzozowej, drążki o śr. 25 mm z drewna bukowego.• wym. 65 x 240 x 14 cm</t>
+    <t>Linia urządzeń gimnastycznych Active przeznaczona dla placówek szkolno-wychowawczych. Oferuje drabinki, skrzynie gimnastyczne oraz możliwość uzupełnienia zestawień ławeczkami sensorycznymi. Przemyślany system mocowań zapewnia bezpieczeństwo, a korzystanie z urządzeń wspiera rozwój motoryczny dzieci i uatrakcyjnia zajęcia ruchowe.Zjeżdżalnia rolkowa z ruchomymi piankowymi rolkami na drewnianych wałkach, obszytymi trwałą, łatwą w czyszczeniu tkaniną wolną od ftalanów. Podczas zjeżdżania ciało jest masowane i stymulowane, co wspiera rozwój motoryki i poczucie równowagi. Wykonana z 18 mm sklejki brzozowej; drążki o śr. 25 mm z drewna bukowego.• wym. 65 x 240 x 14 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>256101</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 4 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>850003</t>
   </si>
   <si>
     <t>Drabinka ścienna z drewnianymi szczeblami, do 120 kg</t>
   </si>
   <si>
-    <t>Wielofunkcyjna drabinka gimnastyczna wykonana w całości z drewna bukowego, zawiera dodatkowe akcesoria: drążek do podciągania, akcesoria dla dzieci: kółka gimnastyczne oraz linę z huśtawką. Drabinkę wystarczy przykręcić do ściany. Maksymalna waga użytkownika  to 120 kg. Maksymalna waga użytkownika akcesoriów dziecięcych – 50 kg. Produkt może różnić się od prezentowanego na zdjęciach. • wym. 64 x 220 cm</t>
+    <t>Wielofunkcyjna drabinka gimnastyczna wykonana w całości z drewna bukowego, zawiera dodatkowe akcesoria: drążek do podciągania, akcesoria dla dzieci: kółka gimnastyczne oraz linę z huśtawką. Drabinkę wystarczy przykręcić do ściany. Maksymalna waga użytkownika to 120 kg. Maksymalna waga użytkownika akcesoriów dziecięcych – 50 kg. Produkt może różnić się od prezentowanego na zdjęciach. • wym. 64 x 220 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092482</t>
   </si>
   <si>
     <t>Kącik lustrzany Alicji</t>
   </si>
   <si>
-    <t>Kącik wykonany z luster i lakierowanej sklejki o gr. 18 mm. Rama z profilu drewnianego. Dzięki trzem lustrom połączonym pod kątem prostym można uzyskać różne perspektywy, co sprawi, że przestrzeń w lustrze będzie dla dzieci jeszcze bardziej fascynująca. Obserwowanie w nich swojego odbicia lub odbić różnych przedmiotów to bardzo ciekawe doświadczenie. • 3 lustra • wys. podestu 19 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 91 x 91 x 109 cm</t>
+    <t>Kącik wykonany jest z luster oraz lakierowanej sklejki o gr. 18 mm. Konstrukcję uzupełnia rama z drewnianego profilu. Dzięki trzem lustrom połączonym pod kątem prostym można uzyskać różne perspektywy, co sprawia, że przestrzeń widoczna w odbiciach staje się dla dzieci jeszcze bardziej fascynująca. Obserwowanie własnego odbicia lub odbić różnych przedmiotów to niezwykle ciekawe i angażujące doświadczenie. • 3 lustra • wys. podestu 19 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 91 x 91 x 109 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092254</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - limonkowa</t>
   </si>
   <si>
     <t xml:space="preserve"> Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 18,2 cm• wym. 74,3 x 38,1 x 18,2 cm</t>
   </si>
   <si>
-    <t>585022</t>
-[...2 lines deleted...]
-    <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
+    <t>092980</t>
+  </si>
+  <si>
+    <t>Kładka równoważna</t>
+  </si>
+  <si>
+    <t>Tor do ćwiczeń poprawiających reakcje równoważne. Wykonany z lakierowanej i malowanej sklejki o gr. 19 mm. • wym. kładki 140 x 20 cm • szczeble o gr. 2,5 cm co 13 cm • maksymalna wysokość 48 cm • wym. podstawy – muchomora 28 x 39,5 x 32 cm• wym. 28 x 40 x 32 cmSpecyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
-Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
-Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
-[...26 lines deleted...]
-- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
-	pisak, 1 szt.
+	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
-	przewód USB-C dł - 2m, 1 szt.
-[...40 lines deleted...]
-    <t>Tor do ćwiczeń poprawiających reakcje równoważne. Wykonany z lakierowanej i malowanej sklejki o gr. 19 mm. • wym. kładki 140 x 20 cm • szczeble o gr. 2,5 cm co 13 cm • maksymalna wysokość 48 cm • wym. podstawy - muchomora 28 x 39,5 x 32 cm• wym. 28 x 40 x 32 cm</t>
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>092200</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - białe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – białe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>146248</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D średni </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 50 x 58 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101127</t>
   </si>
   <si>
-    <t>Materac do wnętrza sześcianu wspinaczkowego - mata - MED</t>
-[...2 lines deleted...]
-    <t>Dopasowany wymiarami do wnętrza sześcianu wspinaczkowego. • wym. 179 x 179 x 5 cm• wykonany z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu• wym. 5 cm</t>
+    <t>Materac do wnętrza sześcianu wspinaczkowego – mata – MED</t>
+  </si>
+  <si>
+    <t>Dopasowany wymiarami do wnętrza sześcianu wspinaczkowego. • wym. 179 x 179 x 5 cm• wykonany z wytrzymałej pianki z pokryciem z trwałej, zmywalnej tkaniny wolnej od ftalanów.• wym. 179 x 179 x 5 cm</t>
   </si>
   <si>
     <t>026003</t>
   </si>
   <si>
     <t>Drabinka gimnastyczna pojedyncza</t>
   </si>
   <si>
-    <t>Drabinki gimnastyczne z zaczepami do montowania do ścian.• lakierowane drewnoDrabinka dostarczana jest z materiałami montażowymi do montażu na ścianie (odległość od ściany ok. 10 cm). Do montażu w większej odległości od ściany (40 cm) potrzebne są dodatkowe mocowania do ściany i podłogi (026039, 026040 - sprzedawane osobno). Nie nadaje się do montażu na płycie gipsowo-kartonowej.Upewnij się, że istnieje wystarczająca ochrona przed upadkiem. Pasujące maty (101322-101327, 101333-101342, 101758, 101900) sprzedawane osobno.Spełnia normy dotyczące sprzętu gimnastycznego EN 913 i EN 12346.• wym. 90 x 256 cm</t>
+    <t>Drabinki gimnastyczne z zaczepami do montowania do ścian.• lakierowane drewnoDrabinka dostarczana jest z materiałami montażowymi do montażu na ścianie (odległość od ściany ok. 10 cm). Do montażu w większej odległości od ściany (40 cm) potrzebne są dodatkowe mocowania do ściany i podłogi (026039, 026040 – sprzedawane osobno). Nie nadaje się do montażu na płycie gipsowo-kartonowej.Upewnij się, że istnieje wystarczająca ochrona przed upadkiem. Pasujące maty (101322-101327, 101333-101342, 101758, 101900) sprzedawane osobno.Spełnia normy dotyczące sprzętu gimnastycznego EN 913 i EN 12346.• wym. 90 x 256 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096990</t>
   </si>
   <si>
-    <t>Quadro - szafka domek z 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).• wym. 79,2 x 41,5 x 126,9 cm</t>
+    <t>Quadro – szafka domek z 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).• wym. 79,20 x 41,50 x 126,90 cm</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywany z kolekcji Quadro wykonane są z runa 100% PP heat-set frise z przędzy pojedynczej. Charakteryzują się stonowaną kolorystyką oraz delikatnym wzornictwem. Produkt posiada Certyfikat Zgodności (Atest Higieniczny) i jest pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092169</t>
   </si>
   <si>
-    <t>Quadro - ławeczka na dużą skrzynię, klon jasny</t>
-[...2 lines deleted...]
-    <t>Ławeczkę można uzupełnić skrzyniami małymi (092084-092095, 094073-094083, sprzedawane osobno) lub dużymi (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 49,4 cm</t>
+    <t>Quadro – ławeczka na dużą skrzynię, klon jasny</t>
+  </si>
+  <si>
+    <t>Ławeczkę można uzupełnić skrzyniami małymi (092084-092095, 094073-094083, sprzedawane osobno) lub dużymi (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 49,40 cm</t>
   </si>
   <si>
     <t>554004</t>
   </si>
   <si>
     <t>Magiczna kula</t>
   </si>
   <si>
-    <t>Lampa będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory stymulują uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element oświetlenia w białym domku lub kryjówkach czy szafkach. Jasność i kolor światła można zmieniać dzięki pilotowi na podczerwień (działa w promieniu 4 m). Do lampy dołączono także zasilacz (czas działania naładowanego urządzenia: powyżej 8 godzin, czas ładowania: 4-8 godzin). Wykonana z tworzywa sztucznego. • dł. kabla zasilającego 1,85 m • 16 kolorów • max. obciążenie 100 kg • temp. użytkowania od -14 do +35 stopni Celsjusza• wersja międzynarodowa - opis w języku obcym• śr. 40 cm</t>
+    <t>Lampa będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory stymulują uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element oświetlenia w białym domku lub kryjówkach czy szafkach. Jasność i kolor światła można zmieniać dzięki pilotowi na podczerwień (działa w promieniu 4 m). Do lampy dołączono także zasilacz (czas działania naładowanego urządzenia: powyżej 8 godzin, czas ładowania: 4-8 godzin). Wykonana z tworzywa sztucznego. • dł. kabla zasilającego 1,85 m • 16 kolorów • max. obciążenie 100 kg • temp. użytkowania od -14 do +35 stopni Celsjusza• wersja międzynarodowa – opis w języku obcym• śr. 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092250</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - biała</t>
   </si>
   <si>
     <t>ZEST5491</t>
   </si>
   <si>
     <t>Parawany Flora - zestaw 1</t>
   </si>
   <si>
     <t>099389 _x0001_Parawan Flora 1, 1 szt. 099390 _x0001_Parawan Flora 2, 1 szt. 099391 _x0001_Parawan Flora 3, 1 szt. 099392 _x0001_Parawan Flora 4, 1 szt. 099393 _x0001_Parawan Flora 5, 1 szt. 099394 _x0001_Parawan Flora 6, 1 szt. 099395 _x0001_Parawan Flora 7, 1 szt. 099396 _x0001_Parawan Flora 8, 1 szt. 099397 _x0001_Mocowanie ścienne do parawanów Flora, 2 szt. 099398 _x0001_Łącznik do parawanów Flora, 7 szt. Zestaw umożliwia ustawienie paneli tylko w linii prostej. Aby umożliwić ustawienie paneli w formie kojca należy dokupić Łącznik 90 st. do parawanów Flora (099399).</t>
   </si>
   <si>
     <t>101849</t>
   </si>
   <si>
     <t>Bujak liść</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
   </si>
@@ -436,69 +509,69 @@
   <si>
     <t>Aplikacja - drzewo i przyjaciele</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • montuje się za pomocą dwustronnej taśmy • wym. wiewiórki 20,5 x 29 cm • wym. ptaszka 30 x 14,5 cm • wym. sowy  22 x 28 cm• wym. 130 cm x 166 cm</t>
   </si>
   <si>
     <t>092292</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - szara</t>
   </si>
   <si>
     <t>099626</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 2</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: dwie przesuwanki, bębenek, lusterko oraz aplikacje - muchomor i trawka. • wym. (szer. x wys.): 132 x 120 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>092204</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - limonkowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – limonkowe</t>
   </si>
   <si>
     <t>096989</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,8 x 41,5 x 166,8 cm</t>
+    <t>Quadro – szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) – maksymalnie 4 szuflady w dolnej części. • wym. 116,80 x 41,50 x 166,80 cm</t>
   </si>
   <si>
     <t>519019</t>
   </si>
   <si>
-    <t>Siatka do wspinaczki - potrójna</t>
-[...2 lines deleted...]
-    <t>W przypadku montażu siatki do kabiny SI należy dokupić karabińczyki (306161).Wspinanie się wspomaga harmonijny rozwój dziecka, wzmacnia niemal wszystkie mięśnie, ale działa przede wszystkim na zwinność dziecka i jego ogólną kondycję, motorykę i koordynację. Jest wspaniałym sposobem na naukę panowania nad własnym ciałem i spożytkowanie nadmiaru energii. Dziecko może wspinać się w swoim tempie, nie nadwyrężając mięśni i stawów, jak często zdarza się w przypadku sportów nastawionych na rywalizację. Drabinki i siatki służą do ćwiczenia naprzemienności oraz ćwiczeń grawitacyjnych dla dzieci z lękiem wysokości.• dla starszych dzieci • wym. 85 x 200 cm • dł. szczebli 30 cm  • max. obciążenie 50 kg• do montażu huśtawki w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można ją po prostu przymocować do istniejącego karabińczyka.• od 5 lat</t>
+    <t>Siatka do wspinaczki – potrójna</t>
+  </si>
+  <si>
+    <t>W przypadku montażu siatki do kabiny SI należy dokupić karabińczyki (306161).Wspinanie się wspomaga harmonijny rozwój dziecka, wzmacnia niemal wszystkie mięśnie, ale działa przede wszystkim na zwinność dziecka i jego ogólną kondycję, motorykę i koordynację. Jest wspaniałym sposobem na naukę panowania nad własnym ciałem i spożytkowanie nadmiaru energii. Dziecko może wspinać się w swoim tempie, nie nadwyrężając mięśni i stawów, jak często zdarza się w przypadku sportów nastawionych na rywalizację. Drabinki i siatki służą do ćwiczenia naprzemienności oraz ćwiczeń grawitacyjnych dla dzieci z lękiem wysokości.• dla starszych dzieci • wym. 85 x 200 cm • dł. szczebli 30 cm • max. obciążenie 50 kg• do montażu huśtawki w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można ją po prostu przymocować do istniejącego karabińczyka.• od 5 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>519301</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, zielony</t>
   </si>
   <si>
     <t>146244</t>
   </si>
   <si>
     <t>EKO dekor - chmurka</t>
   </si>
   <si>
     <t>Duża dekoracja ścienna wykonana z tworzywa uzyskanego z przetworzonych butelek PET. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 150 x 88,5 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>519303</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, niebieski</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
@@ -597,51 +670,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a47caeeb57f01228996071219ec89c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8a805f58f438cc73f098a243225be72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4b84aa07dd67a930bd4f6bd4566c8bb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/156c4e492cecd859124b446b0dfab02c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb16b30ab960354beb7eaba2c96f9bb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4ee71bc6ef7f92b3ccec62d75942d26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ff9aaa9875506c0469595cc67af4927.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2e87b2697d6c828c1b438dff4cd72b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b40d74a2ebcdafc9b2f6ad23de67949.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010bd8a986a0ce1cfbc4808b1fbe52d710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73fb5b6f71c790ca9631ffb549bc45f011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c381c987327398087233ad92994f2c112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1044c046767a1d1a3a7b8df714fd875813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8f48c3ec65d1acb4e091426cc9bb3814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31d4c97e334c235f79dd381018328ec15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9b2e32d8ad089a94e6fea50bb1c4e316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f023a3ef025c506389bb491190bdc8617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ba401f0255044fd3049a647b00ef9818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7447246c140e24425c172c96a6a14d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9415101cc3a604e64d5a1527e3aebb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae521c4b4e24aef226789490b6be45621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19d4a8f692fe2b6834576c128c24ce922.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8606ad91ff158667114a313b23d81523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63034e8517e51295ca77afa11d2327da24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5747dd4a73ab084987c7e211a8c29fa025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26983f2f16539978d2abf4d7e78d3b0d26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd0958f58c7adb2c2e114fb153cc11827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ea83dc5889e9d1b3dd2df3ded5655928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b998990b46c48593570994d29ee984b29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c295b92f49df91b648d56d0bf4d7560d30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14b57efa5ecea5e199a87e041147e14831.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc47bbba01e8bd321662e3ca22bdfda32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79108de14e3948a9be2febd63b9974e533.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75dc9c8466db1a97aba52ae16d3f58e534.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2530d4f7f2afd9dfce679e622126fe8a35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73234d028e3c23198d3dced8f187d28936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d4bd8172c241121edc73a451866c0337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9f3b314ff9ff6325d23c4462d0ba5a38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/368b0ae5a1fa79692808f0cade164bc439.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600ae5f24ea15e5aa95f187409d1569640.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50a90efaba75963803d8ec1e3daeb7041.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a3f317942c98bbed592924291e120442.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38eb78a65cdc511f48707b5ea18ef71443.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcd30514fb2973c41ee1112140a3ad944.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace52d45ec447f1d870513b5ae25c2531.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9156797c8f43072204f0739086656b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6ea223d8d71f391735bf95a64a7d013.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7cfd0d0034164d0b7ff7c359aa7b6c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb2f6d3f35e7933a1cf2368825452405.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/960e599170d90ed8dfa460f293b46aa96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24dea68b981d425a254b9f353133ac607.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92bea4fe2ca61feb6232e50bc2f6e768.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5119fcbff7a439f810fab9594a3acc19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010503216ac8c18e8958c5adf7466cfc10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f77b2f667fe2420f46af9db42ed6a9711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7aab80bde7f628c1232c02dfa9b063712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f035d1ab6497d09b4baad628adff2f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a699cee6d9a980ee1686f8aeced8374214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dbe72716c455b10e9da61114102eca15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a33e22691d2c41c9afe0be243d46e9a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da3c192c20d89e8d408804122690d5717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de13a7ffba3a9ce44c4ba4aabad899e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422c964463c53f2e51c7fe026ccecc9b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b979c5ac28756433f8e9e00b2c2a9620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ad0e184f59047a6e88a1af01793eb121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e5b6ea3920a54120cf973d0c4b219522.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2140573354dcf34e80bc3869f321bfb223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3bc06c4611261265eaaec2033bbc0d24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5329b594cbc1e3841b3ef64718b4c6825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9793be621cd70841a0fbc24ddc31611a26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfff68535028bb3e0f51147fc8f74ff27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2804719231d0a3a6173754efaaf6ed428.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38623060e7902b13917e8b631b10168a29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8234ed9d94d88b91a93a5d9b9adc276530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8680627e057cb49c99037363de615e6331.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8e4d7dac4e3d1bca940baa85cea5e832.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18e4ecfd94dcf265961fd4f52b49e7833.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f55d26e91a0e4182a502a44a31f9af34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc658010fe47074dec1a48d3df2d68735.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b0734517f4e0d686ffcde8fd7280fb36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad5573933c896167dbce529340013b337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d4c8720761409b2e6e9713a0776abd38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da848444dd8ca544334843e8a29b413e39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bce321b3a9160cc61c83fdf7a560e27740.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f517c8ccb131acf9ea63987463d5ae541.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382ca43f6ca55f5a4b8e7e90afdd58c342.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305bd735c00eca0792a95d0d21782c3143.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1207f9198e2605a42a4adbe39396749244.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0006" descr="Sala sensoryczna - Łąka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1272,81 +1345,81 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="585022" descr="585022"/>
+        <xdr:cNvPr id="23" name="092980" descr="092980"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="092980" descr="092980"/>
+        <xdr:cNvPr id="24" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -2743,75 +2816,75 @@
       <c r="E26" s="8">
         <v>2</v>
       </c>
       <c r="F26" s="10">
         <v>249.9</v>
       </c>
       <c r="G26" s="11">
         <v>499.8</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>6887.9</v>
+        <v>749.9</v>
       </c>
       <c r="G27" s="11">
-        <v>6887.9</v>
+        <v>749.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>749.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G28" s="11">
-        <v>749.9</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="8">
         <v>3</v>
       </c>
       <c r="F29" s="10">
         <v>119.9</v>
       </c>
       <c r="G29" s="11">
         <v>359.7</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
@@ -3195,51 +3268,51 @@
       <c r="A48" s="7"/>
       <c r="B48" s="8" t="s">
         <v>129</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>130</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="8">
         <v>1</v>
       </c>
       <c r="F48" s="10">
         <v>899.9</v>
       </c>
       <c r="G48" s="11">
         <v>899.9</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="F50" s="4" t="s">
         <v>131</v>
       </c>
       <c r="G50" s="12">
-        <v>88538.6</v>
+        <v>90650.6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 