--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>AR-ZEST5173-a-15 Stołówka Mila</t>
   </si>
   <si>
-    <t>z dnia 2025-10-04 11:06:52</t>
+    <t>z dnia 2025-11-19 15:36:05</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>822093</t>
   </si>
   <si>
     <t>Łyżeczka</t>
   </si>
@@ -304,51 +304,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d988542c4e5cabe182aaa245bb7f90d41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15ae6b39fbeda350d202ccda266d6ee62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c05b1a8e1c278893b51195ebd4d49623.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e6fe2ab97304f14711a33ac02cb6814.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4787b045071acc580ddc316bd8b2cc075.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/debde38ede7e87bea39770d48ee7f56e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff808d52d13ffb251f91f168dbb03cb7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f415e8997d81258d22ed872cecf518e28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fb24bf50013fcdf1d0362854dd9ad59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76c953f8bb46e560c1b5254dfd003f910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30ac5628bf36d248b6c9c42498cbf7311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f689924172ec1463f7eb91d476b540b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac05c8a6312a86e10015a9cec73989d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a43260c33923b140eb6d15f4b0a9cc14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32f439f1743e4596df189a09152a92e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d036f09d8e0242fd88aa81d1b05e23fe16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a5446040face88ffb3652f3211da1717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6237748653e1a61ab329b8b6584dbac18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2372335e6c6255a2a62e8436665e14341.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2166c31868ce1e6c9d9c09823684442.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53bad5dd7704f0b853f775d2956a6b7b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200501dffc846afc99c1584f9b74d5b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290146f6523d6ef7b2107a18274819085.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233ebbde35e385e6e9403e5a5450ab286.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da403e4999ec91c238c9fa8a65b47b4f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fdeb4b0eb786c37d451c4af23a12be8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405ee271c8cf4dffa9ebbb078ec592d29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42627f5b5216eb5e58f49a42067fc4f510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7809765b44cdc639fe449ed8548933411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab835b20d8d707d4232bb73fdc8ca1c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca6e6bfafae0a70b60b2863c8711cf013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f36836748093e5588c7b8e488f640ab114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63392dc113f66acaeefdf7b3927c06ab15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a05ff7526f1c0fed48552c258d529916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1313623198dcbc4f1483b1439c68f1b717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9171d5f6005fc3398397e32a010ae84218.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-ZEST5173-a-15" descr="Stołówka Mila"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>