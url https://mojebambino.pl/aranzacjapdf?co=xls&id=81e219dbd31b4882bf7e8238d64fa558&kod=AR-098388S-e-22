--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t xml:space="preserve">AR-098388S-e-22 Sala przedszkolna Quadro z zestawem Góry </t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:15:30</t>
+    <t>z dnia 2025-11-20 00:00:43</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
@@ -92,51 +92,51 @@
   <si>
     <t>098380</t>
   </si>
   <si>
     <t>Przesuwanka Góry</t>
   </si>
   <si>
     <t>Kolorowe przesuwanki z różnymi motywami tematycznymi. Podczas zabawy nimi dzieci rozwijają motorykę. Wykonane z płyty MDF.• akrylowe lustro • wym. 154,5 x 106 cm• od 3 lat</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
     <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
   </si>
   <si>
     <t>SET6398S-N</t>
   </si>
   <si>
     <t>Quadro - zestaw Góry 90 st., cichy domyk, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki górskiej: ośnieżone szczyty, górska łąka. • 092187 Quadro - regał wielofunkcyjny - klon jasny  - 1 szt. • 092147 Quadro - regał M z przegrodą i półką - klon jasny  - 4 szt. • drzwi i szuflady z aplikacjami nawiązującymi do tematyki górskiej• aplikacje gór• wym. 471,1 x 41,5 x 161,6 cm• długość zestawu: 4,711 m</t>
+    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki górskiej: ośnieżone szczyty, górska łąka. • 092187 Quadro - regał wielofunkcyjny - klon jasny  - 1 szt. • 092147 Quadro - regał M z przegrodą i półką - klon jasny  - 4 szt. • drzwi i szuflady z aplikacjami nawiązującymi do tematyki górskiej• aplikacje gór• wym. 471,10 x 41,50 x 161,60 cm• długość zestawu: 4,71 m</t>
   </si>
   <si>
     <t>118316</t>
   </si>
   <si>
     <t>Krzesło Filipek ze stopką filcową rozm. 3 - naturalne</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
   </si>
   <si>
     <t>056159</t>
   </si>
   <si>
     <t xml:space="preserve"> Dywan Góry 2 x 3 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>098388S</t>
   </si>
   <si>
     <t>Quadro - szafa XL do zestawu Góry 90 st., cichy domyk, skrzynia klon jasny</t>
   </si>
@@ -250,51 +250,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be65f3b616aec5cb9f2a377a9239cc71.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd0e8e5a02ed4c317442c2f8ded1f212.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4a93d5038b959144f5de3c77885ec63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/059478128c75180f0b8411f69bb6253e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c0df2ae8d4bc270a6a49512305a0bd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95921be6a370e093dd86eb6f43c7cece6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aeba73aba4b0c2066bd4617bdfb9ffc7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05caf669cef2230d29368d0834c52a738.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238f4d236f3ebf45c4648b86696ebcdb9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0684a8e5e95773aa04700dd5a8fc64ab10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46352a69b7f114d81fe787e6531b9fe511.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/239134902d665d8341667757ad6b5c821.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c28c0e3e0d8ff3eab4631028e8fb63f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92cc648f68c063b58615593f527361233.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f41cac33ad78339da24ff2603d6cd34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d93325c38fbac24281d9448b924fce365.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1c5d68954c45a91e86ff62bad8b5696.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e57fa5fff02ef549beaf6fb50807aba7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56109d4c01b15306c78aa3a09fb23848.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d0bbb89912905dd4c997a7d9613eba9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c627d3ff4b74e825dc2f518b21fb6010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7f6c845d6318ea6ae5bbe8e464f4b411.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-098388S-e-22" descr="Sala przedszkolna Quadro z zestawem Góry "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>