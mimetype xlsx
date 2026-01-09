--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -19,210 +19,351 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>WIZ-SZK-MB-0057 Pracownia mobilna ze stołami Moove+</t>
   </si>
   <si>
-    <t>z dnia 2025-10-05 16:51:22</t>
+    <t>z dnia 2026-01-09 23:40:02</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096877K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>096192-03</t>
   </si>
   <si>
     <t>Szafa Expo z witryną 2 biała</t>
   </si>
   <si>
-    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm</t>
+    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm• wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>092150W</t>
   </si>
   <si>
-    <t>Quadro - regał M z 2 przegrodami i półką, biały</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na wszystkich poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z białej płyty laminowanej o gr. 18 mm.• wym. 116,8  x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z 2 przegrodami i półką, biały</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. Od 2024 r. można zamocować je na wszystkich poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z białej płyty laminowanej o gr. 18 mm.• wym. 116,80 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>146064</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna magnetyczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>D094332-03</t>
   </si>
   <si>
     <t>Szafa wysoka dwudrzwiowa - biała</t>
   </si>
   <si>
     <t>Szafa 2-drzwiowa wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375, buku lub białej. Wyposażona w 4 półki i zamek z kluczem. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>096898W</t>
   </si>
   <si>
-    <t>Regał Grande M - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,2 cm</t>
+    <t>Regał Grande M – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,20 cm</t>
   </si>
   <si>
     <t>098152</t>
   </si>
   <si>
     <t>Stół Moove+ czworoboczny rozm. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Mobilny stół na stelażu metalowym z okrągłymi nogami (śr. 32 mm). Stelaż został zespolony z nogami dla zwiększenia stabilności. Blat z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem ABS o gr. 1 mm.• dwie stopki i dwa kółka z hamulcem • dł. boków 90, 42, 70, 70 cmStoły Moove Plus dzięki swojemu nieregularnemu kształtowi oferują szeroką gamę możliwości ustawiania i łączenia. Krótkie boki trójkątnych stołów Moove Plus pasują do długich boków kwadratowych stołów Moove Plus. Kwadratowe stoły Moove Plus można łatwo ustawić w łuk, aby umożliwić grupom dyskusyjnym. W tym celu ustawia się je obok siebie na długich bokach; z przodu (szer. 70 cm) jest wystarczająco dużo miejsca dla 1 osoby. Dzięki kółkom aranżację można szybko dostosować do zmieniających się sytuacji podczas nauki i pracy. </t>
   </si>
   <si>
     <t>098789W</t>
   </si>
   <si>
     <t>Mobilne biurko Grande – białe</t>
   </si>
   <si>
     <t>Mobilne biurko dla nauczyciela z regulowaną wysokością blatu. Blat i półka wykonany z płyty wiórowej o gr. 18 mm w kolorze jasnego klonu lub białym, posiada aluminiowy stelaż. Posiada wysuwaną półkę. Funkcjonalne biurko, które zadowoli każdego nauczyciela. • min. wys. 76 cm; max. wys. 90 cm• wym. 100 x 55 x 90 cm</t>
   </si>
   <si>
     <t>803093</t>
   </si>
   <si>
     <t>Szafa chemiczna wysoka z półkami z blachy ocynkowanej</t>
   </si>
   <si>
     <t>Szafa warsztatowa na chemikalia, z półkami z blachy ocynkowanej, do przechowywania odczynników chemicznych i środków łatwopalnych.Szafa o masywnej konstrukcji z pełnymi drzwiami, z profilem wzmacniającym. Drzwi osadzone są na mocnych zawiasach zewnętrznych, zamykane są zamkiem kluczowym z pokrętłem, z 3- punktowym systemem ryglowania. Drzwi posiadają otwory, których zadaniem jest zasysanie do szafy powietrza z zewnątrz.Wewnątrz szafy umieszczone są listwy zaczepowe, na których zawieszone są za pomocą stalowych ceowników przestawne pełne półki z blachy ocynkowanej z obrzeżami wokół, zabezpieczającymi przed wylaniem się niebezpiecznych substancji poza wnętrze szafy.• 4 przestawne półki  • wym. 100 x 50 x 200 cm• wym. 100 x 50 x 200</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>044118</t>
   </si>
   <si>
-    <t>Tablica korkowa 100 x 200 cm - błękitna</t>
-[...2 lines deleted...]
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
+    <t>Tablica korkowa 100 x 200 cm – błękitna</t>
+  </si>
+  <si>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>256083</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w kółka i mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 43 do 56 cm</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
     <t>096900W</t>
   </si>
   <si>
-    <t>Regał Grande L - biały</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t>Regał Grande L – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>256082</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z reg.  wys. żółte</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -306,51 +447,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1a15006ca34fcc5ba7fce113cd37e71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787a2c63b3fd495409ca939389eec3872.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2246b1c6464dc2cba1c551c95d113ee3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2046b6e48b112e0918fbc3861c28d34b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af546530b7b532117fa0624b77b5aaa5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b8062bf345568827b2e0286d871a16b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299ffa331c1ed19ac6aacc559f1e91b07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c50bfb70d68405c176237ce6fe20218.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b2b899b45a2d8a8334efbe0719abd39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2342f4e31db5a9732eb3ce10798103410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92aa72e6bb2f269439e7e7f4481898e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e68ce74619ecc8fb3024cb6a352c81b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2a63c93012a755fc9aed070077b5ab13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4148094d9b0f59a707a6c15b48de35414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1824b1edd8f31d2d7cbbbf897b3b84ac15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78d6ed24318c330d8c5d1fbc4801170316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80efbab5230aef021451ca7c444b6cb17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267f360dfad9a8ed112b78d92cb9149c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d78c448a13d31ff8780a9985c1d61072.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b50819d11521f88a8f08fec5f13bbe33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a81680b5bc09cfc213bb5dbd26bceaa4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2d38a6a5a7bea7c05019c0054a460b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ccf52d7e9d25a3663b3fa50666dc7e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a1006f1cd198cfa8a0b2ed09e2c0c17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb42b4947dee7c12639c71dfa7f03488.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f15e9faee2ff63d84cfe62c45bedd569.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3afc013e1badfc476077ca4ca620ad8510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7d1d8ba757032f55f20ec988e68d7e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae3c9613f402e59c9b9a733c8c0e4c612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72cfdc2fb5053b80e57e3958ad03cb913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb2015d114f5712dd8d3c91d4b8c3f814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3802947520389d97358619f47c9442bf15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f87ad2e11fd72553ad8e8992d6bb9b16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361d163837cb72fdce3be3ef05cd0c9917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35487f0ab9d545f84cf70ac00d9828b918.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0057" descr="Pracownia mobilna ze stołami Moove+"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -711,147 +852,177 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="256083" descr="256083"/>
+        <xdr:cNvPr id="14" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="101691" descr="101691"/>
+        <xdr:cNvPr id="15" name="256083" descr="256083"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="585022" descr="585022"/>
+        <xdr:cNvPr id="16" name="101691" descr="101691"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="096900W" descr="096900W"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="256082" descr="256082"/>
+        <xdr:cNvPr id="18" name="256082" descr="256082"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1450,149 +1621,149 @@
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
         <v>399.9</v>
       </c>
       <c r="G17" s="11">
         <v>399.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>769.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G18" s="11">
-        <v>9238.8</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E19" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F19" s="10">
-        <v>399.9</v>
+        <v>769.9</v>
       </c>
       <c r="G19" s="11">
-        <v>399.9</v>
+        <v>9238.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E20" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>599.9</v>
+        <v>399.9</v>
       </c>
       <c r="G20" s="11">
-        <v>1199.8</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F21" s="10">
-        <v>6887.9</v>
+        <v>599.9</v>
       </c>
       <c r="G21" s="11">
-        <v>6887.9</v>
+        <v>1199.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E22" s="8">
         <v>12</v>
       </c>
       <c r="F22" s="10">
         <v>769.9</v>
       </c>
       <c r="G22" s="11">
         <v>9238.8</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="F24" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G24" s="12">
-        <v>54203.2</v>
+        <v>56315.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 