--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -20,168 +20,168 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>WIZ-PSI-MB-0003 Sala SI Wiosenna Łąka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 00:32:02</t>
+    <t>z dnia 2025-11-26 12:19:08</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>251031</t>
   </si>
   <si>
     <t>Wyspa do balansowania</t>
   </si>
   <si>
     <t>Gumowa piłka do balansowania, umieszczona na stabilnej podstawie, może być napompowana do różnej objętości. Ćwiczenia na wyspie rozwijają koordynację ruchową i koncentrację. • śr. 40 cm • wys. 25 cm • maksymalne obciążenie 200 kg• śr. 40 cm• wym. 25 cm</t>
   </si>
   <si>
     <t>101405</t>
   </si>
   <si>
     <t>Gruszka mini zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 40 cm• wym. 60 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>101258</t>
   </si>
   <si>
     <t>Poduszki okrągłe 20 szt.</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. Wymiarem dopasowane do stojaków na poduszki (098967, 098966) • śr. 35 cm • wys. 3 cm</t>
+    <t>Poduszki wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości, wypełnione gąbką. Wymiarem dopasowane do stojaków na poduszki (098967, 098966) • śr. 35 cm • wys. 3 cm</t>
   </si>
   <si>
     <t>601058</t>
   </si>
   <si>
     <t>Duże kamienie</t>
   </si>
   <si>
     <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy.• maksymalne obciążenie 100 kg• 2 kamienie o długości boku 36 cm i wys. 8,5 cm  • 2 kamienie o długości boku 40,5 cm i wys. 17 cm  • 1 kamień o długości boku 42 cm i wys. 25,5 cm  • od 2 lat</t>
   </si>
   <si>
     <t>126041</t>
   </si>
   <si>
     <t>Kącik zabaw łąka z elementami sensorycznymi prawy</t>
   </si>
   <si>
     <t>Wymarzone miejsce kreatywnej zabawy dla malucha. Stymuluje zmysł wzroku i dotyku, a także rozwija koordynację wzrokowo- ruchową. Kącik został wyposażony w miękkie materace, które zapewnią dziecku bezpieczeństwo. Z jednej strony znajdują się schody, a z drugiej zjeżdżalnia. Po drodze skrywa się wiele atrakcji w postaci sensorycznych elementów, mocowanych na stałe. Pod zjeżdżalnią znajduje się wejście - tunel z pianki. Dodatkowo w kącikach znajdziemy przesuwanki stymulujące motorykę rąk. Podłoże pokryte jest antypoślizgową wykładziną. • wym. podestu 110 x 110 cm • wys. podestu 59 cm • dł. zjeżdżalni 135 cm • dł. schodów 120 cm Konieczne kotwiczenie do podłoża. Wskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).Do kącika wykorzystano: • sklejkę lakierowaną (brzozową) • aplikacje z płyty MDF lakierowanej kolorowo • ramę z litego drewna (buk, klejony) • zjeżdżalnię pokrytą solidną, odporną na zarysowania powłoką HPL • schody z listwami antypoślizgowymi • podest z antypoślizgową wykładziną • mata i tunel: trwała pianka z łatwym w pielęgnacji pokryciem ze sztucznej skóry  • pasujące drzwi do montażu na schodach (096843) należy zamówić osobno • montaż: w rogu (zalecany) • wymagana przestrzeń: 245 x 230 cm • wysokość całkowita: 174,5 cm • Zastosowano ekologiczny, wodny lakier akrylowy, który jest nieszkodliwy dla zdrowia.** W przypadku dużych naprężeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
   </si>
   <si>
     <t>519027</t>
   </si>
   <si>
     <t>Trampolina domowa</t>
   </si>
   <si>
     <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są  szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 lat</t>
   </si>
   <si>
     <t>601025</t>
   </si>
   <si>
     <t>Kładka do balansowania</t>
   </si>
   <si>
-    <t>Umieszczona pomiędzy podstawami (601030 - sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 miesięcy</t>
+    <t>Umieszczona pomiędzy podstawami (601030 - sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 lat</t>
   </si>
   <si>
     <t>520001</t>
   </si>
   <si>
     <t>Tunel prosty</t>
   </si>
   <si>
     <t>• śr. 46 cm • dł. 180 cm • od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.</t>
   </si>
   <si>
     <t>096621</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka z biedronką</t>
   </si>
   <si>
-    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarny meditap. Meditapem obszyte są też kolorowe elementy kwiatków. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
+    <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarną tkaninę. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>601030</t>
   </si>
   <si>
     <t>Podstawa wysoka</t>
   </si>
   <si>
-    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg • wys. 24 cm• śr. 40 cm• od 2 do 10 miesięcy</t>
+    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg• wys. 24 cm• śr. 40 cm• od 2 do 10 lat</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -259,51 +259,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727dffd00766e01fde1e21686306d53f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd692f53259085a83aa9eef667c627342.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45771165692397bcab2f2f6ec4a12a43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d178366218b6c088b6b223bc831dafb4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4075943551fde864c8b90f656a0d0b055.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2d77c151c2e7fef0d2300784e3b8236.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed625f077d92900bd4bc7008261e2b17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2eae88f75d4d14ca28fb4258b746498.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b912fd1cf51d755c7155b60430f83d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b8eb99c666c1b8206f47d191ef498f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a81e9d5bee7b29e5012172076db41c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c6a4aec6aafa4b1bd13667e10d8aca12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c722d710e655b3ca8150697b2b65ac661.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88844a5f802e0443957c2072927285972.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2103867811dc04c827295c5ffbe3543.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e2e7b0354698f2eb07b2371fe1d731e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839f000ee510e6afd35bfac8f88176fa5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3aced4609ddd476823e0ba31ff64db6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a1c9f9815236e8f7092402554ef57e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47aa485dca3898fa164bfb13d04aabf8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d79fde2cc2bd84a91865e308fdf0929.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93d393cac5a52bb8adaa862d8313ff110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27472cd42784143774cc9871040927b611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b0f1223dcc872c3686f3eb5327dfd8612.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5086350" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0003" descr="Sala SI Wiosenna Łąka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>