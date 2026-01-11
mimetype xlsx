--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -20,168 +20,169 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>WIZ-PSI-MB-0003 Sala SI Wiosenna Łąka</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 12:19:08</t>
+    <t>z dnia 2026-01-11 07:18:15</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>251031</t>
   </si>
   <si>
     <t>Wyspa do balansowania</t>
   </si>
   <si>
-    <t>Gumowa piłka do balansowania, umieszczona na stabilnej podstawie, może być napompowana do różnej objętości. Ćwiczenia na wyspie rozwijają koordynację ruchową i koncentrację. • śr. 40 cm • wys. 25 cm • maksymalne obciążenie 200 kg• śr. 40 cm• wym. 25 cm</t>
+    <t>Gumowa piłka do balansowania, umieszczona na stabilnej podstawie, może być napompowana do różnej objętości. Ćwiczenia na wyspie rozwijają koordynację ruchową i koncentrację. • śr. 40 cm • wys. 25 cm • maksymalne obciążenie 200 kg• śr. 40 cm• wym. 25 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101405</t>
   </si>
   <si>
     <t>Gruszka mini zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 40 cm• wym. 60 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 40 cm• wym. 60 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101258</t>
   </si>
   <si>
     <t>Poduszki okrągłe 20 szt.</t>
   </si>
   <si>
     <t>Poduszki wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości, wypełnione gąbką. Wymiarem dopasowane do stojaków na poduszki (098967, 098966) • śr. 35 cm • wys. 3 cm</t>
   </si>
   <si>
     <t>601058</t>
   </si>
   <si>
     <t>Duże kamienie</t>
   </si>
   <si>
-    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy.• maksymalne obciążenie 100 kg• 2 kamienie o długości boku 36 cm i wys. 8,5 cm  • 2 kamienie o długości boku 40,5 cm i wys. 17 cm  • 1 kamień o długości boku 42 cm i wys. 25,5 cm  • od 2 lat</t>
-[...8 lines deleted...]
-    <t>Wymarzone miejsce kreatywnej zabawy dla malucha. Stymuluje zmysł wzroku i dotyku, a także rozwija koordynację wzrokowo- ruchową. Kącik został wyposażony w miękkie materace, które zapewnią dziecku bezpieczeństwo. Z jednej strony znajdują się schody, a z drugiej zjeżdżalnia. Po drodze skrywa się wiele atrakcji w postaci sensorycznych elementów, mocowanych na stałe. Pod zjeżdżalnią znajduje się wejście - tunel z pianki. Dodatkowo w kącikach znajdziemy przesuwanki stymulujące motorykę rąk. Podłoże pokryte jest antypoślizgową wykładziną. • wym. podestu 110 x 110 cm • wys. podestu 59 cm • dł. zjeżdżalni 135 cm • dł. schodów 120 cm Konieczne kotwiczenie do podłoża. Wskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).Do kącika wykorzystano: • sklejkę lakierowaną (brzozową) • aplikacje z płyty MDF lakierowanej kolorowo • ramę z litego drewna (buk, klejony) • zjeżdżalnię pokrytą solidną, odporną na zarysowania powłoką HPL • schody z listwami antypoślizgowymi • podest z antypoślizgową wykładziną • mata i tunel: trwała pianka z łatwym w pielęgnacji pokryciem ze sztucznej skóry  • pasujące drzwi do montażu na schodach (096843) należy zamówić osobno • montaż: w rogu (zalecany) • wymagana przestrzeń: 245 x 230 cm • wysokość całkowita: 174,5 cm • Zastosowano ekologiczny, wodny lakier akrylowy, który jest nieszkodliwy dla zdrowia.** W przypadku dużych naprężeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
+    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy. • maksymalne obciążenie 100 kg• 2 kamienie o długości boku 36 cm i wys. 8,5 cm • 2 kamienie o długości boku 40,5 cm i wys. 17 cm • 1 kamień o długości boku 42 cm i wys. 25,5 cm • od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.• wym. 135 x 135 x 50 cm</t>
   </si>
   <si>
     <t>519027</t>
   </si>
   <si>
     <t>Trampolina domowa</t>
   </si>
   <si>
-    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są  szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 lat</t>
+    <t>Skoki na trampolinie są wspaniałą formą treningu, ale także terapii. Rozwijają motorykę, koordynację, wzmacniają mięśnie oraz pomagają w kształtowaniu prawidłowej postawy ciała. Stymulują najważniejsze funkcje życiowe organizmu, czyli pracę serca, układu oddechowego, polepszają cyrkulację krwi, dzięki czemu dzieci lepiej dotlenią organizm. Trampolina rozwija również orientację przestrzenną. Ćwiczenia na trampolinie dostarczają dziecku wielu wrażeń sensorycznych i są szczególnie zalecane przy stymulacji przedsionkowej i proprioceptywnej.Dziecko w trakcie ćwiczeń nie podtrzymuje się, w razie potrzeby podparcie daje mu terapeuta lub rodzic. Trampolina jest składana. • śr. 100 cm (powierzchnia do skakania 75 cm) • wys. 22 cm • maksymalne obciążenie 45 kg• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>601025</t>
   </si>
   <si>
     <t>Kładka do balansowania</t>
   </si>
   <si>
-    <t>Umieszczona pomiędzy podstawami (601030 - sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 lat</t>
+    <t>Umieszczona pomiędzy podstawami (601030 – sprzedawane osobno) kładka z tworzywa, której ruchoma część zmusza dziecko do kontrolowania przenoszenia ciężkości ciała. Skok dźwigni wynosi 6 cm. • wym. 72 x 13 x 10 cm • maksymalne obciążenie 75 kg• wym. 72 x 13 x 10 cm• od 3 do 10 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>520001</t>
   </si>
   <si>
     <t>Tunel prosty</t>
   </si>
   <si>
-    <t>• śr. 46 cm • dł. 180 cm • od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.</t>
+    <t>• śr. 46 cm • dł. 180 cm • od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Specyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>094124</t>
+  </si>
+  <si>
+    <t>Kącik Leśny zakątek z elementami sensorycznymi</t>
+  </si>
+  <si>
+    <t>Wymarzone miejsce kreatywnej zabawy dla malucha. Stymuluje zmysł wzroku i dotyku, a także rozwija koordynację wzrokowo- ruchową. Kącik został wyposażony w miękkie materace, które zapewnią dziecku bezpieczeństwo. Z jednej strony znajdują się schody, a z drugiej zjeżdżalnia. Po drodze skrywa się wiele atrakcji w postaci sensorycznych elementów, mocowanych na stałe. Pod zjeżdżalnią znajduje się wejście - tunel z pianki. Dodatkowo w kącikach znajdziemy przesuwanki stymulujące motorykę rąk. Podłoże pokryte jest antypoślizgową wykładziną. • wym. podestu 110 x 110 cm • wys. podestu 59 cm • dł. zjeżdżalni 135 cm • dł. schodów 120 cm
+Konieczne kotwiczenie do podłoża. Wskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322PU-101327PU, 101337PU-101342PU, 101758PU, sprzedawane osobno).• wys. 119 cm• wymagana powierzchnia 244 x 227 cm• wys. podestu 59 cm• dł. boku ze zjeżdżalnią 243,5 cmDo kącika pasują drzwiczki 096843 (sprzedawane osobno). Schody i zjeżdżalnię można montować zamiennie - w zależności od preferencji.OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096621</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna - łąka z biedronką</t>
   </si>
   <si>
     <t>Ścianka dostarczy maluchom wielu wrażeń stymulujących zmysł dotyku, wzroku i słuchu. Zawiera dużą przesuwankę oraz dwa widoczne lustra z pleksi o śr. 14,5 i 10 cm, w ramkach o śr. 19 i 14,5 cm wykonanych z kolorowej płyty MDF . Pod skrzydełkami biedronki z suwakiem znajduje się kolejne lustro, wszyte w czarną tkaninę. Kolorowe elementy kwiatków obszyte są trwałą tkaniną bez ftalanów. Niższy kwiatek posiada 4 płatki o dł. 16,5 cm, każdy z innym elementem sensorycznym lub dźwiękowym. Kolejną atrakcją jest koło obrotowe o śr. 15,5 cm z kolorowym nadrukiem. Obracając się, koło zmienia kolor na zielony • dł. 130 cm • wys. 105 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>601030</t>
   </si>
   <si>
     <t>Podstawa wysoka</t>
   </si>
   <si>
-    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg• wys. 24 cm• śr. 40 cm• od 2 do 10 lat</t>
+    <t>Służy do tworzenia torów przeszkód z wykorzystaniem Kładki do balansowania (601025) i Kładki z taśmą (601024) lub Dysku równoważni (601032). • 1 szt. • maksymalne obciążenie 75 kg• wys. 24 cm• śr. 40 cm• od 2 do 10 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -259,51 +260,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c722d710e655b3ca8150697b2b65ac661.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88844a5f802e0443957c2072927285972.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2103867811dc04c827295c5ffbe3543.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e2e7b0354698f2eb07b2371fe1d731e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839f000ee510e6afd35bfac8f88176fa5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3aced4609ddd476823e0ba31ff64db6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a1c9f9815236e8f7092402554ef57e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47aa485dca3898fa164bfb13d04aabf8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d79fde2cc2bd84a91865e308fdf0929.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93d393cac5a52bb8adaa862d8313ff110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27472cd42784143774cc9871040927b611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b0f1223dcc872c3686f3eb5327dfd8612.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7349211f0dd5c34cffa906540ec90e861.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cc084b07c65fff0476f89359128a4182.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aefe65992ad2633f577ac750f0da1263.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83d59c3562cce31945988b85c646ca94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ec063b760a5ba5272d40cb8cb09cdf5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c075e8eb4f45fcc1275256fb5be4c07a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3675bafb82a33b70780af8f67ad65bb7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5136e457bb7fa19798b76d97639e3e2c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d524725185286d9a366d1ea418ca3f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7bd58cbd6b45e2818322c19666bd3b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032f8a0ab8a13c0bef48a52af613300911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12efd0a3dac29e99b26fee3fb20c896512.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5086350" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0003" descr="Sala SI Wiosenna Łąka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -424,171 +425,171 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="126041" descr="126041"/>
+        <xdr:cNvPr id="6" name="101426" descr="101426"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="101426" descr="101426"/>
+        <xdr:cNvPr id="7" name="519027" descr="519027"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="519027" descr="519027"/>
+        <xdr:cNvPr id="8" name="601025" descr="601025"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="601025" descr="601025"/>
+        <xdr:cNvPr id="9" name="520001" descr="520001"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="520001" descr="520001"/>
+        <xdr:cNvPr id="10" name="094124" descr="094124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1088,188 +1089,188 @@
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>739.9</v>
       </c>
       <c r="G9" s="11">
         <v>739.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>8399.9</v>
+        <v>1499.9</v>
       </c>
       <c r="G10" s="11">
-        <v>8399.9</v>
+        <v>1499.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>1499.9</v>
+        <v>379.9</v>
       </c>
       <c r="G11" s="11">
-        <v>1499.9</v>
+        <v>379.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>379.9</v>
+        <v>319.9</v>
       </c>
       <c r="G12" s="11">
-        <v>379.9</v>
+        <v>319.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>319.9</v>
+        <v>59.9</v>
       </c>
       <c r="G13" s="11">
-        <v>319.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>59.9</v>
+        <v>9999.9</v>
       </c>
       <c r="G14" s="11">
-        <v>59.9</v>
+        <v>9999.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
         <v>1609.9</v>
       </c>
       <c r="G15" s="11">
         <v>1609.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>2</v>
       </c>
       <c r="F16" s="10">
         <v>169.9</v>
       </c>
       <c r="G16" s="11">
         <v>339.8</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="F18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G18" s="12">
-        <v>15158.8</v>
+        <v>16758.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 