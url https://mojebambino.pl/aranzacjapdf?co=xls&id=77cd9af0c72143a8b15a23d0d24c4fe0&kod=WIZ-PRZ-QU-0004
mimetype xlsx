--- v0 (2025-10-02)
+++ v1 (2026-01-17)
@@ -15,311 +15,313 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>WIZ-PRZ-QU-0004 Sala przedszkolna Quadro SI</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:11:11</t>
+    <t>z dnia 2026-01-17 13:25:49</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>126503</t>
   </si>
   <si>
     <t>Nogi kwadratowe, 4 szt. rozm. 2 (52 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Nogi dostępne są w 5 wysokościach (126501-126504, 126506). Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt. • gr. 47 x 47 mm• rozm. 2 (52 cm)</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  szare</t>
-[...2 lines deleted...]
-    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
+    <t>Siedzisko Paolo krótkie, szare</t>
+  </si>
+  <si>
+    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>101797</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  ciemnoszare</t>
+    <t>Siedzisko Paolo krótkie, ciemnoszare</t>
   </si>
   <si>
     <t>092200</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - białe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – białe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
+  </si>
+  <si>
+    <t>119007N</t>
+  </si>
+  <si>
+    <t>Krzesło Krzyś Deluxe z podłokietnikami i stopką filcową, rozm. 2, buk</t>
+  </si>
+  <si>
+    <t>Wygodne krzesło dla malucha z oparciami pod ręce. Wykonane z lakierowanego drewna bukowego.  Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.</t>
   </si>
   <si>
     <t>092251</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - szara</t>
   </si>
   <si>
     <t xml:space="preserve"> Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 18,2 cm• wym. 74,3 x 38,1 x 18,2 cm</t>
   </si>
   <si>
-    <t>096572-2F</t>
-[...7 lines deleted...]
-  <si>
     <t>096945</t>
   </si>
   <si>
-    <t>Ścianka wspinaczkowa - zamek</t>
-[...2 lines deleted...]
-    <t>Kolorowe ścianki wspinaczkowe zachęcą dzieci do aktywności ruchowej i wspólnej zabawy. Wspinaczka świetnie rozwija koordynację i równowagę. Ścianki wykonane ze sklejki o gr. 18 mm. Uchwyty z tworzywa sztucznego w różnych kolorach i kształtach. Ścianka wspinaczkowa złożona z 3 elementów. • wym. 243 x 241 cmUwaga: można montować tylko na ścianach z płyt betonowych.Instrukcja montażu ścianek wspinaczkowych 096943-096945:• Nie montować na lekkich ścianach (płytach gipsowo-kartonowych).• Wszystkie moduły są indywidualnie mocowane do ściany• Moduły można także montować indywidualnie na różnych ścianach• Uchwyty wspinaczkowe są wstępnie zmontowane• wym. 243 cm x 241 cm</t>
+    <t>Ścianka wspinaczkowa – zamek</t>
+  </si>
+  <si>
+    <t>Kolorowe ścianki wspinaczkowe zachęcą dzieci do aktywności ruchowej i wspólnej zabawy. Wspinaczka świetnie rozwija koordynację i równowagę. Ścianki wykonane ze sklejki o gr. 18 mm. Uchwyty z tworzywa sztucznego w różnych kolorach i kształtach. Ścianka wspinaczkowa złożona z 3 elementów. • wym. 243 x 241 cmUwaga: można montować tylko na ścianach z płyt betonowych.Instrukcja montażu ścianek wspinaczkowych 096943-096945:• Nie montować na lekkich ścianach (płytach gipsowo-kartonowych).• Wszystkie moduły są indywidualnie mocowane do ściany• Moduły można także montować indywidualnie na różnych ścianach• Uchwyty wspinaczkowe są wstępnie zmontowane• wym. 243 x 241 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096989</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,8 x 41,5 x 166,8 cm</t>
+    <t>Quadro – szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) – maksymalnie 4 szuflady w dolnej części. • wym. 116,80 x 41,50 x 166,80 cm</t>
   </si>
   <si>
     <t>092250</t>
   </si>
   <si>
     <t>Quadro - szuflada szeroka - biała</t>
   </si>
   <si>
     <t>850001</t>
   </si>
   <si>
     <t>Drabinka ścienna z drewnianymi szczeblami</t>
   </si>
   <si>
     <t>Wielofunkcyjna drabinka gimnastyczna zawiera dodatkowe akcesoria: drążek do podciągania, akcesoria dla dzieci: kółka gimnastyczne, linę z huśtawką. Drabinka montowana jest do ściany lub rozporowo (podłoga-sufit). Maksymalna waga użytkownika  to 150 kg. Maksymalne obciążenie akcesoriów dla dzieci - 80 kg. Produkt może różnić się od prezentowanego na zdjęciach. • wym. 67 x 230-235 cm• boki wykonane z metalu malowanego proszkowo, szczebelki z olejowanego drewna bukowego • wys. regulowana</t>
   </si>
   <si>
     <t>099343</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 186 cm</t>
   </si>
   <si>
     <t>096961</t>
   </si>
   <si>
-    <t>Maglownica do terapii zaburzeń SI - MED</t>
-[...2 lines deleted...]
-    <t>Maglownica to urządzenie dostarczające stymulacji proprioceptywnej, dziecko przeciskając się pomiędzy wałkami, stymuluje układ czucia głębokiego. Wykorzystywana jest szczególnie podczas terapii zaburzeń integracji sensorycznej u dzieci i stosuje się je między innymi w celu hamowania obronności dotykowej.  Ćwiczenia na maglownicy polegają na dostarczaniu dużej dawki wrażeń czucia głębokiego a jej zaletą jest równomierne i ciągłe działanie bodźców. Równocześnie istnieje możliwość regulacji siły nacisku wałków maglownicy, dzięki czemu można dostosować siłę ćwiczeń do indywidualnych potrzeb dziecka. Dodatkowo maglownica do terapii SI posiada także mini wałki do ćwiczeń rąk i nóg.  Do użytku pod nadzorem terapeuty.  • regulacja siły nacisku wałków • wym. 74,6 x 112,5 x 74 cm   • wym. 113 cm x 75 cm x 74 cm• od 3 lat• wyrób medyczny - klasa IOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Maglownica do terapii zaburzeń SI – MED</t>
+  </si>
+  <si>
+    <t>Urządzenie dostarcza stymulacji proprioceptywnej – dziecko przeciskając się pomiędzy wałkami stymuluje układ czucia głębokiego; ćwiczenia te polegają na dostarczaniu dużej dawki wrażeń czucia głębokiego, są szczególnie wskazane przy zaburzeniach sensorycznych i stosuje się je w celu hamowania obronności dotykowej. Dodatkowo urządzenie posiada miniwałki do ćwiczeń rąk i nóg i przeznaczone jest do użytku pod nadzorem terapeuty. • regulacja siły nacisku wałków• wym. 75 x 113 x 74 cm• od 3 lat• wyrób medyczny - klasa IOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Do użytku pod bezpośrednim nadzorem osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>SET6299</t>
   </si>
   <si>
     <t>Quadro - zestaw 139, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną PVC, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101793 Siedzisko Paolo krótkie,  jasnozielone, 1 szt.• 101796 Siedzisko Paolo krótkie,  szare, 1 szt.• 101800 Siedzisko Paolo krótkie,  beżowe, 1 szt.• 101801 Siedzisko Paolo krótkie,  jasnobrązowe, 1 szt.• wym. 283 x 141,5 x 67,5 cm• długość zestawu: 2,83 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101793 Siedzisko Paolo krótkie,  jasnozielone, 1 szt.• 101796 Siedzisko Paolo krótkie,  szare, 1 szt.• 101800 Siedzisko Paolo krótkie,  beżowe, 1 szt.• 101801 Siedzisko Paolo krótkie,  jasnobrązowe, 1 szt.• wym. 283 x 141,50 x 67,50 cm• długość zestawu: 2,83 m</t>
   </si>
   <si>
     <t>099358</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - szafka-ławeczka 2 - szary materac - klon jasny </t>
   </si>
   <si>
-    <t>Niska szafka z siedziskiem, wyposażona w 2 szuflady. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wys. materaca 4 cm• wym. 79,2 x 41,5 x 30,7 cm</t>
+    <t>Niska szafka z siedziskiem, wyposażona w 2 szuflady. Wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wys. materaca 4 cm• wym. 79,20 x 41,50 x 30,70 cm</t>
   </si>
   <si>
     <t>101325</t>
   </si>
   <si>
-    <t>Materac antypoślizgowy wym. 90 x 40 x 8 cm niebieski - MED</t>
-[...2 lines deleted...]
-    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160kg/m3.• wym. 40 x 90 x 8 cm • wym. 90 cm x 40 cm x 8 cm• wyrób medyczny - klasa I</t>
+    <t>Materac antypoślizgowy wym. 90 x 40 x 8 cm niebieski – MED</t>
+  </si>
+  <si>
+    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160 kg/m³.• wym. 40 x 90 x 8 cm • wym. 40 x 90 x 8 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>096978</t>
   </si>
   <si>
     <t>Regał ścienny drzewko</t>
   </si>
   <si>
     <t>Regał w kształcie drzewa z ozdobnymi listkami, wykonany ze sklejki. Wyposażony w 3 półki na książki, pomoce i zabawki. • wym. 100,5 x 27,6 x 156,5 cmZastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>096996</t>
   </si>
   <si>
     <t>Quadro - szafa skrytkowa 14 - klon jasny</t>
   </si>
   <si>
     <t>Pojemne szafy z zamykanymi na klucz schowkami. Wykonane z płyty laminowanej w tonacji klonu jasnego lub białej o gr. 18 mm. Drzwiczki wykonane z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną, wyposażone w zawiasy 180 stopni. Każde drzwiczki w górnej części mają podłużny otwór. Istnieje możliwość dokupienia dodatkowych półek (092199 do zewnętrznych przegród, 092287 do środkowych). • wys. schowków 36,7 oraz 55,4 cm• wym. 116,8 x 41,5 x 199 cm</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
-    <t>Przełącz i naciśnij - aktywna tablica</t>
-[...2 lines deleted...]
-    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 cm x 4 cm x 25 cm</t>
+    <t>Przełącz i naciśnij – aktywna tablica</t>
+  </si>
+  <si>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101806</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  białe</t>
+    <t>Siedzisko Paolo krótkie, białe</t>
   </si>
   <si>
     <t>096988</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z tablicą magnetyczną i 2 półkami, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka w kształcie domku wykonana z płyty laminowanej w tonacji klonu jasnego i białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełnić ją małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212–092218, 092220–092222, 092224–092225, 098854-098864, 092212S-092218S, 092220S-092222S, 092224S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki pokryty jest magnetyczną farbą umożliwiającą mocowanie do niej magnesów.  • wym. 155 x 60 x 186 cm• wym. 154,4 x 60 x 182,8 cm</t>
+    <t>Quadro – szafka-domek z tablicą magnetyczną i 2 półkami, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka w kształcie domku wykonana z płyty laminowanej w tonacji klonu jasnego i białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełnić ją małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212–092218, 092220–092222, 092224–092225, 098854-098864, 092212S-092218S, 092220S-092222S, 092224S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki pokryty jest magnetyczną farbą umożliwiającą mocowanie do niej magnesów. • wym. 154,40 x 60 x 186 cm</t>
   </si>
   <si>
     <t>096942</t>
   </si>
   <si>
     <t>Duży stół podświetlany</t>
   </si>
   <si>
     <t>Nowoczesny, prosty stół z podświetlanym blatem. Idealny do podświetlania przejrzystych i przezroczystych obiektów, obserwowania wzorów, kształtów i kolorów. • wym. 120 x 60 x 60 cm • wym. podświetlanego blatu 116 x 56 cm • przestrzeń pod blatem: 88 x 44 x 25 cm• wym. 120 cm x 60 cm x 60 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Długi kabel.Ryzyko uduszenia.</t>
   </si>
   <si>
     <t>101799</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  czarne</t>
+    <t>Siedzisko Paolo krótkie, czarne</t>
   </si>
   <si>
     <t>101775</t>
   </si>
   <si>
     <t>Basen 2 x 2 m, wys. 60 cm</t>
   </si>
   <si>
-    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779 - do basenów o wys. 60 cm lub 101828 - do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm• wym. 2 x 2 m • wys. 60 cm • 3000 piłeczek o śr. 8 cm• Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 lat</t>
-[...8 lines deleted...]
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
+    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779PU – do basenów o wys. 60 cm lub 101828PU – do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm• wym. 2 x 2 m • wys. 60 cm • 3000 piłeczek o śr. 8 cm• Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 lat</t>
   </si>
   <si>
     <t>096955</t>
   </si>
   <si>
     <t>Blat kwadratowy biały</t>
   </si>
   <si>
     <t>Blat wykonany z płyty laminowanej o gr. 18 mm, wykończony obrzeżem ABS o gr. 2 mm. Blat dostępny w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach lub nogi okrągłe z regulowaną wysokością (sprzedawane osobno). • wym. blatu 74 x 74 cm</t>
   </si>
   <si>
     <t>850003</t>
   </si>
   <si>
     <t>Drabinka ścienna z drewnianymi szczeblami, do 120 kg</t>
   </si>
   <si>
-    <t>Wielofunkcyjna drabinka gimnastyczna wykonana w całości z drewna bukowego, zawiera dodatkowe akcesoria: drążek do podciągania, akcesoria dla dzieci: kółka gimnastyczne oraz linę z huśtawką. Drabinkę wystarczy przykręcić do ściany. Maksymalna waga użytkownika  to 120 kg. Maksymalna waga użytkownika akcesoriów dziecięcych – 50 kg. Produkt może różnić się od prezentowanego na zdjęciach. • wym. 64 x 220 cm</t>
+    <t>Wielofunkcyjna drabinka gimnastyczna wykonana w całości z drewna bukowego, zawiera dodatkowe akcesoria: drążek do podciągania, akcesoria dla dzieci: kółka gimnastyczne oraz linę z huśtawką. Drabinkę wystarczy przykręcić do ściany. Maksymalna waga użytkownika to 120 kg. Maksymalna waga użytkownika akcesoriów dziecięcych – 50 kg. Produkt może różnić się od prezentowanego na zdjęciach. • wym. 64 x 220 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>840002</t>
   </si>
   <si>
-    <t>Zestaw klocków JollyHeap - szaro-czerwone</t>
-[...2 lines deleted...]
-    <t>Magnetyczne klocki JollyHeap to fantastyczna zabawa, jednocześnie jednak klocki rozwijają wyobraźnię dzieci, ich zdolności manualne oraz kreatywność i logiczne myślenie.  Prezentowany zestaw klocków JollyHeap składa się ze 100 elementów w 4 kształtach (Sześcian 76 szt., trójkąt 12 szt., sześcian ucięty 8 szt., piramidka 4 szt.) w szaro - czerwonej kolorystyce.  Pierwsze gry z klockami rozpoczynają się od eksperymentowania (rzucania, toczenia, dotykania), potem są one wykorzystywane do budowy, a następnie służą jako materiał do tworzenia gier i zabaw fabularnych. Dzięki łatwemu i dość trwałemu łączeniu się magnetycznych klocków dziecięce konstrukcje budowlane mogą spełniać ich małe marzenia.  Przy pomocy klocków dziecko poznaje: kolor, kształt, magnetyzm, związki logiczne pomiędzy poszczególnymi elementami. Bawiąc się magnetyczną zabawką JollyHeap, dzieci nie tylko tworzą różne kształty oraz dwu- i trójwymiarowe struktury, lecz także rozwijają zdolności motoryczne, uwagę, wyobraźnię przestrzenną, myślenie asocjacyjne oraz wyrabiają w sobie pilność i staranność.  Kostki JollyHeap są bardzo bezpieczne. Nie mają ostrych krawędzi, są lekkie i wykonane są z miękkiego materiału, który nie emituje hałasu.  Klocki wykonane z pianki o podwyższonej gęstości (30 kg/m3). Pokryte są kolorową, łatwozmywalną tkaniną. Zawierają magnesy neodymowe.  • 100 szt.  • 4 kształty  • wym. klocków: 12 x 12 x 12 cm; 15,5 x 13,5 x 7 cm; 16,5 x 12 x 9 cm  • przeznaczone dla dzieci od 12 miesięcy • od 12 miesięcy</t>
+    <t>Zestaw klocków JollyHeap – szaro-czerwone</t>
+  </si>
+  <si>
+    <t>Magnetyczne klocki JollyHeap to fantastyczna zabawa, jednocześnie jednak klocki rozwijają wyobraźnię dzieci, ich zdolności manualne oraz kreatywność i logiczne myślenie.
+Prezentowany zestaw klocków JollyHeap składa się ze 100 elementów w 4 kształtach
+(Sześcian 76 szt., trójkąt 12 szt., sześcian ucięty 8 szt., piramidka 4 szt.) w szaro - czerwonej kolorystyce.
+Pierwsze gry z klockami rozpoczynają się od eksperymentowania (rzucania, toczenia, dotykania), potem są one wykorzystywane do budowy, a następnie służą jako materiał do tworzenia gier i zabaw fabularnych. Dzięki łatwemu i dość trwałemu łączeniu się magnetycznych klocków dziecięce konstrukcje budowlane mogą spełniać ich małe marzenia.
+Przy pomocy klocków dziecko poznaje: kolor, kształt, magnetyzm, związki logiczne pomiędzy poszczególnymi elementami. Bawiąc się magnetyczną zabawką JollyHeap, dzieci nie tylko tworzą różne kształty oraz dwu- i trójwymiarowe struktury, lecz także rozwijają zdolności motoryczne, uwagę, wyobraźnię przestrzenną, myślenie asocjacyjne oraz wyrabiają w sobie pilność i staranność.
+Kostki JollyHeap są bardzo bezpieczne. Nie mają ostrych krawędzi, są lekkie i wykonane są z miękkiego materiału, który nie emituje hałasu.
+Klocki wykonane z pianki o podwyższonej gęstości (30 kg/m3). Pokryte są kolorową, łatwozmywalną tkaniną. Zawierają magnesy neodymowe.
+• 100 szt.
+• 4 kształty
+• wym. klocków: 12 x 12 x 12 cm; 15,5 x 13,5 x 7 cm; 16,5 x 12 x 9 cm
+• przeznaczone dla dzieci od 12 miesięcy
+• od 12 miesięcy</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -397,51 +399,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/154e1dabb757edaf301ead4d8c72fbd61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa496848bafc8d86332d643f17a558e02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4595c2f50c38dccf91f7b74cb6d192383.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5b52e23412bc06474e906852e4e5704.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f01d74b74abdadf1c9730ead2591a285.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f854bfabd159d1a90807e732303935506.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e976d35f39c9936834acb2928e6645647.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efc80502de04c40dcc147ff13c2e45f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ab805d23808c97d25fc903640b6c259.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e162916fed5b97a7333d94cf424c8d510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdee53c3fdfbd7dd5bd88d4b63b5c2511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4875be513cd9cbc1de684144072d67112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17fbb7473daf5ef7dedfc9d3a2be03c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7f6d4a8750e9a7fce9ff8a9173008714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450bf5a3d9165270c287348c55f1dcca15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9203be4c6d99de4fa5d2d232bcfec87c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a6dad7fd3090a37c299fee9dcd53b117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff553bafa90510b45447f835abb1f68918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d9b50f13cbd6f2a5401acaf966854d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29db8fa03866264e1c866e89c344839f20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b5f3a980e81dcf9ba5537e7530317721.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14edf4e6e0a34fd8f89c2c8ba3dfd4e722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcd3340d5ee8c54a1b3c4283244158a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6043e639b93cf0b450df7dcad08377c24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b958f371647f8bed7300ed4187330ca325.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3c881a3af69c019ddad44cda7ce62be26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/597942ea51d61a98d5eac2f8f7220c2227.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f30e2b2c1f8e65ff250d6dc341c68728.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e75502a5a4e3e7bff4f545baef2736f29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f64e6a17e655ce08c5301700609b2fce1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babaaeb33e03a2223302c878a57f36e72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0f488c4d7586aab80788902b2ac1d93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62ab3da3a53836232bfcc830717857d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f2f4348528c07c49a4e12ff915fdba5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5f845805b82b7afde8eeabe884f3d36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e41d61bb5b793adefa3eeb35c9883e07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8de4e29022a31b693582132c0b639478.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a8ded4ffab9baf33e389586cbdaa749.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f8a085d44e4d78700ef92c2fffb493f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4b9503982b7be2583f9cf2a210bd5f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dbb4b0bc8fc26cca2fe71b2e5814ecf12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d59c9abdae165977942811b23de233413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27f3683059c4d32db6a007758f48c0c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27dbfd16869cab234362d6f01fb199f15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe52986444608bdf430bc785375f99fa16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bd0ec32c780a65bc0ebb140cbd1edc17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c2d5ca459943f3cf7fefb483c6e9fe18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70e4d2bdc37dbdc187d3446f754197719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a8e0cff0d6dd18fbad07e16b7b901720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ff35264ab2c6515fae029e1cb564f921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf225a2b36f933948c2f47b79647b57922.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78ec2ba0e95661b5317c553c0754efa23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12414e8df59721f8a19a2068f41deb4424.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a85af52f71eab32c38d24ac253067e25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e787aeb39fb37866940d86ea69cd03f326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb69e7aa65699416cf2ee14a0a1421f27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44f1dba6d7d507a604ce91dff72896128.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="8229600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0004" descr="Sala przedszkolna Quadro SI"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -562,81 +564,81 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="092251" descr="092251"/>
+        <xdr:cNvPr id="6" name="119007N" descr="119007N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="096572-2F" descr="096572-2F"/>
+        <xdr:cNvPr id="7" name="092251" descr="092251"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1162,147 +1164,117 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="095455" descr="095455"/>
+        <xdr:cNvPr id="26" name="096955" descr="096955"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="096955" descr="096955"/>
+        <xdr:cNvPr id="27" name="850003" descr="850003"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="850003" descr="850003"/>
+        <xdr:cNvPr id="28" name="840002" descr="840002"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1569,54 +1541,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F35" sqref="F35:G35"/>
+      <selection activeCell="F34" sqref="F34:G34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1733,78 +1705,78 @@
       <c r="D9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>119.9</v>
       </c>
       <c r="G9" s="11">
         <v>119.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="8">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F10" s="10">
-        <v>249.9</v>
+        <v>529.9</v>
       </c>
       <c r="G10" s="11">
-        <v>499.8</v>
+        <v>12717.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="8">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F11" s="10">
-        <v>339.9</v>
+        <v>249.9</v>
       </c>
       <c r="G11" s="11">
-        <v>8157.6</v>
+        <v>499.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="8">
         <v>2</v>
       </c>
       <c r="F12" s="10">
         <v>4999.9</v>
       </c>
       <c r="G12" s="11">
         <v>9999.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
@@ -1814,51 +1786,51 @@
       <c r="C13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>1699.9</v>
       </c>
       <c r="G13" s="11">
         <v>1699.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E14" s="8">
         <v>2</v>
       </c>
       <c r="F14" s="10">
         <v>249.9</v>
       </c>
       <c r="G14" s="11">
         <v>499.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
@@ -2153,128 +2125,107 @@
       <c r="D29" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
         <v>5199.9</v>
       </c>
       <c r="G29" s="11">
         <v>5199.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F30" s="10">
-        <v>949.9</v>
+        <v>349.9</v>
       </c>
       <c r="G30" s="11">
-        <v>949.9</v>
+        <v>2099.4</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>80</v>
       </c>
       <c r="E31" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F31" s="10">
-        <v>349.9</v>
+        <v>3699.9</v>
       </c>
       <c r="G31" s="11">
-        <v>2099.4</v>
+        <v>3699.9</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>82</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E32" s="8">
         <v>1</v>
       </c>
       <c r="F32" s="10">
-        <v>3699.9</v>
+        <v>7199.9</v>
       </c>
       <c r="G32" s="11">
-        <v>3699.9</v>
-[...4 lines deleted...]
-      <c r="B33" s="8" t="s">
+        <v>7199.9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="F34" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="C33" s="9" t="s">
-[...20 lines deleted...]
-        <v>75052.1</v>
+      <c r="G34" s="12">
+        <v>78662.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 