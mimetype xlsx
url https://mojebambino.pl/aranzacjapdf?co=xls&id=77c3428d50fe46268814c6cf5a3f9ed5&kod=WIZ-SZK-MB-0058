--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -19,78 +19,78 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>WIZ-SZK-MB-0058 Pracownia mobilna ze stołami easyMoove</t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 22:07:28</t>
+    <t>z dnia 2025-12-21 05:07:22</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101861</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnozielone</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>098789W</t>
   </si>
   <si>
     <t>Mobilne biurko Grande – białe</t>
   </si>
   <si>
     <t>Mobilne biurko dla nauczyciela z regulowaną wysokością blatu. Blat i półka wykonany z płyty wiórowej o gr. 18 mm w kolorze jasnego klonu lub białym, posiada aluminiowy stelaż. Posiada wysuwaną półkę. Funkcjonalne biurko, które zadowoli każdego nauczyciela. • min. wys. 76 cm; max. wys. 90 cm• wym. 100 x 55 x 90 cm</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
 Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
 Główne funkcje:
 - Wbudowany system Android 13
 - Rozdzielczość 4K 3840 x 2160
@@ -148,153 +148,156 @@
 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
 • Obsługiwane formaty multimediów:
 Obraz: JPEG, BMP, PNG
 Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
 Dźwięk: MP3, M4A, (AAC)
 • Procesor - MTK 9666
 • Wejście sieciowe RJ45/8P8C x2
 • Waga: 45 kg
 • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
 </t>
   </si>
   <si>
     <t>ZEST5698</t>
   </si>
   <si>
     <t>Grande - zestaw 61</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096898 Regał Grande M - klon, wym. 82 x 38 x 82,2 cm, 4 szt.
 	096888 Nadstawka Grande S - klon, wym. 82 x 38 x 35,2 cm, 4 szt.
 	096890 Nadstawka Grande M - klon, wym. 82 x 38 x 70,4 cm, 2 szt.
 	096874 Drzwi Grande średnie 90 st. 2 szt. - białe, wym. 40,5 x 70,1 cm, 4 pary
 	098168 Drzwi Grande średnie 90 st. 2 szt. - zielone, wym. 40,5 x 70,1 cm, 2 pary
 Wym. 328 x 39,8 x 187,8 cm
-• wym. 328.00 x 39.80 x 187.80 cm• długość zestawu: 3.28 m</t>
+• wym. 328 x 39,80 x 187,80 cm• długość zestawu: 3,28 m</t>
   </si>
   <si>
     <t>098967</t>
   </si>
   <si>
     <t xml:space="preserve">Stojak mobilny na poduszki pojedynczy  </t>
   </si>
   <si>
-    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Stojak pomieści maksymalnie 15 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno).  • śr. 46 cm • wys. 55 cm</t>
+    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Stojak pomieści maksymalnie 15 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno). 
+• śr. 46 cm
+• wys. 55 cm</t>
   </si>
   <si>
     <t>096874</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do regałów M (096898, 096898W, 096899, 096899W) i nadstawek M (096890, 096890W, 096891, 096891W, 098187, 098187W). • 2 szt. • wym. 40,5 x 70,1 cm</t>
+    <t>Drzwi Grande średnie 90 st. 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Pasują do regałów M (096898, 096898W, 096899, 096899W) i nadstawek M (096890, 096890W, 096891, 096891W, 098187, 098187W). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>ZEST5694</t>
   </si>
   <si>
     <t>Kuchnia Grande - zestaw 3</t>
   </si>
   <si>
     <t>Skład zestawu: # 098207 	Szafka kuchenna Grande ze zlewozmywakiem 1 szt.# 098208 Drzwi do szafki kuchennej Grande, 2 szt., 1 kpl# 098312 Blat kuchenny do szafek Grande, 82 cm, 1 szt.# Zlew z ociekaczem, armatura i zestaw odpływowyZlew wykonany ze stali nierdzewnej, montaż natynkowy, szer. całkowita: 76 cm; wym. wewn. szer. 39 x gł. 36 x wys. 15 cm. Blat wykonany z płyty wiórowej powlekanej HPL, odporny na krótkotrwałe działanie wody. Brak półki.• wym. 82 x 60 x 86 cm</t>
   </si>
   <si>
     <t>101863</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasny turkus</t>
   </si>
   <si>
     <t>101860</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. limonka</t>
   </si>
   <si>
     <t>199242</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA, 1 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Moduł Woda to produkt na licencji Centrum Nauki Kopernik.  Moduł WODA zawiera:   _x0001_30 scenariuszy pozwalających zbadać właściwości wody, podczas prowadzenia eksperymentów o różnym stopniu trudności. Każdy z nich uda się zrealizować podczas jednej lekcji. Scenariusze są w formacie PDF na pendrive ( karta dla nauczyciela (x 2), karta ucznia (x 15) i karty pracy dla ucznia (2X). _x0001_Zestaw materiałów dla nauczyciela – kołobrulion z informacjami organizacyjnymi i merytorycznymi. Zawiera on między innymi merytoryczne informacje o wodzie oraz materiały ekspertów dotyczące przeprowadzania doświadczeń w szkole. _x0001_Pendrive z cyfrową kopią wszystkich kart dla nauczyciela i ucznia. _x0001_1 walizkę z zestawem narzędzi potrzebnych do wykonania doświadczeń w zespołach dwuosobowych (maksymalnie cztery osoby na zestaw).      Moduł Woda jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody badawczej. Materiały merytoryczne dla nauczyciela oraz 30 scenariuszy badań wraz z kartami dla nauczyciela i ucznia to zasadnicza część Modułu. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka w klasach IV-VIII szkół podstawowych. Akcesoria umożliwiające wykonanie doświadczeń o różnym stopniu trudności ułożone są w specjalnym pudełku. Moduł jest prosty i mobilny.  Prezentowany zestaw zawiera materiały merytoryczne dla nauczyciela i uczniów oraz walizkę z akcesoriami niezbędnymi do przeprowadzenia doświadczeń.     Nauczyciel otrzymuje w Module Woda wszystkie merytoryczne i praktyczne materiały niezbędne do przeprowadzenia doświadczeń. Są to zarówno informacje dotyczące zakresu realizowanej podstawy programowej poprzez poszczególne doświadczenie jak i czasu potrzebnego na realizacje doświadczenia czy informacji o możliwości przeprowadzenia doświadczenia w plenerze. Opis doświadczenia dla uczniów jest bardzo precyzyjny, ale równocześnie prosty i ujęty także w formie obrazkowej.  Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).    Tematyka badań Modułu Woda:   _x0001_Piana: Badanie wpływu stopnia zmineralizowania wody na ilość powstającej piany. _x0001_Dwie krople wody: Badanie wpływu napięcia powierzchniowego na objętość kropli wody. _x0001_Kropla wody w oleju: Obserwowanie skutków działania sił spójności na kształt kropli wody w oleju. _x0001_Pieprz na wodzie: Obserwowanie wpływu napięcia powierzchniowego na obiekty na powierzchni wody. _x0001_Ruch płynów w materiałach porowatych: Obserwowanie procesu transportu wody przez materiał porowaty. _x0001_Pobieranie wody w roślinie: Badanie zjawiska transportu wody w liściach kapusty pekińskiej. _x0001_Parowanie wody w roślinie: Badanie zjawiska parowania wody z powierzchni liści roślin. _x0001_Obserwacja organizmów wodnych: Pobieranie, obserwowanie i analizowanie organizmów żywych ze zbiorników wodnych. _x0001_Zachowanie rozwielitek: Obserwowanie zachowania rozwielitek w różnych środowiskach. _x0001_Najlepsze chłodziwo: Poszukiwanie substancji, która najefektywniej ochłodzi gorącą kamienną kostkę. _x0001_Ogniwo galwaniczne: Budowanie prostego ogniwa galwanicznego z cytryny i metalowych gwoździ. _x0001_Przewodnictwo elektryczne wody: Badanie przewodnictwa elektrycznego wody. demineralizowanej oraz mieszaniny wody demineralizowanej z solą. _x0001_Ruch jonów w polu elektrycznym: Obserwowanie dryfu jonów MnO w polu elektrycznym. _x0001_Wytrącanie miedzi z roztworu siarczanu miedzi: Badanie utleniania i redukcji na przykładzie reakcji cynku z siarczanem(VI) miedzi(II). _x0001_Gęstość wody w różnych temperaturach: Porównywanie gęstości wody w różnych temperaturach. _x0001_Gęstość cieczy: Porównywanie gęstości różnych cieczy (alkohol, olej, woda, słona woda). _x0001_Temperatura wody a głębokość: Badanie temperatury wody w zbiorniku wodnym na różnych głębokościach. _x0001_Topnienie lodu a poziom wód na Ziemi: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Soczewka: Budowanie i porównywanie soczewek z wody i oleju. _x0001_Życie w kropli wody: Obserwowanie kropli wody w powiększeniu. _x0001_Soczewka z kropli wody: Budowanie mikroskopu ze smartfonu i kropli wody. _x0001_Odwadnianie siarczanu miedzi: Badanie zmiany właściwości fizycznych siarczanu(VI). miedzi(II) na skutek utraty wody z sieci krystalicznej. _x0001_Woda w polimerach: Badanie pochłaniania wody przez poliakrylan sodu. _x0001_Wrzenie wody: Doprowadzanie do wrzenia wody przez zmianę ciśnienia w strzykawce. _x0001_Sole w roztworze wodnym: Badanie zjawiska dyfuzji i rozpuszczania soli w wodzie. _x0001_Osmoza: Badanie zjawiska osmozy. _x0001_Chłodzenie roztworem saletry: Obserwowanie spadku temperatury roztworu w wyniku zjawiska endotermicznego, jakim jest rozpuszczanie w wodzie azotanu(V) amonu. _x0001_Parowanie a stygnięcie cieczy: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Turystyczna destylarka: Budowanie urządzenia oczyszczającego wodę, wykorzystującego proces odparowywania. _x0001_Lód i sól: Badanie wpływu dodatku soli i cukru na szybkość topnienia lodu oraz temperaturę wody     Przykładowe karty pracy:    Moduł Woda - karta nauczyciela - Dwie_krople_wody  Moduł Woda - karta ucznia - Dwie_krople_wody_1  Moduł Woda - karty pracy- ucznia - Dwie_krople_wody_2  Moduł woda - karta nauczyciela -Przewodnictwo_elektryczne_wody  Moduł woda - karta ucznia - Przewodnictwo_elektryczne_wody  Moduł Woda - karta nauczyciela - Pobieranie_wody_w_roslinie  Moduł Woda - karta ucznia Pobieranie_wody_w_roslinie      Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII   Cele edukacyjne w zakresie przedmiotów przyrodniczych realizowane poprzez Modułowe Pracownie:  1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:   _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody; _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej; _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.   2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań; _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty; _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności; _x0001_rozwijanie samodzielności.   3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:   _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa); _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.   4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:   _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń); _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi; _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii; _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji; _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.   5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:   _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole; _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.    Modułowe Pracownie Przyrodnicze rekomendowane przez Centrum Nauki Kopernik, to edukacyjne narzędzie, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka). Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Nauczycielom dostarcza gotowe narzędzia, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Zaproponowana tu metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.   MODUŁY – CO TO JEST? To specjalnie przygotowane autorskie zestawy edukacyjne wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny. To nowoczesne pomoce dydaktyczne, zawierające materiały i scenariusze niezbędne do uczenia praktycznego. W procesie ich tworzenia dobieramy odpowiednie narzędzia, materiały, sprzęty i jednocześnie rozwijamy metody nauczania i uczenia się przez odkrywanie i osobiste doświadczanie w toku otwartego eksperymentowania – samodzielnie oraz w zespole.  POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów. Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.  MODUŁOWA KONCEPCJA  KSZTAŁCENIA– ZALETY Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.  MODUŁ WODA   Pierwszy dostępny moduł MPP umożliwia prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody doświadczalnej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów między przedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach. Moduł WODA dostępny jest również w pakietach: 6 sztuk oraz 10 sztuk. W celu uzyskania zamierzonych efektów pracy z modułem WODA, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     Zestaw narzędzi w walizce:   waga (1 szt.),  multimetr (1 szt.),  termometr (2 szt.),  siarczan(VI) miedzi(II) (1 szt.), węglan sodu (1 szt.), siarczan(VI) magnezu (1 szt.), chlorek wapnia (1 szt.), barwnik czerwony (1 szt.) barwnik niebieski (1 szt.) manganian(VII) potasu (1 szt.) brzęczyk (1 szt.) laser/latarka (1 szt.) sonda termiczna (1 szt.) mikroskop (1 szt.), probówka szklana (10 szt.), statyw na probówki (1 szt.),  zlewka szklana 100 ml (4 szt.), tkanina (1 szt.), gumka recepturka (10 szt.), pielucha (1 szt.), ścisk (2 szt.), gwoździe ocynkowane (5 szt.), gwoździe stalowe (5 szt.), śruby mosiężne (5 szt.), gwoździe omiedziowane (5 szt.), szczotka do probówek (1 szt.), szczotka do cylindra (1 szt.), kamienne kostki (2 szt.), łapa drewniana (2 szt.), linijka (1 szt.), przewody czerwone (5 szt.), przewody (5 szt.),  krokodylki czerwone (10 szt.), krokodylki (10 szt.), pipeta Pasteura (10 szt.), strzykawka (1 szt.), parowniczka (1 szt.), szalka Petriego (1 szt.), szkiełko podstawowe z łezką (6 szt.), probówka wirówkowa duża (5 szt.), probówka wirówkowa mała (6 szt.), zlewka plastikowa 100 ml (4 szt.), zlewka plastikowa 250 ml (2 szt.), cylinder miarowy (1 szt.), bagietka (2 szt.), łyżeczka (2 szt.), bateria 4,5 V (2 szt.)        Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.   Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).  Program Modułowe Pracownie Przyrodnicze (MPP) sfinansowany został w ramach dotacji Fundacji Rozwoju Systemu Edukacji na podstawie umowy z dnia 8 września 2017 r. Nr umowy CNK 1171/17/BU/U/633/AS </t>
   </si>
   <si>
     <t>098410</t>
   </si>
   <si>
     <t>Piankowe pufy Lobo - zestaw 1</t>
   </si>
   <si>
-    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej meditapem. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
+    <t xml:space="preserve">Zestaw składający się z puf i stolika, wykonany z pianki pokrytej trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Siedziska zostały zaprojektowane tak, aby można je było dosunąć do stolika, gdy nie będą użytkowane. Niestandardowy kształt elementów zestawu sprawia, że stają się one ciekawym elementem wystroju.• wys. siedziska 38 cm • szer. siedziska 59 cm • wys. stolika 50 cm • szer. stolika 67,1 cm </t>
   </si>
   <si>
     <t>098966</t>
   </si>
   <si>
     <t>Stojak mobilny na poduszki podwójny</t>
   </si>
   <si>
-    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Mobilny stojak wykonany z lakierowanej sklejki o grubości 18 mm. Stojak pomieści maksymalnie 30 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno).  • wym. 84 x 46 x 55 cm</t>
+    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Mobilny stojak wykonany z lakierowanej sklejki o grubości 18 mm. Stojak pomieści maksymalnie 30 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno). 
+• wym. 84 x 46 x 55 cm</t>
   </si>
   <si>
     <t>256083</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w kółka i mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 43 do 56 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
   </si>
   <si>
     <t>096890</t>
   </si>
   <si>
-    <t>Nadstawka Grande M - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,4 cm</t>
+    <t>Nadstawka Grande M – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,40 cm</t>
   </si>
   <si>
     <t>855548W</t>
   </si>
   <si>
     <t>Szafka Feria mała, biała</t>
   </si>
   <si>
-    <t>Szafki z wieloma przegródkami, które w razie potrzeby można zamknąć drzwiczkami (będącymi w oddzielnej sprzedaży) lub zamontować do nich różnej pojemności szufladki – wszystko zależy od przeznaczenia danej szafeczki. Zestawiając ze sobą kilka modułów można uzyskać oddzielną przegródkę dla każdego dziecka. Szafki można także potraktować jako wolnostojący regał, którego półeczki nie wymagają żadnej zasłony. Głębokość każdej przegródki mieści wszystkie materiały w formacie A4. Korpusy są wykonane z płyty wiórowej w dwóch tonacjach (klon jasny lub biały), a tył szafki z płyty HDF. Otwory w szafce umożliwiają montaż prowadnic do szuflad oraz drzwiczek z dostosowaniem  do ich różnych wysokości.• wym. 105 x 45 x 66 cm</t>
+    <t>Szafki z wieloma przegródkami, do których można dokupić drzwiczki lub zamontować szufladki o różnych pojemnościach. Łącząc kilka modułów, łatwo stworzyć osobne przegródki dla każdego dziecka. Szafki mogą również pełnić funkcję wolnostojącego regału. Głębokość przegródek mieści materiały w formacie A4. Korpus wykonany jest z płyty wiórowej (klon jasny lub biały), a tył z płyty HDF. Otwory montażowe umożliwiają instalację prowadnic i drzwiczek na różnych wysokościach.• wym. 105 x 45 x 66 cm</t>
   </si>
   <si>
     <t>098210</t>
   </si>
   <si>
     <t>Szafka kuchenna Grande wisząca</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.Szafka kuchenna wykonana z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu.  • 1 półka • po zamontowaniu drzwi,  głębokość szafki wzrasta o 2 cm• wym. 82 x 33,2 x 40 cm</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
@@ -408,51 +411,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531e47daf6e431b883e0ff2fed4aee121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc39345c7ee063ca7b9217e02c3efc682.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390ed8dd55301b34e2acf541c74601733.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b3c8515aa9ca5fd7c4a33775fa632a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59dbad6db8b0b4edc69259d0f547aa955.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6591371499191453afe69eac60f0576d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0e54da5fa26a71d5d6f8db32ce4e5d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c853d068c8ae51c9272e115e8aa395f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e8233e98238350f3426c4cd73cb24d89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5de180798425939d4cd0b39e04d5360810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602ea9a3f247aca19ed3c8421f9859de11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024a0b59f30b69921ef1fd304430682c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0004675904363045ce93e018e28263113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c2e06b3a221d255ea9216612806fab14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2229ffa88964f350918633f68a7bb7d615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caec5b608b06185793d7cf77e4418b1516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a29d71f61e2f1deacd3f8b49f880da17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db00b19dc5aa9aad3674447230634d3418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce773ccf4e376247fead86d84f129e019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62f39e9f973f260af58f2eb30c013820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ad9f6bab0de7a396e96562efd99b9b21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8733326acff2840582ff5bf5de81ed4f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e00c4a3ecbd7c8a487d1eea4552a6c52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2277b0f68fdca4a4cfbb83b52afeec593.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6604c1e0f6260a6f56e830f826a2124.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfad34285a1ea6926a6b7ca165b2f9e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf10776e8cd66ef47960c2e39007f336.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c263d0d61f20636c715d927ebef5a1757.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60263ebbfcddff8d2407888519ac3a9f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee8089dfa40392723b18cd5a79aa8ef9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6d74f474559c4b0a8c0d04e739c69b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ceab7dc876a135e03f2c7a45a589b7f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5722ef17a23703331d957ac17a9506312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a7caea5b8bd8ac4de35bd5cb4f01bf13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c293c0a1a7ac149bf983902d2ec85ece14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d29fb9f6a3b2e379f18d3c767cf60d115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27aa58ea4c0ee8458776fab4911c398716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c053fdbe73e6e5e8afdafd14f7d5b23517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344c5d636c71e1f4da38dec0b99a911d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394e8ad434680eb6aac0d9ac0bbcc60319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/579ca7e37dd81cd6afd7e7f74b12d5f320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a72e20fd9d7f7efdd5a25509350a5e21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0058" descr="Pracownia mobilna ze stołami easyMoove"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>