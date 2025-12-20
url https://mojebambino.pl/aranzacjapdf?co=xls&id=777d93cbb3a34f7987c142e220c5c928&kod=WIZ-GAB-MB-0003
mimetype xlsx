--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -14,221 +14,313 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>WIZ-GAB-MB-0003 Kącik wyciszenia w gabinecie psychologa</t>
   </si>
   <si>
-    <t>z dnia 2025-10-21 22:41:11</t>
+    <t>z dnia 2025-12-20 11:08:59</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>554001</t>
   </si>
   <si>
     <t>Magiczny sześcian</t>
   </si>
   <si>
-    <t>Magiczny sześcian to lampa, która z powodzeniem będzie służyć nie tylko do rozjaśnienia pomieszczenia, ale także jako źródło dźwięku. Wbudowany głośnik Bluetooth pozwoli na odsłuchanie muzyki lub innych dowolnych dźwięków z urządzeń bezprzewodowych wykorzystujących tę technologię, takich jak: smartfon, tablet, laptop, komputer. Sześcian będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory przykuwają uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element światła i dźwięku w białym domku lub kryjówkach czy szafkach.Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa - opis w języku obcym• wym. 15 cm x 15 cm x 15 cm• produkt wymaga baterii (są w zestawie)</t>
+    <t>Magiczny sześcian to lampa, która nie tylko rozświetli pomieszczenie, ale także stanie się źródłem dźwięku. Wbudowany głośnik Bluetooth umożliwia odtwarzanie muzyki i innych dźwięków z urządzeń bezprzewodowych, takich jak smartfon, tablet, laptop czy komputer. Sześcian doskonale sprawdzi się w kącikach relaksacyjnych oraz w miejscach wspierających stymulację i aktywizację zmysłów. Zmieniające się kolory przyciągają uwagę dziecka, wprowadzając tajemniczy nastrój, i mogą pełnić funkcję elementu światła i dźwięku w białym domku, kryjówkach czy szafkach. Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa – opis w języku obcym• wym. 15 x 15 x 15 cm• produkt wymaga baterii (są w zestawie)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101888</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea zielona</t>
   </si>
   <si>
     <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 80 x 40 x 40 cm</t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>199307</t>
   </si>
   <si>
     <t>Emocjomierz</t>
   </si>
   <si>
-    <t>Emocjomierz służy do wskazywania, jakie emocje w danej chwili odczuwamy, określania ich siły oraz podpowiadania, jak obniżyć ich natężenie. Poprzez przesunięcie wskaźnika dziecko sygnalizuje, jaki ma nastrój, a następnie „odczytuje”, co może zrobić, by zmniejszyć swój smutek lub złość. Korzystanie z pomocy ułatwia podjęcie rozmowy na temat nieprzyjemnych uczuć, pozwala uświadomić, że trudne emocje mijają oraz że mamy na nie wpływ. Pomoc może być wykorzystywana w pracy z dziećmi w różnym wieku, o różnych zaburzeniach rozwojowych.  • szer. 50 cm • wys. 51,5 cm • produkt wykonany z lakierowanej płyty MDF• od 7 lat</t>
+    <t>Emocjomierz służy do wskazywania, jakie emocje w danej chwili odczuwamy, określania ich siły oraz podpowiadania, jak obniżyć ich natężenie. Poprzez przesunięcie wskaźnika dziecko sygnalizuje, jaki ma nastrój, a następnie "odczytuje", co może zrobić, by zmniejszyć swój smutek lub złość. Korzystanie z pomocy ułatwia podjęcie rozmowy na temat nieprzyjemnych uczuć, pozwala uświadomić, że trudne emocje mijają, oraz że mamy na nie wpływ. Pomoc może być wykorzystywana w pracy z dziećmi w różnym wieku, o różnych zaburzeniach rozwojowych.
+• szer. 50 cm
+• wys. 51,5 cm
+• produkt wykonany z lakierowanej płyty MDFDo emocjomierza można dobrać (sprzedawane osobno):
+• Przycisk alarmowy - 101882
+• Wyzłoszczacz - 101728
+• Rzutki-wyrzutki - 196089
+• Pudełko na smutki - 199309
+• Plakat "Jak radzić sobie ze straszącymi myślami?" - 199223
+• Eliksir uczuć - 199217
+• Dywan nasrtoju - 61704-617051• od 7 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096981</t>
   </si>
   <si>
     <t>Stół Hugo HPL z elektrycznie regulowaną wysokością</t>
   </si>
   <si>
-    <t>Blat wykonany ze sklejki laminowanej laminatem HPL, o gr. 25 mm. Narożniki zaokrąglone. Wysokość blatu można regulować. Zasilanie sieciowe - w zestawie: zasilacz, kable oraz konsola sterująca do podnoszenia i opuszczania blatu. Regulacja w zakresie 70-117 cm. Stelaż wykonany ze stali malowanej proszkowo. • wym. 115 x 65 cm</t>
+    <t>Blat wykonany ze sklejki laminowanej laminatem HPL, o gr. 25 mm. Narożniki zaokrąglone. Wysokość blatu można regulować. Zasilanie sieciowe - w zestawie: zasilacz, kable oraz konsola sterująca do podnoszenia i opuszczania blatu. Regulacja w zakresie 70-117 cm. Stelaż wykonany ze stali malowanej proszkowo. • wym. 120 x 65 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855061</t>
   </si>
   <si>
     <t>Półka wisząca FLO mała</t>
   </si>
   <si>
     <t>Praktyczna połka na książeczki. Posiada drążek zapobiegający wypadaniu prezentowanych pozycji. Wykonana została z płyty wiórowej laminowanej oraz obustronnie laminowanej płyty MDF z frezowaniami.• wym. 103 x 15 x 15 cm</t>
   </si>
   <si>
     <t>101766</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea musztardowa</t>
   </si>
   <si>
+    <t>098464-3</t>
+  </si>
+  <si>
+    <t>Stół Mila okrągły 120 cm, rozm. 3, blat biały</t>
+  </si>
+  <si>
+    <t>Blat z płyty laminowanej o gr. 18 mm z obrzeżem ABS o gr. 2 mm, dostępny w dwóch odcieniach: białym, klonie jasnym lub szarym w rozmiarach 3-6. Stelaż w kolorze aluminiowym. Nogi stołów są wyposażone w plastikowe zatyczki chroniące podłogę przed zarysowaniem. • śr. blatu 120 cm • dostępne są 4 wysokości: 59, 64, 71 oraz 76 cm</t>
+  </si>
+  <si>
     <t>146253</t>
   </si>
   <si>
     <t>EKO dekor - domek średni beżowy</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 9 prac formatu A4. • wym. 79 x 120 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>855009</t>
   </si>
   <si>
     <t>Szafka niska TAB</t>
   </si>
   <si>
-    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,5 x 40 x 49,5 cm</t>
+    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,50 x 40 x 49,50 cm</t>
   </si>
   <si>
     <t>256090</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany podczas przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
-    <t>ZEST5941-0VAT</t>
+    <t>MZEST0013V</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE 65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Skład zestawu:   _x0001_585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 _x0001_585004 Uchwyt ścienny do monitorów insGraf DIGITAL      585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65  Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - podział ekranu  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt. _x0001_przewód DISPLAYPORT dł-5m , 1 szt.              585004 Uchwyt ścienny do monitorów insGraf DIGITAL  Uchwyt ścienny do monitorów interaktywnych Insgraf DIGITAL. Maksymalny udźwig - 120 kg (monitor 86 cali). Maksymalne nachylenie - 15 stopni. Kolor czarny.  </t>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+Zestaw zawiera:
+	585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65 Więcej informacji &gt;&gt;
+	585004 Uchwyt ścienny do monitorów insGraf DIGITAL Więcej informacji &gt;&gt;
+585022-0VAT Monitor interaktywny insGraf DIGITAL FUTURE 65
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	Przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+</t>
   </si>
   <si>
     <t>855010</t>
   </si>
   <si>
     <t>Szafka średnia TAB</t>
   </si>
   <si>
-    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,5 x 40 x 79,5 cm</t>
+    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,50 x 40 x 79,50 cm</t>
   </si>
   <si>
     <t>855015</t>
   </si>
   <si>
     <t>Drzwiczki TAB, lewe</t>
   </si>
   <si>
-    <t>Wykonane z lakierowanej płyty MDF, z cichodomykającymi zawiasami umożliwiającymi otwieranie szafki na 102 stopnie. • wym. 32 x 28 cm</t>
+    <t>Wykonane z lakierowanej płyty MDF, wyposażone w zawiasy z cichym domykiem umożliwiające otwarcie szafki na 102°.• wym. 32 x 28 cm</t>
   </si>
   <si>
     <t>048238</t>
   </si>
   <si>
     <t>Krzesło Athena 4L szare</t>
   </si>
   <si>
     <t xml:space="preserve">Oryginalne, wytrzymałe i bardzo wygodne krzesło, które świetnie spisze się w przestrzeniach użyteczności publicznej, np. w poczekalniach.  • Tapicerowane siedzisko i oparcie jest zintegrowane z podłokietnikami. • Siedzisko i podłokietniki wykonane z płyty wiórowej (gr. 18 mm) i obłożone są wytrzymałą pianką.  • Rama: 4 nogi metalowe chromowane. • Stopki: GBP: do miękkich powierzchni, przegubowe, materiał: tworzywo sztuczne. • wys. siedziska: 46,5 cm  </t>
   </si>
   <si>
     <t>101155</t>
   </si>
   <si>
     <t>Gruszka mała żółta - MED</t>
   </si>
   <si>
     <t>855012</t>
   </si>
   <si>
     <t>Szafa z przegródkami TAB</t>
   </si>
   <si>
-    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali, drzwiczki białe z lakierowanej płyty mdf. Szafka sprzedawana razem z drzwiami.• wym. 103,5 x 40 x 163 cm</t>
+    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali, drzwiczki białe z lakierowanej płyty mdf. Szafka sprzedawana razem z drzwiami.• wym. 103,50 x 40 x 163 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -306,51 +398,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6784e679dd0c1442f6a23376101bf41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8d95a715154753246c0d91d2c0287f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c669a7ffbb749b77ad1f7f995bf555d93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0af1753b681c1ca55ad4d4f090dc214.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f326c499022b65c5bde03ccdbca5b05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7b086a129fd4a2610d4b65b42785576.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5003c4f53098691e0f5ed193bc1562787.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9c1a5fd161ed94175d6a21ff5e75588.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2db9dcc6dff78db057dd1db2435f67e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e43ca47c2a5edf20ea3ff4fe39935b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb7e8ce6418662acc1dabe5b089abbe11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2908cb27e1149e81c7288c8bc422f88412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbce7e7fcf96f5a7d18278bad70d1ac13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c3fd3e37fb0dbeba5fffc6d0d20b6314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98623800cf515c106a8226c75d6195415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48f5a6f888626912e3aca768342b2c916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d5b3695eace0d712625b214d94999d17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c877d3ec0508c0509b307904235a38318.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c7b902c6fd60a0ed33b50bd23828241.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6de8759a8b39a61c45aa1772d24abae2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8323f6f466c73edbb20413334fe45b803.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc920ed69d79a6eb1ebca85b1852d54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8bf9f03581fc90014a50f91416eaf2a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ebd1ba79502691a027740631b2cb5d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74581ced3c881ab2b38f644a5de03e17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e118805d382164ed4dd5bfc89305cc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3be2bf2ca8870ac5edf3a12280208a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45870b23795e57a8a10cb492908a4a410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8129cea486b62de0bc693f07913fed11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd469d5ff04a0dc78e84e855fe0ed7f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ff398c4693ee136fb778a7d035bdbf13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca9cf6dde3ec934315b9a7fbac3941b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddafeaa4075d262e13222f01026e039615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919878d4d3d25213586bf9940ce02abf16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c345d7e70db3e06adb12879fcdb54e217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e474bd44b19361dd7e8d139a07ea8a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d90bd62eaf67871b7aa7a375ea01819.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-MB-0003" descr="Kącik wyciszenia w gabinecie psychologa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -591,297 +683,327 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="146253" descr="146253"/>
+        <xdr:cNvPr id="10" name="098464-3" descr="098464-3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="855009" descr="855009"/>
+        <xdr:cNvPr id="11" name="146253" descr="146253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="256090" descr="256090"/>
+        <xdr:cNvPr id="12" name="855009" descr="855009"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="ZEST5941-0VAT" descr="ZEST5941-0VAT"/>
+        <xdr:cNvPr id="13" name="256090" descr="256090"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="855010" descr="855010"/>
+        <xdr:cNvPr id="14" name="MZEST0013V" descr="MZEST0013V"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="855015" descr="855015"/>
+        <xdr:cNvPr id="15" name="855010" descr="855010"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="048238" descr="048238"/>
+        <xdr:cNvPr id="16" name="855015" descr="855015"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="101155" descr="101155"/>
+        <xdr:cNvPr id="17" name="048238" descr="048238"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="855012" descr="855012"/>
+        <xdr:cNvPr id="18" name="101155" descr="101155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="855012" descr="855012"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1148,54 +1270,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G24"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24:G24"/>
+      <selection activeCell="F25" sqref="F25:G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1396,233 +1518,254 @@
       <c r="D13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>769.9</v>
       </c>
       <c r="G13" s="11">
         <v>769.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>799.9</v>
+        <v>679.9</v>
       </c>
       <c r="G14" s="11">
-        <v>1599.8</v>
+        <v>679.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="8">
         <v>2</v>
       </c>
       <c r="F15" s="10">
-        <v>769.9</v>
+        <v>799.9</v>
       </c>
       <c r="G15" s="11">
-        <v>1539.8</v>
+        <v>1599.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F16" s="10">
-        <v>399.9</v>
+        <v>769.9</v>
       </c>
       <c r="G16" s="11">
-        <v>1599.6</v>
+        <v>1539.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F17" s="10">
-        <v>7260.9</v>
+        <v>399.9</v>
       </c>
       <c r="G17" s="11">
-        <v>7260.9</v>
+        <v>1599.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>949.9</v>
+        <v>5600.9</v>
       </c>
       <c r="G18" s="11">
-        <v>949.9</v>
+        <v>5600.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>99.9</v>
+        <v>949.9</v>
       </c>
       <c r="G19" s="11">
-        <v>599.4</v>
+        <v>949.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="8">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F20" s="10">
-        <v>1399.9</v>
+        <v>99.9</v>
       </c>
       <c r="G20" s="11">
-        <v>2799.8</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="E21" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F21" s="10">
-        <v>399.9</v>
+        <v>1399.9</v>
       </c>
       <c r="G21" s="11">
-        <v>399.9</v>
+        <v>2799.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
+        <v>399.9</v>
+      </c>
+      <c r="G22" s="11">
+        <v>399.9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" customHeight="1" ht="80">
+      <c r="A23" s="7"/>
+      <c r="B23" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" s="8">
+        <v>1</v>
+      </c>
+      <c r="F23" s="10">
         <v>1449.9</v>
       </c>
-      <c r="G22" s="11">
+      <c r="G23" s="11">
         <v>1449.9</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
-[...4 lines deleted...]
-        <v>25277.8</v>
+    <row r="25" spans="1:7">
+      <c r="F25" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" s="12">
+        <v>24297.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 