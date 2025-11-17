--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -20,132 +20,132 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-PSI-QU-0001 Sala relaksu Morze</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:21:18</t>
+    <t>z dnia 2025-11-17 06:23:34</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>100037</t>
   </si>
   <si>
     <t>Pojemnik mały Quadro, klon jasny</t>
   </si>
   <si>
     <t>Pojemnik z 4 przegródkami wykonany z płyty laminowanej w tonacji klonu jasnego i białej, oraz szarej pokrytej trwałą okleiną termoplastyczną. • wym. 60 x 60 x 26 cm</t>
   </si>
   <si>
     <t>101656</t>
   </si>
   <si>
     <t>Materac kwadratowy - zielony</t>
   </si>
   <si>
     <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cmKwadratowe materace piankowe pokryte imitacją skóry • wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>079124</t>
   </si>
   <si>
     <t>Morze - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>101655</t>
   </si>
   <si>
     <t>Materac kwadratowy - szary</t>
   </si>
   <si>
     <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>101654</t>
   </si>
   <si>
     <t>Materac z oparciem - zielony</t>
   </si>
   <si>
     <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cm• wym. oparcia 60 x 60 x 7 cm • kolor zielony</t>
   </si>
   <si>
     <t>SET6106</t>
   </si>
   <si>
     <t>Quadro - zestaw 64, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny 1 szt.• 092199 Półki do Quadro - 2 szt. 1 kpl.• 092287 Półki wąskie do Quadro - 2 szt. 2 kpl.• 092075 Quadro - drzwiczki z zamkiem średnie, 1 para 90 st. - limonkowe 1 para• 092212 Quadro - drzwiczki średnie 90 st.  - białe 1 szt.• 092292 Quadro - skrzynia duża - szara 2 szt.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny 1 szt.• 092199 Półki do Quadro - 2 szt. 1 kpl.• 092287 Półki wąskie do Quadro - 2 szt. 2 kpl.• 092075 Quadro - drzwiczki z zamkiem średnie, 1 para 90 st. - limonkowe 1 para• 092212 Quadro - drzwiczki średnie 90 st.  - białe 1 szt.• 092292 Quadro - skrzynia duża - szara 2 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -223,51 +223,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f253594114a5e1e8001c274fe0f8f8211.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6805fda0ea75325249b1d70a86c8b6b92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfaa0a812d1283d6b05c16baca25e753.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec134a0efc7b469f5d4b6a42c5b04a6a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b6dc5979bb7d7acfbd590dd1bb34235.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c77130ed71b8c987b5cbd77b3bcb366.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c1dd5cbce0952a05c007a79a05221c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba4f0859b5eeac876cf73dd7543f4a28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94ab74aaf1e303c068ddf946cb9d3cd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04099da23a27ba1a949d1f0a6ac61722.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35828c17c415e24df38d66bd96fa17be3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02912f6f3664e3b262b6092f8da1e59a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e998ce3ef0c5888c07da07cce6249e995.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f47b6b06be55ad7f3bbb6fee2718ed66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe7b998cd513dbe1a192a2cbf269c117.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258bfe56946082df1ac9a2f5d8d838d78.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-QU-0001" descr="Sala relaksu Morze"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>