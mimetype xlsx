--- v1 (2025-11-17)
+++ v2 (2026-01-17)
@@ -20,132 +20,132 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-PSI-QU-0001 Sala relaksu Morze</t>
   </si>
   <si>
-    <t>z dnia 2025-11-17 06:23:34</t>
+    <t>z dnia 2026-01-17 09:02:12</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>100037</t>
   </si>
   <si>
     <t>Pojemnik mały Quadro, klon jasny</t>
   </si>
   <si>
     <t>Pojemnik z 4 przegródkami wykonany z płyty laminowanej w tonacji klonu jasnego i białej, oraz szarej pokrytej trwałą okleiną termoplastyczną. • wym. 60 x 60 x 26 cm</t>
   </si>
   <si>
     <t>101656</t>
   </si>
   <si>
-    <t>Materac kwadratowy - zielony</t>
-[...2 lines deleted...]
-    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cmKwadratowe materace piankowe pokryte imitacją skóry • wym. 60 x 60 x 7 cm</t>
+    <t>Materac kwadratowy – zielony</t>
+  </si>
+  <si>
+    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 60 x 60 x 7 cmKwadratowe materace piankowe pokryte imitacją skóry • wym. 60 x 60 x 7 cm• wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>079124</t>
   </si>
   <si>
     <t>Morze - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>101655</t>
   </si>
   <si>
-    <t>Materac kwadratowy - szary</t>
-[...2 lines deleted...]
-    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cm</t>
+    <t>Materac kwadratowy – szary</t>
+  </si>
+  <si>
+    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 60 x 60 x 7 cm• wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>101654</t>
   </si>
   <si>
-    <t>Materac z oparciem - zielony</t>
-[...2 lines deleted...]
-    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną meditap. • wym. 60 x 60 x 7 cm• wym. oparcia 60 x 60 x 7 cm • kolor zielony</t>
+    <t>Materac z oparciem – zielony</t>
+  </si>
+  <si>
+    <t>Kwadratowe materace piankowe pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 60 x 60 x 7 cm• wym. oparcia 60 x 60 x 7 cm • kolor zielony• wym. 60 x 60 x 7 cm</t>
   </si>
   <si>
     <t>SET6106</t>
   </si>
   <si>
     <t>Quadro - zestaw 64, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny 1 szt.• 092199 Półki do Quadro - 2 szt. 1 kpl.• 092287 Półki wąskie do Quadro - 2 szt. 2 kpl.• 092075 Quadro - drzwiczki z zamkiem średnie, 1 para 90 st. - limonkowe 1 para• 092212 Quadro - drzwiczki średnie 90 st.  - białe 1 szt.• 092292 Quadro - skrzynia duża - szara 2 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny 1 szt.• 092199 Półki do Quadro - 2 szt. 1 kpl.• 092287 Półki wąskie do Quadro - 2 szt. 2 kpl.• 092075 Quadro - drzwiczki z zamkiem średnie, 1 para 90 st. - limonkowe 1 para• 092212 Quadro - drzwiczki średnie 90 st.  - białe 1 szt.• 092292 Quadro - skrzynia duża - szara 2 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -223,51 +223,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94ab74aaf1e303c068ddf946cb9d3cd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04099da23a27ba1a949d1f0a6ac61722.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35828c17c415e24df38d66bd96fa17be3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02912f6f3664e3b262b6092f8da1e59a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e998ce3ef0c5888c07da07cce6249e995.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f47b6b06be55ad7f3bbb6fee2718ed66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe7b998cd513dbe1a192a2cbf269c117.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258bfe56946082df1ac9a2f5d8d838d78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8966abcbe713f388c88733651ee8d41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ecb76676961f8c060f446e6991a3f52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c70ac5e810dd86f2f68dc18ae1e1613.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2336687143844d0579e1a332e3298dc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcd3ef74657a15925659bfa48350c395.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6482584da47efa7cb4e4936c74e6ecc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e78f59fe980e6ae81aaa87b10cd74f877.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bebe2673ac1a9a6662c96d82ddc3c3218.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-QU-0001" descr="Sala relaksu Morze"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>