--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -15,188 +15,350 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>WIZ-SZK-MB-0067 Sala informatyczna</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 16:10:01</t>
+    <t>z dnia 2026-01-20 14:31:38</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256090</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany podczas przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>585026-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL PRO FUTURE 65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL PREMIUIM PRO FUTURE to wysokiej jakości, a zarazem kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora.    Specyfikacja: • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit+FRC • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Technologia Optical Bonding • Przednia kamera: 48M • Docu Camera:3840 x 2160 • Video/Audio: PAL/NTSC/SECAM • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W, 1x15W (głośnik z przodu) • Przód: HDMI1(2.0) x1, Touch(3.0, Type B) x1, USB3.0(Public) x1, MIC in x1,Type C(USB2.0, 65W) x1 Wejścia AV: HDMI In x2 (2.0), DP In x1 (DP 1.2), AC In x1 Wyjścia AV: Earphone x1, HDMI Out(2.0) x1, SPDIF Out x1, AC Out x1 Inne: USB 3.0(Android) x1, USB 3.0(Public) x1, TYPE-C(2.0,5V2A) x1,Touch USB(3.0 Type-B) x3 , RS232 x1, OPS Slots x1, Type-C(For camera USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG, GIF Film: MPEG1, MPEG2, MPEG4, H.264, H.265, MOV, FLV (Support 1080P, 4K HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - Amlogic 311D2 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg  Główne funkcje: - Wbudowany system Android 11 - Rozdzielczość 4K 3840 x 2160 - Moduł WiFi - Pamięć RAM/ROM: 8 GB/64 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Solidna, stalowa rama wysokiej jakości. - Optical Bonding: Technologia ta polega na wypełnieniu szczeliny pomiędzy modułem LCD a szybą monitora żywicą, która skleja ze sobą obie warstwy. - W przednim panelu wbudowana kamera AI o rozdzielczości 48 megapikseli z funkcją automatycznego kadrowania i kamera dokumentacyjna skierowana w dół - Wbudowane w przedni panel głośniki (2x20W i 1x15W) - Wbudowany mikrofon - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. - Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. Dodatkowo dla ekranu zastosowano technologię Optical Bonding. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL PREMIUIM PRO FUTURE to wysokiej jakości, a zarazem kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit+FRC
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Technologia Optical Bonding
+• Przednia kamera: 48M
+• Docu Camera:3840 x 2160
+• Video/Audio: PAL/NTSC/SECAM
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W, 1x15W (głośnik z przodu)
+• Przód: HDMI1(2.0) x1, Touch(3.0, Type B) x1, USB3.0(Public) x1, MIC in x1,Type C(USB2.0, 65W) x1
+Wejścia AV: HDMI In x2 (2.0), DP In x1 (DP 1.2), AC In x1
+Wyjścia AV: Earphone x1, HDMI Out(2.0) x1, SPDIF Out x1, AC Out x1
+Inne: USB 3.0(Android) x1, USB 3.0(Public) x1, TYPE-C(2.0,5V2A) x1,Touch USB(3.0 Type-B) x3 , RS232 x1, OPS Slots x1, Type-C(For camera USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG, GIF
+Film: MPEG1, MPEG2, MPEG4, H.264, H.265, MOV, FLV (Support 1080P, 4K HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - Amlogic 311D2
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+Główne funkcje:
+- Wbudowany system Android 11
+- Rozdzielczość 4K 3840 x 2160
+- Moduł WiFi
+- Pamięć RAM/ROM: 8 GB/64 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Solidna, stalowa rama wysokiej jakości.
+- Optical Bonding: Technologia ta polega na wypełnieniu szczeliny pomiędzy modułem LCD a szybą monitora żywicą, która skleja ze sobą obie warstwy.
+- W przednim panelu wbudowana kamera AI o rozdzielczości 48 megapikseli z funkcją automatycznego kadrowania i kamera dokumentacyjna skierowana w dół
+- Wbudowane w przedni panel głośniki (2x20W i 1x15W)
+- Wbudowany mikrofon
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android.
+- Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. Dodatkowo dla ekranu zastosowano technologię Optical Bonding.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>098118WPJ</t>
   </si>
   <si>
     <t>Stół Lektor prosty do pracowni językowej - biały</t>
   </si>
   <si>
     <t>Biurka dwuosobowe wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Tył zakryty blendą, w której znajduje się przelotka na kable. Biurka wyposażone w uchwyty na słuchawki. Są dostępne w kilku wariantach (prawe, lewe, proste, narożne), co umożliwia aranżację miejsc w pracowni w kształt podkowy.• wym. 142 x 58 x 76 cm</t>
   </si>
   <si>
     <t>821209</t>
   </si>
   <si>
     <t>Zestaw: Robot Photon Edu + Magic Dongle</t>
   </si>
   <si>
-    <t xml:space="preserve">Zestaw zawiera:  • Magic Dongle do robota Photon (821207) • Robot Photon EDU (821200)     Magic Dongle do robota Photon (821207)  Niewielkie urządzenie, które umożliwia: • Integrację robota z komputerem, • Wykorzystanie tablicy interaktywnej podczas zajęć z robotem, • Programowanie z użyciem narzędzi Scratch, Blockly, MakeCode i innych, • Programowanie aż do 8 Photonów jednocześnie z jednego komputera.     Robot Photon EDU (821200)  Zawartość zestawu:   _x0001_interdyscyplinarny robot edukacyjny Photon (wraz z kablem USB do ładowania) - zaprojektowany, by pomagać nauczycielom w prowadzeniu zajęć z różnych dziedzin, _x0001_dostęp do cyfrowej wersji podręcznika do pracy z robotem, który zawiera informacje dotyczące możliwości wykorzystania Photona na lekcjach, _x0001_dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi,  _x0001_wersje cyfrowe scenariuszy zgodnych z podstawą programową MEiN i materiałów dydaktycznych, dzięki którym nie zabraknie Ci inspiracji do prowadzenia zajęć, _x0001_dostęp do wsparcia technicznego i merytorycznego, które pozwoli Ci na sprawne i swobodne korzystanie z robota. _x0001_    Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych.  Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja. Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą.      Czujniki i funkcjonalność               Aplikacje Photon EDU i Photon Magic Bridge  Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku.  Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).            Photon Draw       Photon Badge       Photon Blocks       Photon Code        Linki do pobrania       Aplikacja Photon EDU:  Android (Google Play) iOS (App Store)          Aplikacja Photon Magic Bridge:  Windows 7, 8, 10, 11 macOS 10.9+ ChromeOS 52+ (wersja w przeglądarce)           Minimalne wymagania sprzętowe aplikacji Photon Edu, Photon Robot i Photon Coding (urządzenia mobilne): Android: wersja systemu 4.4, 1 GB pamięci RAM, obsługa Bluetooth Low Energy 4.0, iOS: wersja systemu 8.0, 1 GB pamięci RAM, obsługa Bluetooth 4.0.  Minimalne wymagania sprzętowe aplikacji Photon Magic Bridge (komputery stacjonarne i laptopy): urządzenia z systemem Windows: Windows 7 (lub nowszy) w wersji 32- lub 64-bitowej, procesor Intel Pentium 4 (lub nowszy, obsługujący SSE2), 512 MB pamięci RAM,      Podręcznik do pracy z robotem i materiały dodatkowe  Odkryj pełen potencjał robota Photona dzięki podręcznikowi do pracy z robotem, który dostępny jest pod tym linkiem. Możesz również korzystać z darmowych scenariuszy zajęć dostosowanych do podstawy programowej MEiN, stworzonych przez specjalistów w dziedzinie edukacji. Dzięki nim z pewnością uda się wykorzystać pełnię możliwości rozwiązań edukacyjnych firmy Photon. Zapoznaj się z przykładowymi scenariuszami:   _x0001_na zajęcia przedszkolne, _x0001_na zajęcia szkolne, _x0001_na zajęcia z programowania.    Oprócz tego, możesz również korzystać ze stale rozbudowywanej bazy materiałów na stronie Photon Portal.    O producencie Firma Photon istnieje na rynku od 2017 roku. W uznaniu za jakość oferowanych produktów otrzymała certyfikat wiodącej organizacji, która ocenia rozwiązania edukacyjne: Education Alliance Finland (EAF).  Sam robot  dostępny jest już w wielu krajach, jednak cała produkcja odbywa się w Polsce.   Specyfikacja techniczna   _x0001_ _x0001__x0001_ _x0001__x0001__x0001_WIELKOŚĆ     _x0001__x0001__x0001_Szerokość: 17,2 cm _x0001__x0001__x0001_Długość: 17 cm _x0001__x0001__x0001_Wysokość: 19 cm _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_WAGA _x0001__x0001__x0001_690 g _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_ZASILANIE _x0001__x0001__x0001_Wbudowany akumulator litowo-jonowy 2600mAh (9.62 Wh) z czasem pracy do 8 godzin. _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_ŁADOWANIE     _x0001__x0001__x0001_Poprzez wbudowane złącze microUSB. _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_ŁĄCZNOŚĆ _x0001__x0001__x0001_Bluetooth 4.0 / Low Energy _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_CZUJNIKI  _x0001__x0001__x0001_I FUNKCJONALNOŚĆ      _x0001__x0001__x0001_• Czujnik wykrywania dźwięku (mikrofon): 1 _x0001__x0001__x0001_• Głośnik: 1 _x0001__x0001__x0001_• Światła – oczy: diody LED RGB _x0001__x0001__x0001_• Światła – czułki: diody LED RGB _x0001__x0001__x0001_• Światło punktowe: dioda LED RGB (z tyłu) _x0001__x0001__x0001_• Czujnik detekcji przeszkód: 1 _x0001__x0001__x0001_• Sensor odległości: 1 (zakres do 100 cm) _x0001__x0001__x0001_• Czujnik dotyku: 1 _x0001__x0001__x0001_• Czujniki kontrastu podłoża: 2 _x0001__x0001__x0001_• System śledzenia czarnej linii na podłożu: 1 _x0001__x0001__x0001_• System mierzenia precyzji ruchu: 2 (pomiar przejechanej przez robota odległości i kątów obrotu) _x0001__x0001__x0001_• Gniazdo microUSB umożliwiające komunikację z _x0001__x0001__x0001_urządzeniami zewnętrznymi: 1 _x0001__x0001__x0001_• Dodatkowe akcesoria: TAK _x0001__x0001__x0001_• Wbudowane gniazda magnetyczne do akcesoriów: 6 _x0001__x0001__x0001_• Komunikacja z innymi robotami: TAK _x0001__x0001__x0001_• Możliwość nagrywania własnych dźwięków: TAK _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_KONSTRUKCJA    _x0001__x0001__x0001_Konstrukcja zamknięta, bez wystających kabli - w pełni bezpieczna dla dzieci powyżej 3. roku życia. _x0001__x0001__x0001_Obudowa wykonana z poliwęglanu. Testy wytrzymałości potwierdziły wysoką odporność robota na uderzenia i upadki. _x0001__x0001__x0001_Czułki robota wykonane z materiału uniemożliwiającego ich uszkodzenie _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_CERTYFIKATY I STANDARDY _x0001__x0001__x0001_Deklaracja zgodności CE (RoHS, EN-71) _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_GWARANCJA _x0001__x0001__x0001_2 lata, naprawa do 14 dni roboczych od otrzymania robota przez producenta, produkcja i serwis urządzeń w Polsce _x0001__x0001_ _x0001__x0001_ _x0001__x0001__x0001_W ZESTAWIE _x0001__x0001__x0001_• 1 sztuka robota _x0001__x0001__x0001_• Kabel USB do ładowania robota _x0001__x0001__x0001_• Dostęp do dedykowanych nauczycielom scenariuszy prowadzenia zajęć i podręcznika w wersjach cyfrowych (kart pracy dla uczniów, przykłady i propozycje zajęć dydaktycznych z wykorzystaniem robota, zgodnych z przyjętą podstawą programową) oraz do dedykowanych aplikacji _x0001__x0001__x0001_• Instrukcja „Jak zacząć” _x0001__x0001_ _x0001_         Integracja z innymi urządzeniami   _x0001_Komputer   Dzięki połączeniu robota z komputerem za pośrednictwem Photon Magic Dongle (sprzedawanego oddzielnie) możliwe jest tworzenie i testowanie programów za pomocą narzędzi z poziomu aplikacji Photon Magic Bridge, jak również innych pomocy dydaktycznych.   _x0001_Mikrokontroler BBC micro:bit   Niewielkich rozmiarów płytka elektroniczna, którą można zaprogramować z poziomu aplikacji Photon Magic Bridge w module Robotyka i Kodowanie. Dzięki niej można rozszerzyć możliwości robota o dodatkowe funkcje, takie jak na przykład czujnik pola magnetycznego lub programowanie świateł RGB.   _x0001_Monitor interaktywny, tablica interaktywna   Możliwe jest również  programowanie robota Photona bezpośrednio za pomocą  interaktywnej tablicy i monitora. Dzięki wprowadzeniu tej metody nauczania programowania wzbudzimy w uczniach jeszcze większą ciekawość i zainteresowanie tematem lekcji.   _x0001_Magiczny Dywan   Specjalny pakiet aplikacji Photon umożliwia nauczanie programowania w warunkach interaktywnego środowiska rozszerzonej rzeczywistości (AR). Dzięki zastosowaniu takiego połączenia w klasie uczniowie mogą wykazać się kreatywnością i rozwiązywać stawiane przed nimi zadania za pomocą myślenia komputacyjnego.   _x0001_Makey Makey   Wykorzystaj nieograniczoną pomysłowość swoich uczniów dzięki zestawowi Makey Makey, który umożliwia tworzenie improwizowanych kontrolerów z przedmiotów przewodzących prąd. Integracja z zestawem jest możliwa z poziomu oprogramowania Scratch, dostępnego w aplikacjach Photon EDU i Photon Magic Bridge.    _x0001_LEGO®   Twórz kreatywne projekty przy pomocy robota Photona oraz popularnych zestawów LEGO® Mindstorms EV3, Boost i WeDo 2.0. Podobnie jak w przypadku Makey Makey, integracja z wymienionymi zestawami odbywa się poprzez oprogramowanie Scratch, które jest dostępne w aplikacjach Photon EDU i Photon Magic Bridge. </t>
+    <t xml:space="preserve">Zestaw zawiera:
+• Magic Dongle do robota Photon (821207)
+• Robot Photon EDU (821200)
+Magic Dongle do robota Photon (821207)
+Niewielkie urządzenie, które umożliwia:
+• Integrację robota z komputerem,
+• Wykorzystanie tablicy interaktywnej podczas zajęć z robotem,
+• Programowanie z użyciem narzędzi Scratch, Blockly, MakeCode i innych,
+• Programowanie aż do 8 Photonów jednocześnie z jednego komputera.
+Robot Photon EDU (821200)
+Zawartość zestawu:
+	interdyscyplinarny robot edukacyjny Photon (wraz z kablem USB do ładowania) - zaprojektowany, by pomagać nauczycielom w prowadzeniu zajęć z różnych dziedzin,
+	dostęp do cyfrowej wersji podręcznika do pracy z robotem, który zawiera informacje dotyczące możliwości wykorzystania Photona na lekcjach,
+	dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi, 
+	wersje cyfrowe scenariuszy zgodnych z podstawą programową MEiN i materiałów dydaktycznych, dzięki którym nie zabraknie Ci inspiracji do prowadzenia zajęć,
+	dostęp do wsparcia technicznego i merytorycznego, które pozwoli Ci na sprawne i swobodne korzystanie z robota.
+Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych. 
+Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja.
+Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą. 
+Czujniki i funkcjonalność
+Aplikacje Photon EDU i Photon Magic Bridge
+Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku. 
+Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).
+Photon Draw
+Photon Badge
+Photon Blocks
+Photon Code
+Linki do pobrania
+Aplikacja Photon EDU:
+Android (Google Play)
+iOS (App Store)
+Aplikacja Photon Magic Bridge:
+Windows 7, 8, 10, 11
+macOS 10.9+
+ChromeOS 52+ (wersja w przeglądarce)
+Minimalne wymagania sprzętowe aplikacji Photon Edu, Photon Robot i Photon Coding (urządzenia mobilne):
+Android: wersja systemu 4.4, 1 GB pamięci RAM, obsługa Bluetooth Low Energy 4.0, iOS: wersja systemu 8.0, 1 GB pamięci RAM, obsługa Bluetooth 4.0.
+Minimalne wymagania sprzętowe aplikacji Photon Magic Bridge (komputery stacjonarne i laptopy):
+urządzenia z systemem Windows: Windows 7 (lub nowszy) w wersji 32- lub 64-bitowej, procesor Intel Pentium 4 (lub nowszy, obsługujący SSE2), 512 MB pamięci RAM,
+Podręcznik do pracy z robotem i materiały dodatkowe
+Odkryj pełen potencjał robota Photona dzięki podręcznikowi do pracy z robotem, który dostępny jest pod tym linkiem.
+Możesz również korzystać z darmowych scenariuszy zajęć dostosowanych do podstawy programowej MEiN, stworzonych przez specjalistów w dziedzinie edukacji. Dzięki nim z pewnością uda się wykorzystać pełnię możliwości rozwiązań edukacyjnych firmy Photon.
+Zapoznaj się z przykładowymi scenariuszami:
+	na zajęcia przedszkolne,
+	na zajęcia szkolne,
+	na zajęcia z programowania.
+Oprócz tego, możesz również korzystać ze stale rozbudowywanej bazy materiałów na stronie Photon Portal. 
+O producencie
+Firma Photon istnieje na rynku od 2017 roku. W uznaniu za jakość oferowanych produktów otrzymała certyfikat wiodącej organizacji, która ocenia rozwiązania edukacyjne: Education Alliance Finland (EAF).  Sam robot  dostępny jest już w wielu krajach, jednak cała produkcja odbywa się w Polsce. 
+Specyfikacja techniczna
+			WIELKOŚĆ    
+			Szerokość: 17,2 cm
+			Długość: 17 cm
+			Wysokość: 19 cm
+			WAGA
+			690 g
+			ZASILANIE
+			Wbudowany akumulator litowo-jonowy 2600mAh (9.62 Wh) z czasem pracy do 8 godzin.
+			ŁADOWANIE    
+			Poprzez wbudowane złącze microUSB.
+			ŁĄCZNOŚĆ
+			Bluetooth 4.0 / Low Energy
+			CZUJNIKI 
+			I FUNKCJONALNOŚĆ     
+			• Czujnik wykrywania dźwięku (mikrofon): 1
+			• Głośnik: 1
+			• Światła – oczy: diody LED RGB
+			• Światła – czułki: diody LED RGB
+			• Światło punktowe: dioda LED RGB (z tyłu)
+			• Czujnik detekcji przeszkód: 1
+			• Sensor odległości: 1 (zakres do 100 cm)
+			• Czujnik dotyku: 1
+			• Czujniki kontrastu podłoża: 2
+			• System śledzenia czarnej linii na podłożu: 1
+			• System mierzenia precyzji ruchu: 2 (pomiar przejechanej przez robota odległości i kątów obrotu)
+			• Gniazdo microUSB umożliwiające komunikację z
+			urządzeniami zewnętrznymi: 1
+			• Dodatkowe akcesoria: TAK
+			• Wbudowane gniazda magnetyczne do akcesoriów: 6
+			• Komunikacja z innymi robotami: TAK
+			• Możliwość nagrywania własnych dźwięków: TAK
+			KONSTRUKCJA   
+			Konstrukcja zamknięta, bez wystających kabli - w pełni bezpieczna dla dzieci powyżej 3. roku życia.
+			Obudowa wykonana z poliwęglanu. Testy wytrzymałości potwierdziły wysoką odporność robota na uderzenia i upadki.
+			Czułki robota wykonane z materiału uniemożliwiającego ich uszkodzenie
+			CERTYFIKATY I STANDARDY
+			Deklaracja zgodności CE (RoHS, EN-71)
+			GWARANCJA
+			2 lata, naprawa do 14 dni roboczych od otrzymania robota przez producenta, produkcja i serwis urządzeń w Polsce
+			W ZESTAWIE
+			• 1 sztuka robota
+			• Kabel USB do ładowania robota
+			• Dostęp do dedykowanych nauczycielom scenariuszy prowadzenia zajęć i podręcznika w wersjach cyfrowych (kart pracy dla uczniów, przykłady i propozycje zajęć dydaktycznych z wykorzystaniem robota, zgodnych z przyjętą podstawą programową) oraz do dedykowanych aplikacji
+			• Instrukcja „Jak zacząć”
+Integracja z innymi urządzeniami
+	Komputer
+Dzięki połączeniu robota z komputerem za pośrednictwem Photon Magic Dongle (sprzedawanego oddzielnie) możliwe jest tworzenie i testowanie programów za pomocą narzędzi z poziomu aplikacji Photon Magic Bridge, jak również innych pomocy dydaktycznych.
+	Mikrokontroler BBC micro:bit
+Niewielkich rozmiarów płytka elektroniczna, którą można zaprogramować z poziomu aplikacji Photon Magic Bridge w module Robotyka i Kodowanie. Dzięki niej można rozszerzyć możliwości robota o dodatkowe funkcje, takie jak na przykład czujnik pola magnetycznego lub programowanie świateł RGB.
+	Monitor interaktywny, tablica interaktywna
+Możliwe jest również  programowanie robota Photona bezpośrednio za pomocą  interaktywnej tablicy i monitora. Dzięki wprowadzeniu tej metody nauczania programowania wzbudzimy w uczniach jeszcze większą ciekawość i zainteresowanie tematem lekcji.
+	Magiczny Dywan
+Specjalny pakiet aplikacji Photon umożliwia nauczanie programowania w warunkach interaktywnego środowiska rozszerzonej rzeczywistości (AR). Dzięki zastosowaniu takiego połączenia w klasie uczniowie mogą wykazać się kreatywnością i rozwiązywać stawiane przed nimi zadania za pomocą myślenia komputacyjnego.
+	Makey Makey
+Wykorzystaj nieograniczoną pomysłowość swoich uczniów dzięki zestawowi Makey Makey, który umożliwia tworzenie improwizowanych kontrolerów z przedmiotów przewodzących prąd. Integracja z zestawem jest możliwa z poziomu oprogramowania Scratch, dostępnego w aplikacjach Photon EDU i Photon Magic Bridge. 
+	LEGO®
+Twórz kreatywne projekty przy pomocy robota Photona oraz popularnych zestawów LEGO® Mindstorms EV3, Boost i WeDo 2.0. Podobnie jak w przypadku Makey Makey, integracja z wymienionymi zestawami odbywa się poprzez oprogramowanie Scratch, które jest dostępne w aplikacjach Photon EDU i Photon Magic Bridge.
+</t>
   </si>
   <si>
     <t>044144</t>
   </si>
   <si>
-    <t>Tablica korkowa 100 x 200 cm - pastelowy błękit</t>
+    <t>Tablica korkowa 100 x 200 cm – pastelowy błękit</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>098120WPJ</t>
   </si>
   <si>
     <t>Stół Lektor prawy narożny do pracowni językowej - biały</t>
   </si>
   <si>
-    <t>Biurka dwuosobowe wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Tył zakryty blendą, w której znajduje się przelotka na kable. Biurka wyposażone w uchwyty na słuchawki. Są dostępne w kilku wariantach (prawe, lewe, proste, narożne), co umożliwia aranżację miejsc w pracowni w kształt podkowy.• wym. 142 x 66,3 x 76 cm• wym. 0</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> Cena skalkulowana wyłącznie dla placówek oświatowych (Drukarka 3D ze stawką VAT 0%).   Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.  Wzór Zaświadczenia &gt;&gt; Przykład wypełnionego Zaświadczenia &gt;&gt;  * wysyłka realizowana jest po dostarczeniu prawidłowo wypełnionego formularza zamówienia VAT0% w oryginale.  Odkrywajcie druk 3D z łatwością dzięki zintegrowanym ze sobą narzędziom Skriware. Interdyscyplinarna pracownia druku 3D od Skriware wraz z obudową dydaktyczno-metodologiczną przystosowana do pracy stacjonarnej, jak i do edukacji hybrydowej pomoże w szkole stworzyć Laboratorium Przyszłości. W jej skład wchodzą:   _x0001_Drukarka 3D Flashforge Adventurer 4 _x0001_Dzięki niej w łatwy sposób wydrukujecie swoje pierwsze trójwymiarowe modele. Posiada czujnik filamentu, schowek na narzędzia oraz kamerę pozwalającą na wykonywanie i przeglądanie zdjęć z poziomu interfejsu. Można zdalnie kontrolować urządzenie poprzez Wi-Fi lub Ethernet Pole robocze: 22 x 20 x 25 cm _x0001_10 x Filamenty PLA _x0001_Skrimarket _x0001_Skrimarket to obszerna biblioteka gotowych do druku modeli 3D, która dzięki integracji z 3D Skrinter pozwoli Wam drukować tysiące edukacyjnych modeli 3D. _x0001_Zobacz bibliotekę modeli 3D: https://skrimarket.com/  _x0001_Creator i 3D Playground _x0001_Zostańcie mistrzami modelowania 3D z Creatorem i 3D Playground niezależnie od tego czy lekcja odbywa się w szkole, czy zdalnie! W Creatorze znajdziecie odwzorowanie klocków SkriKit i wiele dodatkowych części konstrukcyjnych. Kątownik, śruba, nakrętka? To wszystko możecie dowolnie ze sobą zestawiać w tym wirtualnym kreatorze konstrukcji zintegrowanym z drukarka 3D Skrinter! _x0001_Dzięki 3D Playground nauczycie się podstaw modelowania w przestrzeni 3D. Podobieństwo do popularnej gry komputerowej sprawi, że uczniowie je pokochają! Narzędzie zintegrowane jest z drukarką 3D Skrinter. _x0001_Skriware Academy _x0001_Wszystko czego potrzebuje nauczyciel, aby przygotować się do fascynującej lekcji rozwijając jednocześnie kompetencje cyfrowe i metodologiczne, znajduje się w Skriware Academy: _x0001_ _x0001__x0001_24 e-kursy z zakresu nowoczesnych technologii, nauczania zdalnego i metodologii STEAM _x0001__x0001_86 gotowych scenariuszy lekcji na: matematykę, fizykę, przyrodę, geografię, biologię, chemię, technikę, informatykę i nauczanie wczesnoszkolne - zgodne z podstawą programową, _x0001__x0001_86 prezentacji multimedialnych dla uczniów, _x0001__x0001_karty pracy dla uczniów, _x0001__x0001_zintegrowana z Microsoft Teams i Google Classroom. _x0001__x0001_Wersja demo materiałów szkoleniowych dla nauczycieli (po zalogowaniu) https://academy.skriware.com/  _x0001_ _x0001_    • Gwarancja 24 miesiące • Serwis i infolinia techniczna dostępne pod numerem 601 288 506 sales@skriware.com • Instrukcje obsługi w języku polskim dostępne w formie cyfrowej i drukowanej • Gwarantowany warsztat wdrożeniowo-szkoleniowy online. • Usługi serwisowe na terenie całej Polski oraz bezpłatna infolinia ze wsparciem od wykwalifikowanych specjalistów  • Dedykowane filamenty uzupełniające pod kodami produktów: 821508-821511 (sprzedawane osobno).     </t>
+    <t>Biurka dwuosobowe wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Tył zakryty blendą, w której znajduje się przelotka na kable. Biurka wyposażone w uchwyty na słuchawki. Są dostępne w kilku wariantach (prawe, lewe, proste, narożne), co umożliwia aranżację miejsc w pracowni w kształt podkowy.• wym. 142 x 66,3 x 76 cm</t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65". • wym. 110 x 60 x 161 cm</t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65" i 75''.
+• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>098123WPJ</t>
   </si>
   <si>
     <t>Biurko Lektor do pracowni językowej - białe</t>
   </si>
   <si>
     <t>Biurka wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Tył zakryty blendą, w której znajduje się przelotka na kable. Biurka wyposażone w półkę na komputer. • wym. 160 x 70 x 76 cm</t>
   </si>
   <si>
     <t>096925W</t>
   </si>
   <si>
     <t>Szafka Grande na ksero/drukarkę - biała</t>
   </si>
   <si>
     <t>Szafki na ksero wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w półkę. Drzwi zamykane na zamek.Maksymalne dopuszczalne obciążenie: 40 kg. • wym. 82 x 61.8 x 82,2 cm</t>
   </si>
   <si>
     <t>098121WPJ</t>
   </si>
   <si>
     <t>Stół Lektor lewy do pracowni językowej - biały</t>
-  </si>
-[...7 lines deleted...]
-    <t>Chromebook zaprojektowany z myślą o Twoim dynamicznym stylu życia. Dzięki dostępowi do szeregu funkcji Google i Adobe, które wspierane są przez sztuczną inteligencję, możesz zrobisz znacznie więcej niż do tej pory. Kamera internetowa o rozdzielczości 1080p i wbudowane narzędzia (oparte na sztucznej inteligencji), które automatycznie poprawiają czystość obrazu i oświetlenie, eliminują szumy i rozmywają tła, zawsze będziesz wyglądać i brzmieć jak najlepiej, bez względu na używaną aplikację. Ponadto możesz wyciszyć mikrofon i wyłączyć kamerę jednym kliknięciem, co pozwoli na zachowanie prywatności oraz wygody.  Wstępnie zainstalowana aplikacja Google Photos pozwoli Ci korzystać z ulepszonych funkcji, takich jak magiczna gumka, która z łatwością usuwa niepożądane elementy, a także efekt trybu HDR, który podnosi jasność i kontrast obrazu. Korzystając z nowych narzędzi do tworzenia filmów, możesz także przygotować wysokiej jakości produkcje za pomocą kilku prostych kliknięć. Brak dostępu do Wi-Fi nie stanowi problemu. Na Chromebooku Plus masz stały dostęp do dokumentów, arkuszy i slajdów Google, zarówno po połączeniu z siecią, jak i lokalnie. Dzięki temu możesz tworzyć i pracować wszędzie tam, gdzie potrzebujesz. Duży wyświetlacz cechuje się rozdzielczością Full HD, przekątną 15.6", wąską ramką oraz powłoką antyodblaskową, co pozwala pracować nawet w jasnym otoczeniu.  Zwiększ swoją wydajność dzięki takim funkcjom jak Wi-Fi 6E, Bluetooth 5.1 i wbudowany port HDMI/ Korzystaj śmiało z dostępnych portów USB typu A oraz C.  Przy zakupie Chromebooka otrzymujesz BEZPŁATNY, roczny dostęp do platformy edukacyjnej Eduexpert z materiałami dla nauczycieli klas 1-3.  Zeskanuj kod QR, który otworzy drzwi do platformy edukacyjnej Eduexpert. Znajdziesz tam pełen zasób narzędzi, które umożliwią prowadzenie fascynujących lekcji. Wybieraj spośród modułów dostosowanych do indywidualnych potrzeb uczniów, realizuj działania związane z programem Laboratoria Przyszłości.  Zawartość materiałów na platformie: • materiały e-learningowe dla nauczyciela, • scenariusze zajęć lekcyjnych, • multimedialna aplikacja z materiałami edukacyjnymi.  Wykorzystaj wszystkie, by wzbogacić swoje zajęcia i zapewnić uczniom inspirującą edukację.  SPECYFIKACJA TECHNICZNA:  Marka: Acer Procesor: Intel Core i3-1215U  Ilość rdzeni: 6 Pamięć RAM: 8 GB LPDDR5X Maks. obsługiwany RAM: 32 GB Pamięć podręczna: 10 MB Dysk SSD: 512 GB Przekątna ekranu: 15.6" Rozdzielczość ekranu: 1920 x 1080 (Full HD) Powłoka przeciwodblaskowa: Tak Grafika: Intel® UHD Graphics Audio: Dwa głośniki, dwa mikrofony, Asystent Google Klawiatura numeryczna: Nie System operacyjny: Chrome OS Bateria: 53 Wh Łączność: Wi-Fi 6E, Bluetooth 5.1 Interfejsy: USB 3.2 Gen 1 Type-C x 2, USB 3.2 Gen 1 Type-A, HDMI, Audio In Wymiary: 36 x 23,8 x 1,99 cm Waga: 1,68 kg Gwarancja: do 36 miesięcy</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -274,51 +436,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde6bd649cd96e7c674e64c776c098521.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe59521557d2e083a47fc87ebab1d8042.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cdcaaaab7a141b1b56c3177589107313.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b3575c0c08e071202a475bac3c93d24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525432801ae97e4f3d8f3f3a6c37bdce5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e90bbdbcd678afdc75f471a1d6971e66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f6cb01e697d0f9e616dc2839f236367.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd8551f45f83583c2d408b081d7db92d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a514cb868439878db5457198528264a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5519975d3215cd95ab4f2766d00c0c510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f432a92a16d6a03ae8ef192e5d77fbdc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb0a01049adeedcadab1fc81961002f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76285c80a759fc6d47915d0f5889d97613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cbe3ed5dcfe20e602b106beabf1d6e14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5927033b865d59ea32d341dc1acdef1b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ac008c33af00ac0b4cd3010bd55cf02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c515b2bf765b54e040c2215a396e27ed3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f54aeb07d465883d4a0ce31631c74584.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8875869fd5e0232bf32c4e9027f15e55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25107abe5c10873e3d11567bb0e89e716.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0206c075ff032995f6c06ae262af337.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c72773fad64b47b99a7d1d620de8e18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04960c6824abf9b98f8d78e831d3db579.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a401383ed0fdb7e1b61638ecb154f7e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f27bbb2dd70a69a3f3583fc42a731ba11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b590e7e27f93ccd67a85c217cbbbcd12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0067" descr="Sala informatyczna"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -529,207 +691,147 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="ZEST5809-0VAT" descr="ZEST5809-0VAT"/>
+        <xdr:cNvPr id="9" name="585104" descr="585104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="585104" descr="585104"/>
+        <xdr:cNvPr id="10" name="098123WPJ" descr="098123WPJ"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="098123WPJ" descr="098123WPJ"/>
+        <xdr:cNvPr id="11" name="096925W" descr="096925W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="096925W" descr="096925W"/>
+        <xdr:cNvPr id="12" name="098121WPJ" descr="098121WPJ"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -996,54 +1098,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G20"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F20" sqref="F20:G20"/>
+      <selection activeCell="F18" sqref="F18:G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1226,167 +1328,125 @@
       <c r="E12" s="8">
         <v>4</v>
       </c>
       <c r="F12" s="10">
         <v>499.9</v>
       </c>
       <c r="G12" s="11">
         <v>1999.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>13790.0</v>
+        <v>1399.9</v>
       </c>
       <c r="G13" s="11">
-        <v>13790.0</v>
+        <v>1399.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>1399.9</v>
+        <v>999.9</v>
       </c>
       <c r="G14" s="11">
-        <v>1399.9</v>
+        <v>999.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F15" s="10">
         <v>999.9</v>
       </c>
       <c r="G15" s="11">
-        <v>999.9</v>
+        <v>1999.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E16" s="8">
+        <v>4</v>
+      </c>
+      <c r="F16" s="10">
+        <v>459.9</v>
+      </c>
+      <c r="G16" s="11">
+        <v>1839.6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="F18" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="E16" s="8">
-[...56 lines deleted...]
-        <v>90363.0</v>
+      <c r="G18" s="12">
+        <v>44073.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 