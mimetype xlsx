--- v0 (2025-11-14)
+++ v1 (2026-01-02)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t xml:space="preserve">WIZ-BIB-GR-0001 Biblioteczka z budką akustyczną </t>
   </si>
   <si>
-    <t>z dnia 2025-11-15 00:49:44</t>
+    <t>z dnia 2026-01-02 09:05:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D094321-05</t>
   </si>
   <si>
     <t>Regał wysoki - klon 375</t>
   </si>
@@ -258,51 +258,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42609c7a177f5e032ddb7e35db54b6db1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc8552de71f7aed813ba44d213423d82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c7d512a9b44faa8b7e6c837067d8813.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c81dcc473dc1efd4c06769af21317c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add1cf94b212f4839d32f96f7ca2181e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2a2ce93b88742a169e72a1f5708a0b26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a684cc5d6fca7e4c3dfe10b45e7c0c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6701e7cf571b181297b513c3e0d2118.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58575a21fe76975f018fdbd7c5b05f539.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860495df01753c3dc936365d1e255abb10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fd0fe523f4a9636d726d3e0d0cce8e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b258eb5014ce210469932e356b5f35b22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ba91e9fe9875597fa192647e7946d883.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bffbf441a393d9cc69ea58d6ad70074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb902b9a154507615df1335575088b85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92211becc216d7e04fab54c54eb10ca6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679b4760f7bcbd1b872d416091c28fb57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d789226964161395a1e785ea41f3c1d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bfe6e143c6c17887adcb50696555729.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928d6a019c68d01e4becde880051f04c10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-BIB-GR-0001" descr="Biblioteczka z budką akustyczną "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,62 +1111,62 @@
       <c r="E13" s="8">
         <v>2</v>
       </c>
       <c r="F13" s="10">
         <v>1999.9</v>
       </c>
       <c r="G13" s="11">
         <v>3999.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>27999.9</v>
+        <v>29999.9</v>
       </c>
       <c r="G14" s="11">
-        <v>27999.9</v>
+        <v>29999.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="F16" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="12">
-        <v>60657.0</v>
+        <v>62657.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 