--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -20,325 +20,325 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>INS-PRZ-QU-010 Sala przedszkolna Quadro w kolorystyce fioletowej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-31 11:30:42</t>
+    <t>z dnia 2025-12-17 10:29:59</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>094084</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - kość słoniowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – kość słoniowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>094112</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami - fioletowy pastel, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami – fioletowy pastel, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>099375-08</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - biały, nogi bukowe</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - jasnoszary</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>092195-4</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - kość słoniowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – kość słoniowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>109004</t>
   </si>
   <si>
     <t>Gruszka mała jasnofioletowy pastel - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I• śr. 60 cm• wym. 80 cm</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I• śr. 60 cm• wym. 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>109043</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, jasnofioletowy pastel</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>101922</t>
   </si>
   <si>
     <t>Poduszka beżowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,50 x 35 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101218N</t>
   </si>
   <si>
     <t>Poducha Kwiatek malucha</t>
   </si>
   <si>
     <t>Poducha wypełniona gąbką, obszyta poliestrową tkaniną (Loca). • wys. 17 cmMożna prać w pralce w temp. 30 stopni.• śr. 150 cm</t>
   </si>
   <si>
     <t>098835</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - fioletowy pastel</t>
+    <t>Quadro – drzwiczki małe 90 st. – fioletowy pastel</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - szary</t>
+    <t>Materac do domku Quadro – szary</t>
   </si>
   <si>
     <t>133358</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - aluminium, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>094198</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, klon jasny obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - beżowy</t>
   </si>
   <si>
     <t>056250</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - beżowy</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• śr. 200 cm</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• śr. 200 cm</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>133519</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  • aluminium</t>
   </si>
   <si>
     <t>146263</t>
   </si>
   <si>
     <t>EKO dekor - domek duży różowy</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -416,51 +416,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3bce373cbee61ce3de084c120770511.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc53a9546e1a0f3d05415ea34ec526e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1454589f5ff95a63cf56a06fe3466573.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b5f38af021f9094ce0b75447ee707d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0543a76df48a6696cfc5bea5a38f8e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e6c008800ca56ef11b22403bb0fbc96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5875be7eb9326b27d55b1d3054dc5af07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc434981f810325212d04c9c22730c48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4b421a3d344b5f2a4268a52bad674e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30ebe2ffbdcc7376457883d8ee5bc3b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40224e1f3484d1d941de95364ca0f3a711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0878b61b8c7607f9a58840efcb34806412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225fba8cd4678204939f2ccc9ed4db1013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c960cd06ba3d0660320cd59e0f684d114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f483fedbce6936f4a2dd660d34ba19615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c64c9a79532b277c4e0093d4e2d32716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806f4e6575552d3530b7a304a04b068817.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7deaa7e34ee053cdc203cee48e211c3f18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a20dedb799f0fd5bb77a704d0f35e519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074c2f0a7b93bf482a827232d8c4aceb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15a7492e1fab286a388b1715f7fc6b121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b8b6cd04e2765b85130efbfd190a0f22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b1de56a1dbb7737a1bc99adce47d4923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c7f09b85fecd2c4ad7c4cdd3d2448624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3751a4d845e6fc35db06eb345041429525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30c15083174b512daa076af562175ef26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5001dec20fb1e4d8505566d2a5fba027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac19762022471e135863aa5b46f96fa828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca5eba25b8226a83ee2e1bc86ea5a8829.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39c8d459fac752a86dd2b150460b2e330.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f544b39d1ff9681d9f7edd86f339d4931.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3804e4faeb242e4e11e416c4c3b45ee21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89acbbd3f8e1a845bb912a1c270b45e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6753f949600a0513f96f05496cfc4b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee718324efa2d84dff2708b914e84344.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb80261d4eab502a11b8f3a72eb06875.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467030a7385491a67389d63db269f1026.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47d4471dfb087a8d4a52d8479ff044c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331dc96cfb41a0ebb6c51b7beca114b58.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/330b57a56d04caf9bb4dffd78d4c65ec9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c691d6f10f85d751c76b74d5ff2e553d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896c37931a688a6f26e5794ada77337311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/160fea6831022c0bd9a920a45b892bdb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40a3741742e1f2d463f4bb3f3379fa513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020aa6a02ae9a4cf1b7cea1e1683a4ea14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e091ba40a5180ba6b00cd4a85034b515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b89d55e5bc651c96a25920e982538a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e813a432a9fa98a7daea1b08392fe217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d42c7add815d75e7ffe0da392a34a218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851d9c498597115e4cc5f1b70eb58b8819.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb998c2f5f3db46a3484aaf33adc97220.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6651982284491b729a382f879424bbe621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e925e1be260e51f8e315673187cf1422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74d2d2e7a3eec7ceb5cf9cb7269ce04d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df7a6d64e952eacd530328907f7aeac124.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ae05f7d0993d0f9e03342664f9ff5625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e876f96bd1b087af81c01990eec8654326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafe1ed2e0b0f31dd57b1d033eda7bc327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0f91493b297c872c8b6fce912d4c1728.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a90675bcf5412f7332aa2b3db1ec0029.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cdcb6521f7ae0c275341664926ca3930.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55ee2ecfdf0c79d62e0d24390f376fe31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-010" descr="Sala przedszkolna Quadro w kolorystyce fioletowej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>