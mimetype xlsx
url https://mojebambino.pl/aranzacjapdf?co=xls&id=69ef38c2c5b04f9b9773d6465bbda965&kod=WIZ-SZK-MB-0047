--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -19,123 +19,123 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0047 STEAM LAB-Strefa M (Mathematics) - Matematyka </t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 22:07:27</t>
+    <t>z dnia 2025-12-24 13:56:55</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>834151</t>
   </si>
   <si>
     <t>Stolik dostawny biały 40x40x74 cm</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 40 x 40 x 74 cm</t>
   </si>
   <si>
     <t>101881</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia szara z bokami ze sklejki</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>101773</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea ciemnoszara</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>834121</t>
   </si>
   <si>
     <t>Pufa Blocco 3-osobowa grafitowa</t>
   </si>
   <si>
     <t xml:space="preserve">Seria siedzisk i oparć Blocco o geometrycznych kształtach świetnie sprawdzi się zarówno w przestrzeni biurowej, w gabinetach, jak i na korytarzu, w szatni czy w bibliotece. Można je dowolnie konfigurować. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) w stonowanych kolorach i wyposażone w niskie, okrągłe nóżki. Konstrukcja skrzyni jest wykonana z płyty wiórowej łączonej belkami z tarcicy. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wym. 190 x 50 x 42 cm  </t>
   </si>
   <si>
     <t>101767</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea jasnoszara</t>
   </si>
   <si>
     <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 80 x 40 x 40 cm</t>
   </si>
   <si>
     <t>101894</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna jasnoszara</t>
   </si>
   <si>
-    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
+    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • dł. boku 30 cm • wys. 42 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>515031</t>
   </si>
   <si>
     <t>Tablica magnetyczna biała na stojaku wym. 150 x 90 cm</t>
   </si>
   <si>
     <t>Dwustronna, obrotowa tablica na stojaku z kółkami. Powierzchnia po obu stronach magnetyczna, suchościeralna. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Dwa kółka na stojaku posiadają hamulec; taka konstrukcja poprawia stabilność tablicy. • wym. tablicy 150 x 90 cm • wys. tablicy ze stelażem 168 cm • 6 szt. magnesów do tablicy • kolor biały</t>
   </si>
   <si>
     <t>834109</t>
   </si>
   <si>
     <t>Hoker z oparciem</t>
   </si>
   <si>
     <t>Hoker na płozach o lekkiej, ale wytrzymałej konstrukcji. Siedzisko i oparcie wykonane ze sklejki laminowanej, stelaż metalowy malowany proszkowo wyposażony w ślizgi zapobiegające zarysowywaniu podłogi. • wym. 50 x 53 x 101,5 cm • wym. siedziska 39 x 38 cm • wys. siedziska 75,5 cm</t>
   </si>
   <si>
     <t>834158-1</t>
   </si>
   <si>
     <t>Okno akustyczne szare</t>
   </si>
@@ -148,51 +148,51 @@
   <si>
     <t>Pufa Inflamea 1 pięciokątna musztardowa</t>
   </si>
   <si>
     <t>515035</t>
   </si>
   <si>
     <t xml:space="preserve">Tablica biała z z uchwytem na papier,  wym. 70 x 100 cm </t>
   </si>
   <si>
     <t>Tablica suchościeralna magnetyczna ze zintegrowanym uchwytem na arkusze flipchart, z ruchomą ramą o regulowanej wysokości (wykonana ze stali). Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113).• wymiary tablicy: 70 x 100 cm• maksymalna wysokość: 200 cm• stojak: Ø 58 cm• zawiera gąbkę, marker i 6 magnesów• kółka z blokadą• zamienny blok do flipcharta 085290 sprzedawany osobno</t>
   </si>
   <si>
     <t>834153</t>
   </si>
   <si>
     <t xml:space="preserve">Stolik mały wysoki antracyt 65x50x74 </t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 65 x 50 x 74 cm</t>
   </si>
   <si>
     <t>834155</t>
   </si>
   <si>
-    <t>Stolik duży wysoki antracyt 130x50x110</t>
+    <t>Stolik duży wysoki antracyt 130 x 50 x 110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -273,51 +273,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e1e36fa482229ce587a76682598abb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363cb06cff0b5b8f2f19af174a8179162.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675da06b389fbbdb4fe2cb2ece824d2c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e13f713dc6339d1eb4664eee0c8e1274.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eac07e9bc5be357ce7b7dbe699015095.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7740a10ca8438e01c609275c7f073ef6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a3a713b1ba118b7bdfa08efa56285937.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d136a14e3a62a33dba550d72abdb5a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c1cbf23c19d89754948bae3565d88b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643674675808852113aab918eb256bf010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab63d84a1817176a649c5889be4b24bd11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47d31a350445ed25ac70ad88a4b222012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e81bad60b6899ba6ff8d104903ac12913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed93dab623b54da219b917c5f8af146314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c68e1589b8b6747ea7173b8ae9500915.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08afd37e5a4e4d2d2a4c9a3bd4feb481.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50ca55c92e1128ccb0d4a76ab6ea07c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55b6df810897b88b33a8d34e37637e33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e8ccd1e97087ca734871b43f8b40d904.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a9a53b7f1e9a1763583623d4a464145.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b57bc75c062268b78e085b6366c2b66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c924d105dc9292003c13bf03dbf8ad7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6add540a2fb7fb2e429d09831fb7c69a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d11099cb64597148b1ef58e0931bb29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e87553ffbff911388b2fbb80916b776d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ad6b48d0f4755503b8534b06e6b0f911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcadb96ff4dec5acf48740f73865c3bd12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da011c6ba63aad872f3007fc73d7221c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de33449178f5b61927f9a2e35b2cca7614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa014705a719327198cdbbecf07868115.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0047" descr="STEAM LAB-Strefa M (Mathematics) - Matematyka "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>