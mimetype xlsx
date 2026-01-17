--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -20,96 +20,247 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-SZK-MB-0024 Pracownia STREAM</t>
   </si>
   <si>
-    <t>z dnia 2025-10-16 18:48:44</t>
+    <t>z dnia 2026-01-17 02:08:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
+  </si>
+  <si>
     <t>031702</t>
   </si>
   <si>
     <t xml:space="preserve">Mobilna szafka na laptopy 20 szt. </t>
   </si>
   <si>
-    <t>Metalowe szafki mobilne do przechowywania jednocześnie od 10 do 30 laptopów, z możliwością doładowania baterii. Wewnątrz korpusu metalowego szafki jest zamontowana listwa, która zawiera gniazda elektryczne do podłączenia ładowarek laptopów. Drzwi są zabezpieczone zamkiem kluczowym. Mobilne, łatwe do przemieszczania i bezpieczne. Kabel przyłączeniowy w zestawie (dł. 3 m).• 20 miejsc na laptopy • wym. 92 x 50 x 125 cm• wym. 50 x 92 x 125</t>
+    <t>Metalowe szafki mobilne do przechowywania jednocześnie od 10 do 30 laptopów, z możliwością doładowania baterii. Wewnątrz korpusu metalowego szafki jest zamontowana listwa, która zawiera gniazda elektryczne do podłączenia ładowarek laptopów. Drzwi są zabezpieczone zamkiem kluczowym. Mobilne, łatwe do przemieszczania i bezpieczne. Kabel przyłączeniowy w zestawie (dł. 3 m).• 20 miejsc na laptopy • wym. 92 x 50 x 125 cm• wym. 50 x 92 x 125 cm</t>
   </si>
   <si>
     <t>048233</t>
   </si>
   <si>
     <t>Krzesło Samba 4L beżowe z drewnianym podłokietnikiem</t>
   </si>
   <si>
     <t xml:space="preserve">• Szerokie, komfortowe siedzisko i oparcie tapicerowane imitacją skóry. • Metalowe podłokietniki z drewnianymi nakładkami. • Stabilna, metalowa, chromowana rama. • Plastikowe stopki chroniące podłogę przed zarysowaniem. • Możliwość składowania w stosie – max. 4 szt.  • wym. 60 x 88 cm • wys. siedziska 45 cm </t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65". • wym. 110 x 60 x 161 cm</t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65" i 75''.
+• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>821202</t>
   </si>
   <si>
     <t>Mata edukacyjna do Photona</t>
   </si>
   <si>
     <t xml:space="preserve">
 Dedykowana mata do kodowania do wykorzystania z Robotem Photon EDU (821200, sprzedawany osobno). Mata edukacyjna podzielona na 24 kwadratowe pola (6 x 4).
 • wym. 180 x 120 cm
 </t>
   </si>
   <si>
     <t>199242</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA, 1 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Moduł Woda to produkt na licencji Centrum Nauki Kopernik.  Moduł WODA zawiera:   _x0001_30 scenariuszy pozwalających zbadać właściwości wody, podczas prowadzenia eksperymentów o różnym stopniu trudności. Każdy z nich uda się zrealizować podczas jednej lekcji. Scenariusze są w formacie PDF na pendrive ( karta dla nauczyciela (x 2), karta ucznia (x 15) i karty pracy dla ucznia (2X). _x0001_Zestaw materiałów dla nauczyciela – kołobrulion z informacjami organizacyjnymi i merytorycznymi. Zawiera on między innymi merytoryczne informacje o wodzie oraz materiały ekspertów dotyczące przeprowadzania doświadczeń w szkole. _x0001_Pendrive z cyfrową kopią wszystkich kart dla nauczyciela i ucznia. _x0001_1 walizkę z zestawem narzędzi potrzebnych do wykonania doświadczeń w zespołach dwuosobowych (maksymalnie cztery osoby na zestaw).      Moduł Woda jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody badawczej. Materiały merytoryczne dla nauczyciela oraz 30 scenariuszy badań wraz z kartami dla nauczyciela i ucznia to zasadnicza część Modułu. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka w klasach IV-VIII szkół podstawowych. Akcesoria umożliwiające wykonanie doświadczeń o różnym stopniu trudności ułożone są w specjalnym pudełku. Moduł jest prosty i mobilny.  Prezentowany zestaw zawiera materiały merytoryczne dla nauczyciela i uczniów oraz walizkę z akcesoriami niezbędnymi do przeprowadzenia doświadczeń.     Nauczyciel otrzymuje w Module Woda wszystkie merytoryczne i praktyczne materiały niezbędne do przeprowadzenia doświadczeń. Są to zarówno informacje dotyczące zakresu realizowanej podstawy programowej poprzez poszczególne doświadczenie jak i czasu potrzebnego na realizacje doświadczenia czy informacji o możliwości przeprowadzenia doświadczenia w plenerze. Opis doświadczenia dla uczniów jest bardzo precyzyjny, ale równocześnie prosty i ujęty także w formie obrazkowej.  Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).    Tematyka badań Modułu Woda:   _x0001_Piana: Badanie wpływu stopnia zmineralizowania wody na ilość powstającej piany. _x0001_Dwie krople wody: Badanie wpływu napięcia powierzchniowego na objętość kropli wody. _x0001_Kropla wody w oleju: Obserwowanie skutków działania sił spójności na kształt kropli wody w oleju. _x0001_Pieprz na wodzie: Obserwowanie wpływu napięcia powierzchniowego na obiekty na powierzchni wody. _x0001_Ruch płynów w materiałach porowatych: Obserwowanie procesu transportu wody przez materiał porowaty. _x0001_Pobieranie wody w roślinie: Badanie zjawiska transportu wody w liściach kapusty pekińskiej. _x0001_Parowanie wody w roślinie: Badanie zjawiska parowania wody z powierzchni liści roślin. _x0001_Obserwacja organizmów wodnych: Pobieranie, obserwowanie i analizowanie organizmów żywych ze zbiorników wodnych. _x0001_Zachowanie rozwielitek: Obserwowanie zachowania rozwielitek w różnych środowiskach. _x0001_Najlepsze chłodziwo: Poszukiwanie substancji, która najefektywniej ochłodzi gorącą kamienną kostkę. _x0001_Ogniwo galwaniczne: Budowanie prostego ogniwa galwanicznego z cytryny i metalowych gwoździ. _x0001_Przewodnictwo elektryczne wody: Badanie przewodnictwa elektrycznego wody. demineralizowanej oraz mieszaniny wody demineralizowanej z solą. _x0001_Ruch jonów w polu elektrycznym: Obserwowanie dryfu jonów MnO w polu elektrycznym. _x0001_Wytrącanie miedzi z roztworu siarczanu miedzi: Badanie utleniania i redukcji na przykładzie reakcji cynku z siarczanem(VI) miedzi(II). _x0001_Gęstość wody w różnych temperaturach: Porównywanie gęstości wody w różnych temperaturach. _x0001_Gęstość cieczy: Porównywanie gęstości różnych cieczy (alkohol, olej, woda, słona woda). _x0001_Temperatura wody a głębokość: Badanie temperatury wody w zbiorniku wodnym na różnych głębokościach. _x0001_Topnienie lodu a poziom wód na Ziemi: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Soczewka: Budowanie i porównywanie soczewek z wody i oleju. _x0001_Życie w kropli wody: Obserwowanie kropli wody w powiększeniu. _x0001_Soczewka z kropli wody: Budowanie mikroskopu ze smartfonu i kropli wody. _x0001_Odwadnianie siarczanu miedzi: Badanie zmiany właściwości fizycznych siarczanu(VI). miedzi(II) na skutek utraty wody z sieci krystalicznej. _x0001_Woda w polimerach: Badanie pochłaniania wody przez poliakrylan sodu. _x0001_Wrzenie wody: Doprowadzanie do wrzenia wody przez zmianę ciśnienia w strzykawce. _x0001_Sole w roztworze wodnym: Badanie zjawiska dyfuzji i rozpuszczania soli w wodzie. _x0001_Osmoza: Badanie zjawiska osmozy. _x0001_Chłodzenie roztworem saletry: Obserwowanie spadku temperatury roztworu w wyniku zjawiska endotermicznego, jakim jest rozpuszczanie w wodzie azotanu(V) amonu. _x0001_Parowanie a stygnięcie cieczy: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Turystyczna destylarka: Budowanie urządzenia oczyszczającego wodę, wykorzystującego proces odparowywania. _x0001_Lód i sól: Badanie wpływu dodatku soli i cukru na szybkość topnienia lodu oraz temperaturę wody     Przykładowe karty pracy:    Moduł Woda - karta nauczyciela - Dwie_krople_wody  Moduł Woda - karta ucznia - Dwie_krople_wody_1  Moduł Woda - karty pracy- ucznia - Dwie_krople_wody_2  Moduł woda - karta nauczyciela -Przewodnictwo_elektryczne_wody  Moduł woda - karta ucznia - Przewodnictwo_elektryczne_wody  Moduł Woda - karta nauczyciela - Pobieranie_wody_w_roslinie  Moduł Woda - karta ucznia Pobieranie_wody_w_roslinie      Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII   Cele edukacyjne w zakresie przedmiotów przyrodniczych realizowane poprzez Modułowe Pracownie:  1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:   _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody; _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej; _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.   2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań; _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty; _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności; _x0001_rozwijanie samodzielności.   3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:   _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa); _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.   4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:   _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń); _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi; _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii; _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji; _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.   5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:   _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole; _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.    Modułowe Pracownie Przyrodnicze rekomendowane przez Centrum Nauki Kopernik, to edukacyjne narzędzie, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka). Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Nauczycielom dostarcza gotowe narzędzia, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Zaproponowana tu metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.   MODUŁY – CO TO JEST? To specjalnie przygotowane autorskie zestawy edukacyjne wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny. To nowoczesne pomoce dydaktyczne, zawierające materiały i scenariusze niezbędne do uczenia praktycznego. W procesie ich tworzenia dobieramy odpowiednie narzędzia, materiały, sprzęty i jednocześnie rozwijamy metody nauczania i uczenia się przez odkrywanie i osobiste doświadczanie w toku otwartego eksperymentowania – samodzielnie oraz w zespole.  POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów. Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.  MODUŁOWA KONCEPCJA  KSZTAŁCENIA– ZALETY Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.  MODUŁ WODA   Pierwszy dostępny moduł MPP umożliwia prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody doświadczalnej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów między przedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach. Moduł WODA dostępny jest również w pakietach: 6 sztuk oraz 10 sztuk. W celu uzyskania zamierzonych efektów pracy z modułem WODA, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     Zestaw narzędzi w walizce:   waga (1 szt.),  multimetr (1 szt.),  termometr (2 szt.),  siarczan(VI) miedzi(II) (1 szt.), węglan sodu (1 szt.), siarczan(VI) magnezu (1 szt.), chlorek wapnia (1 szt.), barwnik czerwony (1 szt.) barwnik niebieski (1 szt.) manganian(VII) potasu (1 szt.) brzęczyk (1 szt.) laser/latarka (1 szt.) sonda termiczna (1 szt.) mikroskop (1 szt.), probówka szklana (10 szt.), statyw na probówki (1 szt.),  zlewka szklana 100 ml (4 szt.), tkanina (1 szt.), gumka recepturka (10 szt.), pielucha (1 szt.), ścisk (2 szt.), gwoździe ocynkowane (5 szt.), gwoździe stalowe (5 szt.), śruby mosiężne (5 szt.), gwoździe omiedziowane (5 szt.), szczotka do probówek (1 szt.), szczotka do cylindra (1 szt.), kamienne kostki (2 szt.), łapa drewniana (2 szt.), linijka (1 szt.), przewody czerwone (5 szt.), przewody (5 szt.),  krokodylki czerwone (10 szt.), krokodylki (10 szt.), pipeta Pasteura (10 szt.), strzykawka (1 szt.), parowniczka (1 szt.), szalka Petriego (1 szt.), szkiełko podstawowe z łezką (6 szt.), probówka wirówkowa duża (5 szt.), probówka wirówkowa mała (6 szt.), zlewka plastikowa 100 ml (4 szt.), zlewka plastikowa 250 ml (2 szt.), cylinder miarowy (1 szt.), bagietka (2 szt.), łyżeczka (2 szt.), bateria 4,5 V (2 szt.)        Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.   Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).  Program Modułowe Pracownie Przyrodnicze (MPP) sfinansowany został w ramach dotacji Fundacji Rozwoju Systemu Edukacji na podstawie umowy z dnia 8 września 2017 r. Nr umowy CNK 1171/17/BU/U/633/AS </t>
   </si>
   <si>
     <t>ZEST5862</t>
   </si>
@@ -121,260 +272,251 @@
 	096894 Regał Grande M na pojemniki - 2 kolumny - klon, 1 szt.
 	372063 Pojemnik duży 3 srebrny, 4 szt.
 	372053 Pojemnik płytki 1 srebrny, 2 szt.
 SZCZEGÓŁOWY OPIS:
 096894 Regał Grande M na pojemniki - 2 kolumny - klon, 1 szt.
 Regał wykonany z klonowej płyty laminowanej o gr. 18 mm.
 	wym. 70,2 x 48 x 82,2 cm
 372063 Pojemnik duży 3 srebrny, 4 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 22,5 cm
 372053 Pojemnik płytki 1 srebrny, 2 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 7,5 cm
 • wym. 70,2 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>515033</t>
   </si>
   <si>
     <t>Biała tablica magnetyczna wisząca wym. 150 x 100 cm</t>
   </si>
   <si>
     <t>Tablice białe do układania obrazków, pisania. Posiadają aluminiową ramę. Po tablicy można pisać tylko markerami suchościeralnymi dobrej jakości. Mocowane są do ściany za pomocą uchwytów. Wymagają częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 150 x 100 cm</t>
   </si>
   <si>
-    <t>585022</t>
-[...7 lines deleted...]
-  <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>372006</t>
   </si>
   <si>
-    <t>Pojemnik głęboki 2 - transparentny</t>
+    <t>Pojemnik głęboki 2 – transparentny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • 1 szt.</t>
   </si>
   <si>
+    <t>085603</t>
+  </si>
+  <si>
+    <t>Drukarka 3D Flashforge Adventurer 4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oferta sklepu obejmuje także możliwość zakupu drukarki 3D przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 085603-0VAT Zobacz produkt &gt;&gt;  Wzór Zaświadczenia &gt;&gt; Przykład wypełnionego Zaświadczenia &gt;&gt;     Drukarka 3D Sygnis FlashForge Adventurer 4 doskonale sprawdza się w tworzeniu technologicznego parku maszyn. Funkcja RESUME PRINT pozwala na rozpoczęcie drukowania od tego samego momentu, w którym go przerwano z powodu, np. nagłego odcięcia zasilania, a większe pole robocze umożliwia jeszcze efektywniej drukować wybrane modele.  Drukarka 3D Adventurer 4 to nie tylko większy rozmiar wydruku: 220 x 200 x 250 mm, ale także większe możliwości. Posiada wbudowany uchwyt szpuli filamentu 1kg oraz możliwość korzystania z dysz o średnicach 0,3 / 0,4 mm. Drukarka 3D wyposażona jest w czujnik filamentu, schowek na narzędzia oraz kamerę, która pozwala na wykonywanie i przeglądanie zdjęć z poziomu interfejsu drukarki. Możliwość zdalnej kontroli nad urządzeniem poprzez Wi-Fi lub Ethernet. Lokalne sterowanie urządzenia odbywa się za pomocą 4.3 calowego kolorowego wyświetlacza HD, posiadającego trzy stopnie jasności. Drukarka 3D posiada tryb oszczędzania energii. Dzięki ekstruderowi 265 °C możliwy jest druk z PLA/ABS/PC/PETG/PLA-CF/PETG-CF. Nowe funkcje w oprogramowaniu pozwalają nadzorować wiele urządzeń jednocześnie. Drukarka 3D posiada dwa tryby kalibracji: 9-cio punktową i ekspercką. Dodatkowo istnieje możliwość pobrania log’u z urządzenia.  Drukarka 3D Adventurer 4 posiada funkcję umożliwiającą edycję temperatury stołu oraz dyszy w trakcie drukowania. Zmienić można także wysokość osi Z, procentową ilość podawanego filamentu, moc wentylatorów oraz prędkość drukowania. Wbudowana instrukcja obsługi oraz informacje na temat oprogramowania pozwolą na lepsze zapoznanie się z drukarką. Na drukarkę udzielamy rocznej gwarancji i świadczymy pomoc techniczną, jako jedyny autoryzowany serwis FlashForge w Polsce.   Wyposażenie:   _x0001_szpula filamentu (1 kg) _x0001_kabel zasilający _x0001_dodatkowy moduł wysokotemperaturowy o średnicy 0.4mm _x0001_śrubokręt _x0001_narzędzie do przepychania dyszy _x0001_komplet śrubokrętów imbusowych _x0001_smar _x0001_pendrive _x0001_karta do poziomowania _x0001_złączka do filamentu _x0001_instrukcja obsługi    Specyfikacja:   _x0001_Technologia: FDM/FFF _x0001_Liczba głowic: 1 _x0001_Temperatura Ekstrudera: 240 ℃ / 265 ℃ _x0001_Temperatura platformy roboczej: 110 ℃ _x0001_Prędkość drukowania: 10 – 150 mm/s _x0001_Obszar roboczy: 220 x 200 x 250 mm _x0001_Rozdzielczość warstwy: 0,1 – 0,4 mm _x0001_Komora robocza: zamknięta _x0001_Głośność: 45 dB _x0001_Wielkość wyświetlacza: 4,3" _x0001_Zasilanie: 100-240 VAC, 47-603Hz _x0001_Kamera: 1 _x0001_Filtr: HEPA _x0001_Czujnik filamentu _x0001_Łączność: pamięć USB, Wi-Fi, Ethernet, FlashCloud _x0001_Waga: 20,1 kg _x0001_Wymiary: 500 x 470 x 540 mm   Serwis i infolinia techniczna dostępne pod numerem (22) 790-00-19   serwis@sygnis.pl;  bambino@sygnis.pl </t>
+  </si>
+  <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
-    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
+    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 x 88 cm</t>
   </si>
   <si>
     <t>199346</t>
   </si>
   <si>
     <t>Mobilna Majsterkownia</t>
   </si>
   <si>
     <t xml:space="preserve">
 Zestaw Mobilna Majsterkownia zaprojektowany został z myślą o podstawowej obróbce drewna i prostych pracach konstruktorskich. Przeznaczony jest do wykorzystania na lekcjach techniki lub zajęciach pozalekcyjnych z uczniami klas 4–8 szkoły podstawowej.
 Zestaw zawiera:
 • narzędzia do pracy z drewnem,
 • regał na kółkach do przechowywania narzędzi (do samodzielnego złożenia),
 • propozycje 10 zadań konstruktorskich w formie kart do druku oraz instrukcji filmowych (na pendrive),
 • kartę BHP oraz trzy filmy instruktażowe dotyczące sposobu pracy z wiertarko-wkrętarką i montażu mebla.
 Zadania konstrukcyjne zaproponowane w zestawie polegają na tworzeniu pomocy naukowych związanych ze zjawiskami fizycznymi oraz zagadnieniami matematycznymi. Samodzielnie budując obiekty, uczniowie zapoznają się z działaniem narzędzi i podstawowymi technikami obróbki drewna, a także rozwijają umiejętności manualnie. Ponadto praca z zestawem przyczynia się do kształtowania dobrego nawyku planowania działań i przygotowywania w odpowiedni sposób warsztatu pracy. Wreszcie sprzyja doskonaleniu umiejętności współpracy z innymi przy realizacji projektów zespołowych.
 Proponowane w zestawie konstrukcje różnią się pod względem trudności wykonania – od najłatwiejszych (Pudełko, Astrolabium) do najtrudniejszych (Pantograf, Waga). Ponieważ Mobilna Majsterkownia przeznaczona jest przede wszystkim dla osób, które nie pracowały wcześniej z drewnem, w poszczególnych komponentach zestawu zamieszczone zostały różne uwagi techniczne (podstawowe zasady pracy z zestawem w karcie BHP, wskazówki i instrukcje w kartach i filmach dotyczących poszczególnych zadań konstruktorskich oraz w dodatkowych filmach instruktażowych).
 Każda z kart pracy zawiera grafikę przedstawiającą docelową konstrukcję (pomoc naukową), listę materiałów i narzędzi potrzebnych do jej wykonania, propozycję zadania dodatkowego z użyciem konstrukcji oraz krótki opis merytoryczny tłumaczący jej działanie.
 Narzędzia zostały skompletowane tak, aby z zestawem mogły pracować równolegle trzy zespoły uczniowskie. Obok klasycznych narzędzi do obróbki drewna, takich jak piła czy pilnik, w zestawie znalazły się również uniwersalne i bardzo przydatne przedmioty takie jak gruby sznurek, taśma klejąca czy klej do drewna.
 Samodzielny montaż mobilnego regału na narzędzia przewidziany został jako konstruktorskie zadanie wstępne dla uczniów. Do zestawu dołączono instrukcję, jak zrobić to krok po kroku. Plecy mebla pełnią dodatkową funkcję roboczych płyt ochronnych, służących do zabezpieczenia stołów przed uszkodzeniem podczas pracy.
 	wym. szafki 80 x 60,3 x 151 cm
 Spis działań konstruktorskich w zestawie
 1. Pudełko
 2. Astrolabium
 3. Łoże fakira
 4. Wahadło
 5. Pantograf kreślarski
 6. Zegar słoneczny
 7. Kamerton
 8. Ksylofon
 9. Waga
 10. Katapulta
 Zestaw narzędzi:
 	852200 Akumulatorowa wiertarko-wkrętarka, 3 szt.
 	852222 Zestaw wierteł do metalu, 1 szt.
-	852252 Zestaw wierteł do drewna, 3 szt.
-	852236 Bity do wkrętarki akumulatorowej, 1 kpl.
+	852390 Zestaw wierteł do drewna, 3 szt.
+	852389 Zestaw bitów do wkrętarki akumulatorowej, 1 kpl. 
 	852204 Piła ramowa do metalu, 3 szt.
 	852205 Piła do metalu, 3 szt.
 	852235 Brzeszczoty do pił, 1 kpl.
 	852178 Piła płatnica, 1 szt.
-	852229 Młotek ślusarski, 2 szt.
+	852299 Młotek ślusarski, 2 szt.
 	852211 Zestaw tarników do drewna (zdzieraki), 1 kpl.
 	852210 Zestaw pilników ślusarskich (zdzieraki), 1 kpl.
 	852219 Nóż do cięcia (ostrze chowane), 3 szt.
 	852220 Ostrza łamane wymienne, 1kpl.
 	852173 Zestaw kluczy imbusowych, 1 kpl.,
 	852175 Ścisk stolarski skręcany, 20 cm, 2 szt., 3 kpl.
 	852207 Szczypce uniwersalne (kombinerki), 3 szt.
 	852226 Obcęgi, 1 szt.
 	852206 Suwmiarka, 1 szt.
 	852233 Taker, 1 szt.
 	852247 Zszywki (do takera), 2 kpl.
 	852216 Kątownik stolarski, 2 kpl.
 	852215 Przymiar stalowy, 1 szt.
 	852225 Taśma miernicza 3m, 3 szt.
 	852242 Wkłady klejowe do pistoletu 11 mm, 6 szt., 4 kpl.
 	852250 Zestaw pędzli, 1 kpl.
 	852174 Poziomica, 1 szt.
 	852254 Okulary ochronne stanowiskowe, 5szt.
 	852255 Rękawice ochronne, 5 par.
 	852172 Zestaw płaskich kluczy, 1 kpl.
 	852237 Papier ścierny K40, 1 szt.
 	852238 Papier ścierny K80, 1 szt.
 	852239 Papier ścierny K120, 1 szt.
 	852240 Papier ścierny K200, 1 szt.
 	852241 Papier ścierny K240, 1 szt.
 	852179 Taśma klejąca - duct tape, 3 szt.
 	852180 Taśma izolacyjna, 3 szt.
 	852184 Taśma dwustronna, 3 szt.
 	852248 Ołówek stolarski, 3 szt.
-	852223 Skrzynka narzędziowa 16", 1 szt.
-	852224 Skrzynka narzędziowa 12", 1 szt.
+	852223 Skrzynka narzędziowa 16\", 1 szt.
+	852224 Skrzynka narzędziowa 12\", 1 szt.
 	852181 Klej uniwersalny, 3 szt.
 	852182 Klej do drewna, 2 szt.
 	852185 Gumki recepturki, 1 kpl.
 	852264 Wkręty stożkowe 3.0x20, 1000 szt., 1kpl.
 	852265 Wkręty stożkowe 4.0x50, 100 szt., 1kpl.
 	852268 Gwoździe 1,4x25, 1000 szt., 1kpl.
 	852269 Gwoździe 2.2x50, 500 szt., 1kpl.
 	852183 Kołki do drewna 8x40 mm, 1 kpl.
 	852166 Noże do wyrzynarki, 1 kpl.
 	852168 Imadło małe, 1 szt.
 	852169 Wyrzynarka ręczna, 1 szt.
 	852170 Skrzynka uciosowa, 3 szt.
 	852171-1 Brzeszczoty do piły, 1kpl.
 	600058 Pirograf - wypalarka, 1 szt.
 	551031 Pistolet do kleju 11 mm, 3 szt.
 	852163 Śruby m6, łeb sześciokątny, 5 cm, 50 szt., 1kpl.
 	852164 Nakrętki 6B, 50 szt., 1kpl.
 	852165 Podkładka 6x18x1,5B, 50 szt., 1kpl.
 </t>
   </si>
   <si>
     <t>098152</t>
   </si>
   <si>
     <t>Stół Moove+ czworoboczny rozm. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Mobilny stół na stelażu metalowym z okrągłymi nogami (śr. 32 mm). Stelaż został zespolony z nogami dla zwiększenia stabilności. Blat z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem ABS o gr. 1 mm.• dwie stopki i dwa kółka z hamulcem • dł. boków 90, 42, 70, 70 cmStoły Moove Plus dzięki swojemu nieregularnemu kształtowi oferują szeroką gamę możliwości ustawiania i łączenia. Krótkie boki trójkątnych stołów Moove Plus pasują do długich boków kwadratowych stołów Moove Plus. Kwadratowe stoły Moove Plus można łatwo ustawić w łuk, aby umożliwić grupom dyskusyjnym. W tym celu ustawia się je obok siebie na długich bokach; z przodu (szer. 70 cm) jest wystarczająco dużo miejsca dla 1 osoby. Dzięki kółkom aranżację można szybko dostosować do zmieniających się sytuacji podczas nauki i pracy. </t>
   </si>
   <si>
     <t>842157</t>
   </si>
   <si>
     <t>Kwadrat wyciszający - zielony, gr. 50 mm</t>
   </si>
   <si>
     <t>Dekoracyjne panele wyciszające w kształcie kwadratów, do zamocowania na ścianie. Wykonane z flokowanej pianki poliuretanowej. Dostępne w 3 grubościach (20, 40 i 50 mm) i 6 kolorach (niebieski, mglisty, ciemnoszary, jasnoszary, różowy, zielony). Klej montażowy znajduje się w zestawie. • wym. 60 x 60 cm</t>
   </si>
   <si>
     <t>199259</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł POWIETRZE, 1 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">   Moduł Powietrze zawiera:   _x0001_1 walizkę z zestawem materiałów w postaci sprzętu do przeprowadzenia doświadczeń w zespołach uczniowskich (zalecana dla maksymalnie 4 osób). _x0001_Podręcznik dla nauczyciela, zawierający opis lekcji z wykorzystaniem elementów metody badawczej oraz poradnik na temat tego, jak konstruować dobre pytania badawcze, opisy przebiegu 45-minutowych zajęć z wykorzystaniem elementów metody badawczej. _x0001_Propozycje doświadczeń opisanych w kartach nauczyciela i kartach ucznia (karty są dostępne w podręczniku - wersja do skserowania lub na pendrive - wersja do druku). Karty zawierają dokładne instrukcje doświadczeń, odniesienie do podstawy programowej, merytoryczne wytłumaczenie zjawisk oraz podpowiedź, jak radzić sobie z trudnymi sytuacjami podczas wykonywania doświadczenia. _x0001_Nośnik pamięci z kartami nauczyciela i kartami ucznia w wersji do druku.      Moduł Powietrze to obok Modułu Woda produkt na licencji Centrum Nauki Kopernik. Cały projekt Modułowych Pracowni Przyrodniczych (MPP) to propozycja nowoczesnego sposobu kształcenia uczniów klas IV-VIII szkół podstawowych, w której nacisk położony jest na samodzielne poznawanie świata przez uczniów, poprzez obserwację i eksperymentowanie.  Moduł Powietrze to autorski zestaw edukacyjny wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny umożliwiające nauczycielom prowadzenie zajęć z wykorzystaniem metody badawczej zarówno na lekcjach biologii, fizyki, chemii jak i geografii. To kompleksowa pomoc dydaktyczna, zawierająca sprzęt z wyposażenia laboratoryjnego do przeprowadzenia badań, ale także materiały i scenariusze niezbędne do uczenia praktycznego związanego z tematyką powietrza.      Przykładowe karty pracy:     Moduł Powietrze - karta nauczyciela   Moduł Powietrze - karta ucznia  Zobacz filmik     Tematyka badań Modułu Powietrze:   Balon pod presją Silne powietrze Odwrócona szklanka Powódź w szklance Symulator gazu Paradoks lejka Chmura w butelce  Oporne powietrze Wiatromierz Energia wiatrowa Powietrzna spirala Komin Smog w cylindrze Pojemność płuc  Wdech-wydech Rytm życia Mętna woda Kwaśne kolory Gryzące powietrze Napędzane światłem      Zestaw narzędzi w walizce:   Zlewka 100ml szklana wąska z podziałką    szt. 3 Bagietka szklana 7x200mm    szt. 1 Krokodylki czarny    szt. 4 Krokodylki czerwone    szt. 4 Termometr panelowy 1xAAA MOD-TEMP100    szt. 1 Przewody z „banankami 4mm” czerwone 25cm    szt. 2 Przewody z „banankami 4mm” czarne 25cm    szt. 2 Waga jubilerska 2xAAA 500g / 0,01g    szt. 1 Multimetr 2xAA UNI-T UT33C+ zamiennik 571137    szt. 1 Gumki recepturki    szt. 5 Barwnik spożywczy  20ml w płynie    szt. 1 Czarna strona A4 zalaminowana, rewers biały    szt. 1 Butelka z atomizerem 35 ml    szt. 2 Butelka szklana 200 ml    szt. 1 Ciśnieniomierz nadgarstkowy    szt. 1 Cylinder miarowy szklany 250 ml    szt. 1 Foliopis czarny 0,7 mm    szt. 1 Pianka prostopadłościan 2x2x2 cm    szt. 1 Pianka półwalec fi 6 cm, 1 cm    szt. 1 Gniazdo E27 z klipsem    szt. 1 Korek gumowy fi 33x25 H 28    szt. 1 Kadzidełka 8 szt.    szt. 1 Koreczek luer lock (combi)    szt. 1 Korek gumowy 1 otwór fi 22x17 H 25    szt. 1 Kula samobieżna    szt. 4 Żarówka LED GROW biała    szt. 1 Literatka fi 50 H 81 mm    szt. 1  Literatka fi 52 H 151 mm    szt.  1 Łącznik do węży żeński Luer Lock 2.4 - 3.4 mm    szt. 1 Miara zwijana 3 m    szt. 1 Mikroskop do Smartfona    szt. 1 Nożyczki preparacyjne    szt. 1 Bateria AA / LR6    szt. 12 Bateria AAA / R03    szt. 12 Papier ścierny P220    szt. 1 Pęseta 20 cm    szt. 1 Pirosiarczyn potasu cz. 50g    szt. 1 Płytka PLEXI 80 x 80 x 1,5 mm    szt. 1 Pojemnik kuchenny szeroki 1 L    szt. 1 Pojemnik kuchenny szeroki 2.25 L    szt. 1 Pojemnik kuchenny szeroki 2.25 L z otworami    szt. 1 Pompka próżniowa z manometrem    szt. 1 Rama z ruchomą przegrodą    szt. 1 Rura z PMMA plexi - fi 30x26mm H 30 cm    szt. 2 Silnik szczotkowy DC 6-12V    szt. 1 Strzykawka Luer Lock 20 ml    szt. 1 Strzykawka Luer Lock 5 ml    szt.  1 Szczotka do cylindrów 35x300 mm    szt. 1 Świeczki urodzinowe 6 cm    szt. 1 Świeczka tealight    szt. 4 Waga hakowa 40 kg    szt. 1 Wąż PVC 1,5m    szt. 1,5 Wkręt stalowy fi 5 H 30 mm    szt. 1 Zapalarka składana    szt. 1  Piłka ping-pong    szt. 1 Piłka do suchego basenu 7 cm    szt. 1 Szklana kulka fi 150 mm    szt. 1 Lejek plastikowy PP fi 62 mm    szt. 1 Wytłoczka Moduł Powietrze    szt. 1 Pudełko Moduł Powietrze    szt.1 Sznurek 1,5 mm x 50 m    szt. 0,03 Płytka aluminiowa 50x25x1mm    szt. 2 Płytka miedziana 50x25x1mm    szt. 2 Płytka stalowa 50x25x1mm    szt. 4 Siłomierz sprężynpwy 50 N    szt. 1 Klej    szt. 1 Plastelina 180 g    szt.1 Piłka do suchego basenu 6 cm    szt. 1 Magnes biurowy 20 mm    szt. 1 Mieszadło do kawy    szt. 1 Stoper elektroniczny    szt. 1 Kolba stożkowa z wąską szyją 250 ml    szt. 1 Drut miedziany 1m 1-1,5 mm    szt. 1 Pipeta pasteura 5ml    szt. 5 Pistolet na gorący klej    szt. 1 Małe sztyfty do pistoletu na gorący klej    szt. 1 Papierki wskażnikowe    szt. 1 Balon mały    szt. 5 Balon duży    szt. 5 Plastikowa szklanka 15 cl    szt. 1 Wodorotlenek wapnia cz. (Ca(OH)2) 40g    szt. 1      Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.    Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII    Modułowe Pracownie Przyrodnicze umożliwiają realizację nadrzędnych celów edukacji w zakresie przedmiotów przyrodniczych.   1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:    _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody;  _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej;  _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.    2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań;  _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty;  _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności;  _x0001_rozwijanie samodzielności.    3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:    _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa);  _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.    4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:    _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń);  _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi;  _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii;  _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji;  _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.    5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:    _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole;  _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.     Modułowe Pracownie Przyrodnicze to propozycja nowoczesnego sposobu kształcenia uczniów. Projekt został opracowany przez ekspertów Centrum Nauki Kopernik ze środków Fundacji Rozwoju Systemu Edukacji (FRSE). Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka).    Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Zaproponowana metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.      Zestaw narzędzi w walizce:   Zlewka 100ml szklana wąska z podziałką    szt. 3 Bagietka szklana 7x200mm    szt. 1 Krokodylki czarny    szt. 4 Krokodylki czerwone    szt. 4 Termometr panelowy 1xAAA MOD-TEMP100    szt. 1 Przewody z „banankami 4mm” czerwone 25cm    szt. 2 Przewody z „banankami 4mm” czarne 25cm    szt. 2 Waga jubilerska 2xAAA 500g / 0,01g    szt. 1 Multimetr 2xAA UNI-T UT33C+ zamiennik 571137    szt. 1 Gumki recepturki    szt. 5 Barwnik spożywczy  20ml w płynie    szt. 1 Czarna strona A4 zalaminowana, rewers biały    szt. 1 Butelka z atomizerem 35 ml    szt. 2 Butelka szklana 200 ml    szt. 1 Ciśnieniomierz nadgarstkowy    szt. 1 Cylinder miarowy szklany 250 ml    szt. 1 Foliopis czarny 0,7 mm    szt. 1 Pianka prostopadłościan 2x2x2 cm    szt. 1 Pianka półwalec fi 6 cm, 1 cm    szt. 1 Gniazdo E27 z klipsem    szt. 1 Korek gumowy fi 33x25 H 28    szt. 1 Kadzidełka 8 szt.    szt. 1 Koreczek luer lock (combi)    szt. 1 Korek gumowy 1 otwór fi 22x17 H 25    szt. 1 Kula samobieżna    szt. 4 Żarówka LED GROW biała    szt. 1 Literatka fi 50 H 81 mm    szt. 1  Literatka fi 52 H 151 mm    szt.  1 Łącznik do węży żeński Luer Lock 2.4 - 3.4 mm    szt. 1 Miara zwijana 3 m    szt. 1 Mikroskop do Smartfona    szt. 1 Nożyczki preparacyjne    szt. 1 Bateria AA / LR6    szt. 12 Bateria AAA / R03    szt. 12 Papier ścierny P220    szt. 1 Pęseta 20 cm    szt. 1 Pirosiarczyn potasu cz. 50g    szt. 1 Płytka PLEXI 80 x 80 x 1,5 mm    szt. 1 Pojemnik kuchenny szeroki 1 L    szt. 1 Pojemnik kuchenny szeroki 2.25 L    szt. 1 Pojemnik kuchenny szeroki 2.25 L z otworami    szt. 1 Pompka próżniowa z manometrem    szt. 1 Rama z ruchomą przegrodą    szt. 1 Rura z PMMA plexi - fi 30x26mm H 30 cm    szt. 2 Silnik szczotkowy DC 6-12V    szt. 1 Strzykawka Luer Lock 20 ml    szt. 1 Strzykawka Luer Lock 5 ml    szt.  1 Szczotka do cylindrów 35x300 mm    szt. 1 Świeczki urodzinowe 6 cm    szt. 1 Świeczka tealight    szt. 4 Waga hakowa 40 kg    szt. 1 Wąż PVC 1,5m    szt. 1,5 Wkręt stalowy fi 5 H 30 mm    szt. 1 Zapalarka składana    szt. 1  Piłka ping-pong    szt. 1 Piłka do suchego basenu 7 cm    szt. 1 Szklana kulka fi 150 mm    szt. 1 Lejek plastikowy PP fi 62 mm    szt. 1 Wytłoczka Moduł Powietrze    szt. 1 Pudełko Moduł Powietrze    szt.1 Sznurek 1,5 mm x 50 m    szt. 0,03 Płytka aluminiowa 50x25x1mm    szt. 2 Płytka miedziana 50x25x1mm    szt. 2 Płytka stalowa 50x25x1mm    szt. 4 Siłomierz sprężynpwy 50 N    szt. 1 Klej    szt. 1 Plastelina 180 g    szt.1 Piłka do suchego basenu 6 cm    szt. 1 Magnes biurowy 20 mm    szt. 1 Mieszadło do kawy    szt. 1 Stoper elektroniczny    szt. 1 Kolba stożkowa z wąską szyją 250 ml    szt. 1 Drut miedziany 1m 1-1,5 mm    szt. 1 Pipeta pasteura 5ml    szt. 5 Pistolet na gorący klej    szt. 1 Małe sztyfty do pistoletu na gorący klej    szt. 1 Papierki wskażnikowe    szt. 1 Balon mały    szt. 5 Balon duży    szt. 5 Plastikowa szklanka 15 cl    szt. 1 Wodorotlenek wapnia cz. (Ca(OH)2) 40g    szt. 1      MODUŁY   POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT  Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Moduł jest prosty i mobilny. Nie wymaga specjalnie przygotowanej infrastruktury. Można go ustawić w każdej sali i przemieszczać go między salami, a także wykorzystać w terenie. Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów.  Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.   MODUŁOWA KONCEPCJA – ZALETY  Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.   Moduł MPP jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody lub powietrza z wykorzystaniem metody badawczej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów międzyprzedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach.  W celu uzyskania zamierzonych efektów pracy z modułem, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     </t>
   </si>
   <si>
-    <t>085600</t>
-[...7 lines deleted...]
-  <si>
     <t>ZEST5319</t>
   </si>
   <si>
     <t>Grande - zestaw 9</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096896 Regał Grande M na pojemniki - 3 kolumny - klon, wym. 104 x 48 x 82,2 cm, 1 szt.
 	096899 Regał Grande M głęboki - klon, wym. 82 x 48 x 82,2 cm, 2 szt.
 	096889 Nadstawka Grande S głęboka - klon, wym. 82 x 48 x 35,2 cm, 4 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 2 pary
 	096871K Drzwi Grande niskie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 34,9 cm, 2 pary
 	372009 Pojemnik płytki 1 - żółty, wym. 31,2 x 42,7 x 7,5 cm, 14 szt.
 	372026 Pojemnik płytki 1 - transparentny, wym. 31,2 x 42,7 x 7,5 cm, 7 szt.
 Wym. 268 x 49,8 x 152,6 cm
-• wym. 268.00 x 49.80 x 152.60 cm• długość zestawu: 2.68 m</t>
+• wym. 268 x 49,80 x 152,60 cm• długość zestawu: 2,68 m</t>
   </si>
   <si>
     <t>101839</t>
   </si>
   <si>
     <t>Gruszka duża w odcieniach szarości - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>096930W</t>
   </si>
   <si>
-    <t>Regał Grande dwustronny - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Specjalnie zaprojektowane do przechowywania i użytkowania z Modułową Pracownią Przyrodniczą - Moduł Woda (199242, sprzedawany osobno).Regał można uzupełnic plastikowymi pojemnikami.• wym. 104 x 48 x 117,4 cm</t>
+    <t>Regał Grande dwustronny – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Specjalnie zaprojektowane do przechowywania i użytkowania z Modułową Pracownią Przyrodniczą – Moduł Woda (199242, sprzedawany osobno).Regał można uzupełnic plastikowymi pojemnikami.• wym. 104 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>842158</t>
   </si>
   <si>
     <t>Kwadrat wyciszający - ciemnoszary, gr. 20 mm</t>
   </si>
   <si>
     <t>821200</t>
   </si>
   <si>
-    <t>Cyfrowe zasoby - Robot Photon EDU</t>
+    <t>Cyfrowe zasoby – Robot Photon EDU</t>
   </si>
   <si>
     <t xml:space="preserve">
 Zawartość zestawu:
 	Jednego robota edukacyjnego Photon,
 	Dostęp do aplikacji Photon EDU, Coding oraz Robot,
 	dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi, 
 	Dostęp do stale aktualizowanej bazy scenariuszy prowadzenia zajęć oraz dodatkowych materiałów dydaktycznych w formie cyfrowej. Robot ma wbudowaną baterię, jest ładowany za pomocą kabla micro USB. Po pełnym naładowaniu działa do 8 godzin.
 Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych. 
 Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja.
 Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą. 
 Czujniki i funkcjonalność
 Aplikacje Photon EDU i Photon Magic Bridge
 Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku. 
 Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).
 Photon Draw
 Photon Badge
 Photon Blocks
 Photon Code
 Linki do pobrania
 Aplikacja Photon EDU:
 Android (Google Play)
 iOS (App Store)
 Aplikacja Photon Magic Bridge:
 Windows 7, 8, 10, 11
@@ -570,306 +712,306 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042975ec1b1ba9cfe922c0338c673fe31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0777cd27ead5ed744723a53feeb55042.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58623415c959e3a1d8ca0633189bb4ad3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295dd08784ced585e859a49031e62c4e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92b70a8d4948e12603a47a623e621cf5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42c727a2c0f152bb5905cf1aee07fbf6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8aafe5460fdc2ba4d32624689bd30a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff829e16a50550750243c143dba27cd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b87c8f35414bd87f0f217803e85cf59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4b6adbbe7bf4e5d1777c3fcf33d1d7210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252f34e1190ca9a1b2e6f07a0bbdbb5411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bba864408fcb9f245ec851a0c91c339f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201002302e5114b2a2f6d3078456fd2f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c470608351447fa1a3f6d0e87cdc7cb614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7b4fc06526f9b9da887b99e13cd8ff15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021d07ac9ef801eab5a2ffe6a4ca6c6116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec927ec3e01ea0dec3f2bb09f8e81da717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc2f711a331a2b527f155002bb056ee18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7130479c5c394279ae5d6195a6e397019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af974a96db07586b44f0aea5c17d22ad20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e68d8b49d7524ba36c867bfb92d265921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add2d1223625535d5946ab2aed45adb522.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/291bfcaf98095f7869b305d06eed580c23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d717580980fa4f6a6519d4297aa3c97624.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0634d142633da944a8a2d66821496b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bba589efc2c2e00c722f56b2f752da32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737657f2493c811c0f8e309a0b88bbf53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546eee8a28968a04a58c7e37eb0378614.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7737740ff4739bd52f6221d5dfe737e05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79d3f33466cc9ce0194ed4ad80cb4a66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5c8833d212fed251037fb32cf30a587.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2083977cab7b6503fbaeb2381097c18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31bbe212011afc48be244d1ed6fd2609.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3126d4db9c6ad3dff7f55da47550da6e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d7c7ff4e0885dded71e5febcfc5f6711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faabe85eede991ce6d82c95feae088bd12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41b8c75b095392b29560b29d6f0fd64c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8631cc36893e36f727c02dadb1bbc4f714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1c5aee5180b03a8526cc36034213d415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5e4bd3d010d5a03e3f6cb5803d2ab9d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71e3713e8eb418ee5a310a571f53f4617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410338992c07450a1b8bb70bd78e4cdb18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d3b7476b1c28eff19e4a6ed75f3a7219.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d3004cb92f8f24a521d01f9e4a62b8220.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439b042f4758fa0afcb4d9088d31fab821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09533d207db795f628595b1c0e973f6d22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9588334c9f157e04f562563ae92d0e23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e2b0c65337bb45ceabbc147aecb2aa24.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0024" descr="Pracownia STREAM"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="031702" descr="031702"/>
+        <xdr:cNvPr id="2" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="048233" descr="048233"/>
+        <xdr:cNvPr id="3" name="031702" descr="031702"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="585104" descr="585104"/>
+        <xdr:cNvPr id="4" name="048233" descr="048233"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="821202" descr="821202"/>
+        <xdr:cNvPr id="5" name="585104" descr="585104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="199242" descr="199242"/>
+        <xdr:cNvPr id="6" name="821202" descr="821202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="ZEST5862" descr="ZEST5862"/>
+        <xdr:cNvPr id="7" name="199242" descr="199242"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="515033" descr="515033"/>
+        <xdr:cNvPr id="8" name="ZEST5862" descr="ZEST5862"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="585022" descr="585022"/>
+        <xdr:cNvPr id="9" name="515033" descr="515033"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -915,201 +1057,201 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="092902" descr="092902"/>
+        <xdr:cNvPr id="12" name="085603" descr="085603"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="199346" descr="199346"/>
+        <xdr:cNvPr id="13" name="092902" descr="092902"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="098152" descr="098152"/>
+        <xdr:cNvPr id="14" name="199346" descr="199346"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="842157" descr="842157"/>
+        <xdr:cNvPr id="15" name="098152" descr="098152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="199259" descr="199259"/>
+        <xdr:cNvPr id="16" name="842157" descr="842157"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="085600" descr="085600"/>
+        <xdr:cNvPr id="17" name="199259" descr="199259"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1675,201 +1817,201 @@
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>7399.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G6" s="11">
-        <v>7399.9</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>629.9</v>
+        <v>7399.9</v>
       </c>
       <c r="G7" s="11">
-        <v>629.9</v>
+        <v>7399.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>1399.9</v>
+        <v>629.9</v>
       </c>
       <c r="G8" s="11">
-        <v>1399.9</v>
+        <v>629.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>239.9</v>
+        <v>1399.9</v>
       </c>
       <c r="G9" s="11">
-        <v>239.9</v>
+        <v>1399.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>2099.9</v>
+        <v>239.9</v>
       </c>
       <c r="G10" s="11">
-        <v>12599.4</v>
+        <v>239.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F11" s="10">
-        <v>1029.3</v>
+        <v>2099.9</v>
       </c>
       <c r="G11" s="11">
-        <v>1029.3</v>
+        <v>12599.4</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>549.9</v>
+        <v>1029.3</v>
       </c>
       <c r="G12" s="11">
-        <v>549.9</v>
+        <v>1029.3</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>6887.9</v>
+        <v>549.9</v>
       </c>
       <c r="G13" s="11">
-        <v>6887.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>1649.9</v>
       </c>
       <c r="G14" s="11">
         <v>1649.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
@@ -1882,162 +2024,162 @@
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>3</v>
       </c>
       <c r="F15" s="10">
         <v>71.9</v>
       </c>
       <c r="G15" s="11">
         <v>215.7</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F16" s="10">
-        <v>779.9</v>
+        <v>6999.9</v>
       </c>
       <c r="G16" s="11">
-        <v>12478.4</v>
+        <v>6999.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F17" s="10">
-        <v>7999.9</v>
+        <v>779.9</v>
       </c>
       <c r="G17" s="11">
-        <v>7999.9</v>
+        <v>12478.4</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>499.9</v>
+        <v>7999.9</v>
       </c>
       <c r="G18" s="11">
-        <v>7998.4</v>
+        <v>7999.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F19" s="10">
-        <v>229.9</v>
+        <v>499.9</v>
       </c>
       <c r="G19" s="11">
-        <v>1379.4</v>
+        <v>7998.4</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F20" s="10">
-        <v>2699.9</v>
+        <v>229.9</v>
       </c>
       <c r="G20" s="11">
-        <v>8099.7</v>
+        <v>1379.4</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F21" s="10">
-        <v>4304.88</v>
+        <v>2699.9</v>
       </c>
       <c r="G21" s="11">
-        <v>4304.88</v>
+        <v>8099.7</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
         <v>5522.8</v>
       </c>
       <c r="G22" s="11">
         <v>5522.8</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
@@ -2068,51 +2210,51 @@
       <c r="C24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
         <v>829.9</v>
       </c>
       <c r="G24" s="11">
         <v>829.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E25" s="8">
         <v>7</v>
       </c>
       <c r="F25" s="10">
         <v>189.9</v>
       </c>
       <c r="G25" s="11">
         <v>1329.3</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
@@ -2148,51 +2290,51 @@
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
         <v>559.9</v>
       </c>
       <c r="G28" s="11">
         <v>559.9</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="F30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G30" s="12">
-        <v>89751.98</v>
+        <v>94559.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 