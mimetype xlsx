--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-GAB-GR-0001 Gabinet dyrektora Grande</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 06:05:35</t>
+    <t>z dnia 2025-11-26 17:10:58</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>048009</t>
   </si>
   <si>
     <t>Krzesło Visa alu szare</t>
   </si>
@@ -99,51 +99,51 @@
     <t xml:space="preserve">Fotel wyróżniający się nowatorską formą, wysoką jakością zastosowanych materiałów oraz doskonałymi walorami ergonomicznymi. Oparcie wykonane na bazie profilowanej formatki sklejkowej, z wypełnieniem z pianki tapicerowanej tkaniną poliestrową o gramaturze 250g/m2. Tapicerka ma wyraźnie zaznaczone krawędzie boczne wzdłuż oparcia i podłokietników zszywane z osobnych elementów. Integralnym elementem są podłokietniki, które stanowią wraz z oparciem jeden element. Siedzisko wykonane na bazie formatki sklejkowej, posiadającej specjalny układ tapicerski. Tapicerowane tkaniną poliestrową o gramaturze 250g/m2. Przód siedziska jest wyraźnie zaokrąglony w dół. Konstrukcja malowana proszkowo. • wym. 60 x 63 x 89,5 cm • wys. siedziska 43 cm </t>
   </si>
   <si>
     <t>834152</t>
   </si>
   <si>
     <t>Stolik mały niski biały 65x50x50</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 65 x 50 x 50 cm</t>
   </si>
   <si>
     <t>ZEST5316</t>
   </si>
   <si>
     <t>Grande - zestaw 6</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096899 Regał Grande M głęboki - klon, wym. 82 x 48 x 82,2 cm, 3 szt.
 	096889 Nadstawka Grande S głęboka - klon, wym. 82 x 48 x 35,2 cm, 1 szt.
 	096891 Nadstawka Grande M głęboka - klon, wym. 82 x 48 x 70,4 cm, 1 szt.
 	096893 Nadstawka Grande L głęboka - klon, wym. 82 x 48 x 105,6 cm, 1 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 3 pary
 Wym. 246 x 49,8 x 187,8 cm
-• wym. 246.00 x 49.80 x 187.80 cm• długość zestawu: 2.46 m</t>
+• wym. 246 x 49,80 x 187,80 cm• długość zestawu: 2,46 m</t>
   </si>
   <si>
     <t>092478</t>
   </si>
   <si>
     <t>Stół owalny 100 x 180 cm klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • wym. 100 x 180 cm Stoły można łączyć z kolekcją Expo.• klon 375</t>
   </si>
   <si>
     <t>D3233-03</t>
   </si>
   <si>
     <t>Biurko Vigo z szafką i szufladą białe</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji buku, klonu lub białej, wykończone obrzeżem o gr. 2 mm. Wyposażone w szafkę i 1 szufladę zamykaną na zamek. • wym. 120 x 60 x 76 cm • Wymiary wewnętrzne szafki: szer. 33 x wys. 46 cm • Wymiary szuflady: szer. 33 x wys. 16 cm• wym. 120 x 60 x 76</t>
   </si>
   <si>
     <t>101477</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - jasnoszary</t>
   </si>
@@ -248,51 +248,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9296d8ab5a5ddd5f7f46043c7fd8f31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986258e700fd60bc2f172b2c0db07aa02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3083e51cd500bc5c5f245cea87a8bf3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e258171d85b78abe52808143aa217e254.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be23038cc0a51c9fba6d24afb6a4c24b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97877687ae257d123cff452af77d74f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f40983faed051ec7b6cf571dc98717.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d938d7b875c44e6e3fc64a7ec12b6a918.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c2cce90285d518ebf94e340aa1e8339.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170ab85249aa68ac9f71c8ea5272f72410.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3742956ca1cc716754603211b0c88e2d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9091627345015bee48a032375f6e28002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f311cba6ac5839c86250e5337580a33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d8e5d7b11b0e6a9145a4aa7d871bee4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76c0e38d464460b8b8f632f3d46329a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e9e9956c9f83dd913fbd88f4c3a49f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/291f975cac1a98a8790597b8d12f1a337.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36447740640486067cd1a3617e1b97c08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335921ecb2ea9573f818a3bb6320fc2e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eea373e2bc247d2f73dbeec20c94dee10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-GR-0001" descr="Gabinet dyrektora Grande"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>