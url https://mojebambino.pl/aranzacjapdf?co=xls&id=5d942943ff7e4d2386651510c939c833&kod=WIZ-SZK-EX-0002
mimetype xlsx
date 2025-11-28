--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -20,114 +20,125 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-SZK-EX-0002 Pracownia przyrodnicza Expo</t>
   </si>
   <si>
-    <t>z dnia 2025-10-07 02:32:50</t>
+    <t>z dnia 2025-11-28 02:56:38</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092743</t>
   </si>
   <si>
     <t>Szafka Expo na drukarkę 3D/ksero - klon 375</t>
   </si>
   <si>
-    <t>Szafka na ksero z 1 półką i drzwiczkami zamykanymi na zamek, wykonana z płyty laminowanej o gr. 18 mm. • wym. 65 x 65 x 80 cm Maksymalne dopuszczalne obciążenie: 40 kg</t>
+    <t>Szafka na ksero z 1 półką i drzwiczkami zamykanymi na zamek, wykonana z płyty laminowanej o gr. 18 mm. • wym. 65 x 65 x 80 cm Maksymalne dopuszczalne obciążenie: 40 kg• wym. 65 x 65 x 80 cm</t>
   </si>
   <si>
     <t>092729</t>
   </si>
   <si>
     <t>Biurko Vigo z zaokrąglonymi narożnikami, z szafką i szufladą klon 375</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji buku, klonu lub białej, wykończone obrzeżem o gr. 2 mm. Wyposażone w szafkę i 1 szufladę zamykaną na zamek. • wym. 120 x 60 x 76 cm • Wymiary wewnętrzne szafki: szer. 33 x wys. 46 cm • Wymiary szuflady: szer. 33 x wys. 16 cm• wym. 60 cm x 120 cm x 76 cm</t>
   </si>
   <si>
     <t>118706</t>
   </si>
   <si>
     <t>Taboret drewniany - wys. 46 cm</t>
   </si>
   <si>
     <t xml:space="preserve">Taborety mogą być wykorzystywane nie tylko jako miejsce do siedzenia dla małych dzieci, ale także jako element używany do gimnastyki lub terapii. Dziecko może np. przechodzić z jednego taboretu na drugi. Antypoślizgowa powierzchnia, kolor naturalny. Wykonane z lakierowanej sklejki. Taborety można sztaplować - maksymalnie 5 sztuk. • w 8 wysokościach • śr. siedziska 30 cm • rozstaw nóg 38 cm </t>
   </si>
   <si>
     <t>256073</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 zielone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>ZEST5544</t>
   </si>
   <si>
     <t>Zestaw multimedialny 19</t>
   </si>
   <si>
-    <t xml:space="preserve"> Zestaw zawiera:   _x0001_585109 Tablica interaktywna insGraf 81 (4:3), 1 szt. _x0001_047057 Projektor multimedialny Epson EB-X49, 1 szt. _x0001_085293 Uchwyt sufitowy do projektorów 8-98 cm, 1 szt.      585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt.    _x0001_Przekątna: 81,3 cali _x0001_Przekątna obszaru interaktywnego: 73,8 cali _x0001_Technologia: IR - pozycjonowania w podczerwieni (dotykowa) _x0001_Format: 4:3 _x0001_Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna _x0001_Precyzja: </t>
+    <t xml:space="preserve">
+Zestaw zawiera:
+	585109 Tablica interaktywna insGraf 81 (4:3), 1 szt.
+	047057 Projektor multimedialny Epson EB-X49, 1 szt.
+	085825 Uchwyt sufitowy PMV200 do projektora, 1 szt.
+585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt. 
+	Przekątna: 81,3 cali
+	Przekątna obszaru interaktywnego: 73,8 cali
+	Technologia: IR - pozycjonowania w podczerwieni (dotykowa)
+	Format: 4:3
+	Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna
+	Precyzja: </t>
   </si>
   <si>
     <t>D094324-05</t>
   </si>
   <si>
     <t>Szafa wysoka z witryną - klon 375</t>
   </si>
   <si>
     <t>Szafa z witryną w górnej części oraz pełnymi drzwiami w dolnej części, wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375 lub buku. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>199242</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA, 1 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Moduł Woda to produkt na licencji Centrum Nauki Kopernik.  Moduł WODA zawiera:   _x0001_30 scenariuszy pozwalających zbadać właściwości wody, podczas prowadzenia eksperymentów o różnym stopniu trudności. Każdy z nich uda się zrealizować podczas jednej lekcji. Scenariusze są w formacie PDF na pendrive ( karta dla nauczyciela (x 2), karta ucznia (x 15) i karty pracy dla ucznia (2X). _x0001_Zestaw materiałów dla nauczyciela – kołobrulion z informacjami organizacyjnymi i merytorycznymi. Zawiera on między innymi merytoryczne informacje o wodzie oraz materiały ekspertów dotyczące przeprowadzania doświadczeń w szkole. _x0001_Pendrive z cyfrową kopią wszystkich kart dla nauczyciela i ucznia. _x0001_1 walizkę z zestawem narzędzi potrzebnych do wykonania doświadczeń w zespołach dwuosobowych (maksymalnie cztery osoby na zestaw).      Moduł Woda jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody badawczej. Materiały merytoryczne dla nauczyciela oraz 30 scenariuszy badań wraz z kartami dla nauczyciela i ucznia to zasadnicza część Modułu. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka w klasach IV-VIII szkół podstawowych. Akcesoria umożliwiające wykonanie doświadczeń o różnym stopniu trudności ułożone są w specjalnym pudełku. Moduł jest prosty i mobilny.  Prezentowany zestaw zawiera materiały merytoryczne dla nauczyciela i uczniów oraz walizkę z akcesoriami niezbędnymi do przeprowadzenia doświadczeń.     Nauczyciel otrzymuje w Module Woda wszystkie merytoryczne i praktyczne materiały niezbędne do przeprowadzenia doświadczeń. Są to zarówno informacje dotyczące zakresu realizowanej podstawy programowej poprzez poszczególne doświadczenie jak i czasu potrzebnego na realizacje doświadczenia czy informacji o możliwości przeprowadzenia doświadczenia w plenerze. Opis doświadczenia dla uczniów jest bardzo precyzyjny, ale równocześnie prosty i ujęty także w formie obrazkowej.  Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).    Tematyka badań Modułu Woda:   _x0001_Piana: Badanie wpływu stopnia zmineralizowania wody na ilość powstającej piany. _x0001_Dwie krople wody: Badanie wpływu napięcia powierzchniowego na objętość kropli wody. _x0001_Kropla wody w oleju: Obserwowanie skutków działania sił spójności na kształt kropli wody w oleju. _x0001_Pieprz na wodzie: Obserwowanie wpływu napięcia powierzchniowego na obiekty na powierzchni wody. _x0001_Ruch płynów w materiałach porowatych: Obserwowanie procesu transportu wody przez materiał porowaty. _x0001_Pobieranie wody w roślinie: Badanie zjawiska transportu wody w liściach kapusty pekińskiej. _x0001_Parowanie wody w roślinie: Badanie zjawiska parowania wody z powierzchni liści roślin. _x0001_Obserwacja organizmów wodnych: Pobieranie, obserwowanie i analizowanie organizmów żywych ze zbiorników wodnych. _x0001_Zachowanie rozwielitek: Obserwowanie zachowania rozwielitek w różnych środowiskach. _x0001_Najlepsze chłodziwo: Poszukiwanie substancji, która najefektywniej ochłodzi gorącą kamienną kostkę. _x0001_Ogniwo galwaniczne: Budowanie prostego ogniwa galwanicznego z cytryny i metalowych gwoździ. _x0001_Przewodnictwo elektryczne wody: Badanie przewodnictwa elektrycznego wody. demineralizowanej oraz mieszaniny wody demineralizowanej z solą. _x0001_Ruch jonów w polu elektrycznym: Obserwowanie dryfu jonów MnO w polu elektrycznym. _x0001_Wytrącanie miedzi z roztworu siarczanu miedzi: Badanie utleniania i redukcji na przykładzie reakcji cynku z siarczanem(VI) miedzi(II). _x0001_Gęstość wody w różnych temperaturach: Porównywanie gęstości wody w różnych temperaturach. _x0001_Gęstość cieczy: Porównywanie gęstości różnych cieczy (alkohol, olej, woda, słona woda). _x0001_Temperatura wody a głębokość: Badanie temperatury wody w zbiorniku wodnym na różnych głębokościach. _x0001_Topnienie lodu a poziom wód na Ziemi: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Soczewka: Budowanie i porównywanie soczewek z wody i oleju. _x0001_Życie w kropli wody: Obserwowanie kropli wody w powiększeniu. _x0001_Soczewka z kropli wody: Budowanie mikroskopu ze smartfonu i kropli wody. _x0001_Odwadnianie siarczanu miedzi: Badanie zmiany właściwości fizycznych siarczanu(VI). miedzi(II) na skutek utraty wody z sieci krystalicznej. _x0001_Woda w polimerach: Badanie pochłaniania wody przez poliakrylan sodu. _x0001_Wrzenie wody: Doprowadzanie do wrzenia wody przez zmianę ciśnienia w strzykawce. _x0001_Sole w roztworze wodnym: Badanie zjawiska dyfuzji i rozpuszczania soli w wodzie. _x0001_Osmoza: Badanie zjawiska osmozy. _x0001_Chłodzenie roztworem saletry: Obserwowanie spadku temperatury roztworu w wyniku zjawiska endotermicznego, jakim jest rozpuszczanie w wodzie azotanu(V) amonu. _x0001_Parowanie a stygnięcie cieczy: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Turystyczna destylarka: Budowanie urządzenia oczyszczającego wodę, wykorzystującego proces odparowywania. _x0001_Lód i sól: Badanie wpływu dodatku soli i cukru na szybkość topnienia lodu oraz temperaturę wody     Przykładowe karty pracy:    Moduł Woda - karta nauczyciela - Dwie_krople_wody  Moduł Woda - karta ucznia - Dwie_krople_wody_1  Moduł Woda - karty pracy- ucznia - Dwie_krople_wody_2  Moduł woda - karta nauczyciela -Przewodnictwo_elektryczne_wody  Moduł woda - karta ucznia - Przewodnictwo_elektryczne_wody  Moduł Woda - karta nauczyciela - Pobieranie_wody_w_roslinie  Moduł Woda - karta ucznia Pobieranie_wody_w_roslinie      Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII   Cele edukacyjne w zakresie przedmiotów przyrodniczych realizowane poprzez Modułowe Pracownie:  1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:   _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody; _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej; _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.   2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań; _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty; _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności; _x0001_rozwijanie samodzielności.   3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:   _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa); _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.   4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:   _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń); _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi; _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii; _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji; _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.   5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:   _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole; _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.    Modułowe Pracownie Przyrodnicze rekomendowane przez Centrum Nauki Kopernik, to edukacyjne narzędzie, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka). Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Nauczycielom dostarcza gotowe narzędzia, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Zaproponowana tu metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.   MODUŁY – CO TO JEST? To specjalnie przygotowane autorskie zestawy edukacyjne wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny. To nowoczesne pomoce dydaktyczne, zawierające materiały i scenariusze niezbędne do uczenia praktycznego. W procesie ich tworzenia dobieramy odpowiednie narzędzia, materiały, sprzęty i jednocześnie rozwijamy metody nauczania i uczenia się przez odkrywanie i osobiste doświadczanie w toku otwartego eksperymentowania – samodzielnie oraz w zespole.  POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów. Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.  MODUŁOWA KONCEPCJA  KSZTAŁCENIA– ZALETY Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.  MODUŁ WODA   Pierwszy dostępny moduł MPP umożliwia prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody doświadczalnej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów między przedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach. Moduł WODA dostępny jest również w pakietach: 6 sztuk oraz 10 sztuk. W celu uzyskania zamierzonych efektów pracy z modułem WODA, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     Zestaw narzędzi w walizce:   waga (1 szt.),  multimetr (1 szt.),  termometr (2 szt.),  siarczan(VI) miedzi(II) (1 szt.), węglan sodu (1 szt.), siarczan(VI) magnezu (1 szt.), chlorek wapnia (1 szt.), barwnik czerwony (1 szt.) barwnik niebieski (1 szt.) manganian(VII) potasu (1 szt.) brzęczyk (1 szt.) laser/latarka (1 szt.) sonda termiczna (1 szt.) mikroskop (1 szt.), probówka szklana (10 szt.), statyw na probówki (1 szt.),  zlewka szklana 100 ml (4 szt.), tkanina (1 szt.), gumka recepturka (10 szt.), pielucha (1 szt.), ścisk (2 szt.), gwoździe ocynkowane (5 szt.), gwoździe stalowe (5 szt.), śruby mosiężne (5 szt.), gwoździe omiedziowane (5 szt.), szczotka do probówek (1 szt.), szczotka do cylindra (1 szt.), kamienne kostki (2 szt.), łapa drewniana (2 szt.), linijka (1 szt.), przewody czerwone (5 szt.), przewody (5 szt.),  krokodylki czerwone (10 szt.), krokodylki (10 szt.), pipeta Pasteura (10 szt.), strzykawka (1 szt.), parowniczka (1 szt.), szalka Petriego (1 szt.), szkiełko podstawowe z łezką (6 szt.), probówka wirówkowa duża (5 szt.), probówka wirówkowa mała (6 szt.), zlewka plastikowa 100 ml (4 szt.), zlewka plastikowa 250 ml (2 szt.), cylinder miarowy (1 szt.), bagietka (2 szt.), łyżeczka (2 szt.), bateria 4,5 V (2 szt.)        Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.   Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).  Program Modułowe Pracownie Przyrodnicze (MPP) sfinansowany został w ramach dotacji Fundacji Rozwoju Systemu Edukacji na podstawie umowy z dnia 8 września 2017 r. Nr umowy CNK 1171/17/BU/U/633/AS </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -223,51 +234,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf27bfe378766b9605f004403def5b11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9933d39c5f14674e9ec619030395b862.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db14febb4882b40b4f0809568a6eec393.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae82edb7f7206e29673c1ba54f0039c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e885e9f02efb3d44761e4244db7b3365.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3e9b40d4129fe397865c9909a838d06.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00179c3760ca66fd7533e27145c005c87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0853eeb7151f93a1fb8b93a84cb6f0d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8904e840d1c338c355b3d7662d6c9d91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89204c018c89b4b0847a34d7d2ba7832.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e67953c0bb02a5757ff76f84a3dca33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847ee242790a810e0e18154c0eaa58684.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf219ec2c8d9f48466597645890c814b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b97f897e82d810cccee94983dc2b5816.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11225a4fd902810e3a09125537aaf3237.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ccd4649b3757f2308de82f003896a9c8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5105400" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-EX-0002" descr="Pracownia przyrodnicza Expo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -932,104 +943,104 @@
       <c r="E9" s="8">
         <v>31</v>
       </c>
       <c r="F9" s="10">
         <v>399.9</v>
       </c>
       <c r="G9" s="11">
         <v>12396.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
       <c r="G10" s="11">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>2</v>
       </c>
       <c r="F11" s="10">
         <v>1599.9</v>
       </c>
       <c r="G11" s="11">
         <v>3199.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
         <v>2099.9</v>
       </c>
       <c r="G12" s="11">
         <v>2099.9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="F14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G14" s="12">
-        <v>29724.8</v>
+        <v>30254.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 