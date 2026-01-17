--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -15,56 +15,56 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>WIZ-SZK-EX-0002 Pracownia przyrodnicza Expo</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 02:56:38</t>
+    <t>z dnia 2026-01-17 02:08:17</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092743</t>
   </si>
   <si>
     <t>Szafka Expo na drukarkę 3D/ksero - klon 375</t>
   </si>
@@ -75,70 +75,50 @@
     <t>092729</t>
   </si>
   <si>
     <t>Biurko Vigo z zaokrąglonymi narożnikami, z szafką i szufladą klon 375</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji buku, klonu lub białej, wykończone obrzeżem o gr. 2 mm. Wyposażone w szafkę i 1 szufladę zamykaną na zamek. • wym. 120 x 60 x 76 cm • Wymiary wewnętrzne szafki: szer. 33 x wys. 46 cm • Wymiary szuflady: szer. 33 x wys. 16 cm• wym. 60 cm x 120 cm x 76 cm</t>
   </si>
   <si>
     <t>118706</t>
   </si>
   <si>
     <t>Taboret drewniany - wys. 46 cm</t>
   </si>
   <si>
     <t xml:space="preserve">Taborety mogą być wykorzystywane nie tylko jako miejsce do siedzenia dla małych dzieci, ale także jako element używany do gimnastyki lub terapii. Dziecko może np. przechodzić z jednego taboretu na drugi. Antypoślizgowa powierzchnia, kolor naturalny. Wykonane z lakierowanej sklejki. Taborety można sztaplować - maksymalnie 5 sztuk. • w 8 wysokościach • śr. siedziska 30 cm • rozstaw nóg 38 cm </t>
   </si>
   <si>
     <t>256073</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 zielone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
-  </si>
-[...18 lines deleted...]
-	Precyzja: </t>
   </si>
   <si>
     <t>D094324-05</t>
   </si>
   <si>
     <t>Szafa wysoka z witryną - klon 375</t>
   </si>
   <si>
     <t>Szafa z witryną w górnej części oraz pełnymi drzwiami w dolnej części, wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375 lub buku. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>199242</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA, 1 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Moduł Woda to produkt na licencji Centrum Nauki Kopernik.  Moduł WODA zawiera:   _x0001_30 scenariuszy pozwalających zbadać właściwości wody, podczas prowadzenia eksperymentów o różnym stopniu trudności. Każdy z nich uda się zrealizować podczas jednej lekcji. Scenariusze są w formacie PDF na pendrive ( karta dla nauczyciela (x 2), karta ucznia (x 15) i karty pracy dla ucznia (2X). _x0001_Zestaw materiałów dla nauczyciela – kołobrulion z informacjami organizacyjnymi i merytorycznymi. Zawiera on między innymi merytoryczne informacje o wodzie oraz materiały ekspertów dotyczące przeprowadzania doświadczeń w szkole. _x0001_Pendrive z cyfrową kopią wszystkich kart dla nauczyciela i ucznia. _x0001_1 walizkę z zestawem narzędzi potrzebnych do wykonania doświadczeń w zespołach dwuosobowych (maksymalnie cztery osoby na zestaw).      Moduł Woda jest gotowym narzędziem dla nauczyciela, umożliwiającym prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody badawczej. Materiały merytoryczne dla nauczyciela oraz 30 scenariuszy badań wraz z kartami dla nauczyciela i ucznia to zasadnicza część Modułu. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka w klasach IV-VIII szkół podstawowych. Akcesoria umożliwiające wykonanie doświadczeń o różnym stopniu trudności ułożone są w specjalnym pudełku. Moduł jest prosty i mobilny.  Prezentowany zestaw zawiera materiały merytoryczne dla nauczyciela i uczniów oraz walizkę z akcesoriami niezbędnymi do przeprowadzenia doświadczeń.     Nauczyciel otrzymuje w Module Woda wszystkie merytoryczne i praktyczne materiały niezbędne do przeprowadzenia doświadczeń. Są to zarówno informacje dotyczące zakresu realizowanej podstawy programowej poprzez poszczególne doświadczenie jak i czasu potrzebnego na realizacje doświadczenia czy informacji o możliwości przeprowadzenia doświadczenia w plenerze. Opis doświadczenia dla uczniów jest bardzo precyzyjny, ale równocześnie prosty i ujęty także w formie obrazkowej.  Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).    Tematyka badań Modułu Woda:   _x0001_Piana: Badanie wpływu stopnia zmineralizowania wody na ilość powstającej piany. _x0001_Dwie krople wody: Badanie wpływu napięcia powierzchniowego na objętość kropli wody. _x0001_Kropla wody w oleju: Obserwowanie skutków działania sił spójności na kształt kropli wody w oleju. _x0001_Pieprz na wodzie: Obserwowanie wpływu napięcia powierzchniowego na obiekty na powierzchni wody. _x0001_Ruch płynów w materiałach porowatych: Obserwowanie procesu transportu wody przez materiał porowaty. _x0001_Pobieranie wody w roślinie: Badanie zjawiska transportu wody w liściach kapusty pekińskiej. _x0001_Parowanie wody w roślinie: Badanie zjawiska parowania wody z powierzchni liści roślin. _x0001_Obserwacja organizmów wodnych: Pobieranie, obserwowanie i analizowanie organizmów żywych ze zbiorników wodnych. _x0001_Zachowanie rozwielitek: Obserwowanie zachowania rozwielitek w różnych środowiskach. _x0001_Najlepsze chłodziwo: Poszukiwanie substancji, która najefektywniej ochłodzi gorącą kamienną kostkę. _x0001_Ogniwo galwaniczne: Budowanie prostego ogniwa galwanicznego z cytryny i metalowych gwoździ. _x0001_Przewodnictwo elektryczne wody: Badanie przewodnictwa elektrycznego wody. demineralizowanej oraz mieszaniny wody demineralizowanej z solą. _x0001_Ruch jonów w polu elektrycznym: Obserwowanie dryfu jonów MnO w polu elektrycznym. _x0001_Wytrącanie miedzi z roztworu siarczanu miedzi: Badanie utleniania i redukcji na przykładzie reakcji cynku z siarczanem(VI) miedzi(II). _x0001_Gęstość wody w różnych temperaturach: Porównywanie gęstości wody w różnych temperaturach. _x0001_Gęstość cieczy: Porównywanie gęstości różnych cieczy (alkohol, olej, woda, słona woda). _x0001_Temperatura wody a głębokość: Badanie temperatury wody w zbiorniku wodnym na różnych głębokościach. _x0001_Topnienie lodu a poziom wód na Ziemi: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Soczewka: Budowanie i porównywanie soczewek z wody i oleju. _x0001_Życie w kropli wody: Obserwowanie kropli wody w powiększeniu. _x0001_Soczewka z kropli wody: Budowanie mikroskopu ze smartfonu i kropli wody. _x0001_Odwadnianie siarczanu miedzi: Badanie zmiany właściwości fizycznych siarczanu(VI). miedzi(II) na skutek utraty wody z sieci krystalicznej. _x0001_Woda w polimerach: Badanie pochłaniania wody przez poliakrylan sodu. _x0001_Wrzenie wody: Doprowadzanie do wrzenia wody przez zmianę ciśnienia w strzykawce. _x0001_Sole w roztworze wodnym: Badanie zjawiska dyfuzji i rozpuszczania soli w wodzie. _x0001_Osmoza: Badanie zjawiska osmozy. _x0001_Chłodzenie roztworem saletry: Obserwowanie spadku temperatury roztworu w wyniku zjawiska endotermicznego, jakim jest rozpuszczanie w wodzie azotanu(V) amonu. _x0001_Parowanie a stygnięcie cieczy: Badanie wpływu parowania na proces stygnięcia wody. _x0001_Turystyczna destylarka: Budowanie urządzenia oczyszczającego wodę, wykorzystującego proces odparowywania. _x0001_Lód i sól: Badanie wpływu dodatku soli i cukru na szybkość topnienia lodu oraz temperaturę wody     Przykładowe karty pracy:    Moduł Woda - karta nauczyciela - Dwie_krople_wody  Moduł Woda - karta ucznia - Dwie_krople_wody_1  Moduł Woda - karty pracy- ucznia - Dwie_krople_wody_2  Moduł woda - karta nauczyciela -Przewodnictwo_elektryczne_wody  Moduł woda - karta ucznia - Przewodnictwo_elektryczne_wody  Moduł Woda - karta nauczyciela - Pobieranie_wody_w_roslinie  Moduł Woda - karta ucznia Pobieranie_wody_w_roslinie      Modułowe Pracownie Przyrodnicze przeznaczone są dla uczniów klas IV-VIII szkoły podstawowej oraz nauczycieli przyrody, geografii, biologii, chemii, fizyki. Mogą wspierać rozwijanie kompetencji matematycznych, również z zastosowaniem narzędzi informatycznych. Umożliwiają realizację obowiązkowych zajęć zgodnie z przyjętym aktualnie ramowym planem nauczania z przedmiotów: • przyroda — w klasie IV, • geografia — w klasach V-VIII • biologia — w klasach V-VIII, • chemia — w klasach VII-VIII • fizyka — w klasach VII-VIII   Cele edukacyjne w zakresie przedmiotów przyrodniczych realizowane poprzez Modułowe Pracownie:  1. ROZBUDZENIE ZAINTERESOWANIA UCZNIÓW ŚWIATEM PRZYRODNICZYM:   _x0001_rozwijanie ciekawości świata i chęci aktywnego poznawania przyrody; _x0001_rozwijanie wrażliwości przyrodniczej i ekologicznej; _x0001_kształtowanie umiejętności praktycznego wykorzystania wiedzy przyrodniczej.   2. KSZTAŁTOWANIE U UCZNIÓW POSTAWY BADAWCZEJ:   _x0001_rozwijanie dociekliwości oraz chęci i umiejętności zadawania pytań; _x0001_kształtowanie umiejętności formułowania hipotez i ich weryfikowania, np. poprzez doświadczenia i eksperymenty; _x0001_kształtowanie cierpliwości, wytrwałości i systematyczności; _x0001_rozwijanie samodzielności.   3. WYKSZTAŁCENIE U UCZNIÓW NAWYKÓW BEZPIECZNEGO EKSPERYMENTOWANIA:   _x0001_kształtowanie nawyku planowania i przygotowania eksperymentu (miejsce, sprzęt, kolejność działań, środki bezpieczeństwa); _x0001_kształtowanie nawyków bezpiecznego wykonania doświadczenia.   4. ROZWINIĘCIE U UCZNIÓW UMIEJĘTNOŚCI PRAWIDŁOWEGO PROWADZENIA EKSPERYMENTÓW NAUKOWYCH:   _x0001_wykonywanie podstawowych pomiarów (dokładność, konieczność powtórzeń); _x0001_posługiwanie się urządzeniami pomiarowymi i obserwacyjnymi; _x0001_dokumentowanie obserwacji i doświadczeń, opis jakościowy i ilościowy, używanie prawidłowej terminologii; _x0001_kształtowanie umiejętności wyszukiwania i korzystania z różnych źródeł informacji; _x0001_nauka prezentacji wyników z zastosowaniem narzędzi TIK.   5. ROZWINIĘCIE U UCZNIÓW KOMPETENCJI PRACY W GRUPIE, W TYM:   _x0001_rozwijanie umiejętności podziału pracy na zadania składowe i rozdzielania zadań w zespole; _x0001_nauka odpowiedzialności za rezultat pracy całego zespołu.    Modułowe Pracownie Przyrodnicze rekomendowane przez Centrum Nauki Kopernik, to edukacyjne narzędzie, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Wszystkie doświadczenia zostały przetestowane w laboratoriach Centrum Nauki Kopernik. Jest przykładem rozwiązania, z którego mogą skorzystać samorządy chcące wyposażyć szkoły podstawowe w pomoce dydaktyczne niezbędne do realizacji podstawy programowej z przedmiotów przyrodniczych (biologia, geografia, chemia i fizyka). Koncepcja kładzie nacisk na samodzielne poznawanie świata przez uczniów – poprzez obserwację i eksperymentowanie. Nauczycielom dostarcza gotowe narzędzia, umożliwiające prowadzenie zajęć z wykorzystaniem metody badawczej. Zaproponowana tu metoda badawcza, inspirowana sposobem pracy naukowców (badaczy), ma charakter aktywizujący i angażujący. Dla uczniów, tak jak dla naukowców, świat pełen jest nieznanych zjawisk, procesów. Powinni poznawać go nie tylko z podręcznika czy wykładu, lecz również poprzez zadawanie pytań, stawianie i testowanie hipotez, wyciąganie wniosków. Proces uczenia się będzie wówczas procesem zdobywania wiedzy, a także rozwijania kompetencji twórczego, a zarazem krytycznego poszukiwania odpowiedzi – umiejętności niezbędnych w XXI wieku.   MODUŁY – CO TO JEST? To specjalnie przygotowane autorskie zestawy edukacyjne wraz z systemem przechowywania oraz narzędziami wspomagającymi proces edukacyjny. To nowoczesne pomoce dydaktyczne, zawierające materiały i scenariusze niezbędne do uczenia praktycznego. W procesie ich tworzenia dobieramy odpowiednie narzędzia, materiały, sprzęty i jednocześnie rozwijamy metody nauczania i uczenia się przez odkrywanie i osobiste doświadczanie w toku otwartego eksperymentowania – samodzielnie oraz w zespole.  POJEDYNCZY MODUŁ – PROSTOTA, UNIWERSALNOŚĆ, JEDEN WIELOWĄTKOWY TEMAT Moduł to duże pudło z akcesoriami umożliwiającymi wykonanie kilkudziesięciu różnych doświadczeń przez całą klasę. Są w nim również karty pracy dla uczniów oraz materiały dla nauczycieli – zarówno merytoryczne (związane z tematem modułu), jak i praktyczne (pomagające w organizacji różnorodnych zajęć). Zgodnie z koncepcją MPP każdy z modułów inspirowany jest jednym (innym) tematem przewodnim (blisko powiązanym z doświadczeniem życia codziennego uczniów), który można badać z różnych perspektyw. Tematy dobierane są tak, by umożliwić korzystanie z modułów przyrodniczych zarówno na lekcjach przyrody, jak i biologii, fizyki, chemii czy geografii – stwarza to unikalną okazję do współpracy nauczycieli różnych przedmiotów. Takie interdyscyplinarne rozwiązanie doskonale sprawdzi się na kilku poziomach nauczania (klasy IV-VII szkół podstawowych) i w dodatku na lekcjach różnych przedmiotów.  MODUŁOWA KONCEPCJA  KSZTAŁCENIA– ZALETY Umożliwi rozszerzanie oferty edukacyjnej w przyszłości, w zależności od potrzeb i zainteresowań uczniów. Kolejne moduły będą poświęcone nowym tematom i powiązane z innymi treściami edukacyjnymi, co da szansę wykorzystania MPP na większej liczbie lekcji. Każdy moduł będzie zawierać sprzęt i narzędzia pozwalające wszystkim uczniom w klasie przeprowadzać proste, bezpieczne doświadczenia – w ilości zapewniającej warunki pracy samodzielnej i zespołowej (również w klasie liczącej 30 uczniów), a także materiały dodatkowe dla nauczycieli, pomagające w organizacji różnych zajęć (dodatkowych, terenowych, wycieczek edukacyjnych czy projektów uczniowskich oraz lekcji). Aby ułatwić nauczycielom ich zaplanowanie i realizację, proponowane aktywności zostaną powiązane z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka.  MODUŁ WODA   Pierwszy dostępny moduł MPP umożliwia prowadzenie zajęć dotyczących tematyki wody z wykorzystaniem metody doświadczalnej. Tematyka doświadczeń powiązana jest z treścią aktualnej Podstawy programowej przedmiotów takich jak: przyroda, biologia, geografia, chemia czy fizyka. Moduł może być wykorzystywany na lekcjach przez nauczycieli różnych specjalności, na kilku poziomach nauczania. Przede wszystkim odpowiada potrzebom realizacji programu klas VII-VIII w zakresie fizyki i chemii. Proponowane doświadczenia są tak zaprojektowane, aby można je było zrealizować w czasie 45-minutowej lekcji. Moduł sprawdzi się jednak także przy realizacji zajęć dodatkowych, projektów między przedmiotowych oraz zajęć terenowych. Praca z modułem aktywizuje i angażuje uczniów w proces badawczy, umożliwia pracę samodzielną i zespołową. Specjalnie opracowane karty nauczyciela pomogą w usystematyzowaniu wiedzy przy prowadzeniu eksperymentów. Funkcjonalne pudełko zostało tak zaprojektowane, aby uczniowie samodzielnie mogli skompletować wszystkie materiały do doświadczenia, a po jego wykonaniu sprzątnąć stanowisko, porządkując narzędzia w określonych miejscach. Moduł WODA dostępny jest również w pakietach: 6 sztuk oraz 10 sztuk. W celu uzyskania zamierzonych efektów pracy z modułem WODA, Centrum Nauki Kopernik rekomenduje korzystanie z 1 zestawu przez maksymalnie cztery osoby.     Zestaw narzędzi w walizce:   waga (1 szt.),  multimetr (1 szt.),  termometr (2 szt.),  siarczan(VI) miedzi(II) (1 szt.), węglan sodu (1 szt.), siarczan(VI) magnezu (1 szt.), chlorek wapnia (1 szt.), barwnik czerwony (1 szt.) barwnik niebieski (1 szt.) manganian(VII) potasu (1 szt.) brzęczyk (1 szt.) laser/latarka (1 szt.) sonda termiczna (1 szt.) mikroskop (1 szt.), probówka szklana (10 szt.), statyw na probówki (1 szt.),  zlewka szklana 100 ml (4 szt.), tkanina (1 szt.), gumka recepturka (10 szt.), pielucha (1 szt.), ścisk (2 szt.), gwoździe ocynkowane (5 szt.), gwoździe stalowe (5 szt.), śruby mosiężne (5 szt.), gwoździe omiedziowane (5 szt.), szczotka do probówek (1 szt.), szczotka do cylindra (1 szt.), kamienne kostki (2 szt.), łapa drewniana (2 szt.), linijka (1 szt.), przewody czerwone (5 szt.), przewody (5 szt.),  krokodylki czerwone (10 szt.), krokodylki (10 szt.), pipeta Pasteura (10 szt.), strzykawka (1 szt.), parowniczka (1 szt.), szalka Petriego (1 szt.), szkiełko podstawowe z łezką (6 szt.), probówka wirówkowa duża (5 szt.), probówka wirówkowa mała (6 szt.), zlewka plastikowa 100 ml (4 szt.), zlewka plastikowa 250 ml (2 szt.), cylinder miarowy (1 szt.), bagietka (2 szt.), łyżeczka (2 szt.), bateria 4,5 V (2 szt.)        Projekt Modułowych Pracowni Przyrody wychodzi naprzeciw potrzebie rozwoju nowoczesnego kształcenia uczniów szkół podstawowych. MPP wspiera wprowadzenie zmian w modelu nauczania w zakresie nauk przyrodniczych, które przyniosła reforma systemu edukacji (cykl nauki w szkołach podstawowych wydłużony o dwa lata). Nowa Podstawa programowa określa zakres treści zróżnicowanej grupy przedmiotów przyrodniczych. Organy prowadzące szkoły stają przed nowymi wyzwaniami zapewnienia odpowiednich warunków nauczania, w tym organizacji specjalistycznych pracowni wyposażonych w pomoce dydaktyczne.   Moduł Woda został opracowany w ramach wspólnego programu Fundacji Rozwoju Systemu Edukacji oraz Centrum Nauki Kopernik – Modułowe Pracownie Przyrodnicze (MPP).  Program Modułowe Pracownie Przyrodnicze (MPP) sfinansowany został w ramach dotacji Fundacji Rozwoju Systemu Edukacji na podstawie umowy z dnia 8 września 2017 r. Nr umowy CNK 1171/17/BU/U/633/AS </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -234,51 +214,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8904e840d1c338c355b3d7662d6c9d91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89204c018c89b4b0847a34d7d2ba7832.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e67953c0bb02a5757ff76f84a3dca33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/847ee242790a810e0e18154c0eaa58684.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf219ec2c8d9f48466597645890c814b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b97f897e82d810cccee94983dc2b5816.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11225a4fd902810e3a09125537aaf3237.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ccd4649b3757f2308de82f003896a9c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92fe93a27831f0f36de6d9d584152fd21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d1f9831d9da6ad92ec67b66e86e84d52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a84e5c524540afc7d99087efc4955613.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ad37a07b0500157e2ef47eabc4058a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec2f8b11faa0b7f6bf55e61208f5a495.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf70448c957993bf92d0be5d95c49a4d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0d2a4fd923c52aa5a7ebf3c4528aea7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5105400" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-EX-0002" descr="Pracownia przyrodnicza Expo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -399,117 +379,87 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="ZEST5544" descr="ZEST5544"/>
+        <xdr:cNvPr id="6" name="D094324-05" descr="D094324-05"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="D094324-05" descr="D094324-05"/>
+        <xdr:cNvPr id="7" name="199242" descr="199242"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -776,54 +726,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F14" sqref="F14:G14"/>
+      <selection activeCell="F13" sqref="F13:G13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -940,107 +890,86 @@
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>31</v>
       </c>
       <c r="F9" s="10">
         <v>399.9</v>
       </c>
       <c r="G9" s="11">
         <v>12396.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F10" s="10">
-        <v>6029.7</v>
+        <v>1599.9</v>
       </c>
       <c r="G10" s="11">
-        <v>6029.7</v>
+        <v>3199.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>1599.9</v>
+        <v>2099.9</v>
       </c>
       <c r="G11" s="11">
-        <v>3199.8</v>
+        <v>2099.9</v>
       </c>
     </row>
-    <row r="12" spans="1:7" customHeight="1" ht="80">
-[...1 lines deleted...]
-      <c r="B12" s="8" t="s">
+    <row r="13" spans="1:7">
+      <c r="F13" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...20 lines deleted...]
-        <v>30254.8</v>
+      <c r="G13" s="12">
+        <v>24225.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 