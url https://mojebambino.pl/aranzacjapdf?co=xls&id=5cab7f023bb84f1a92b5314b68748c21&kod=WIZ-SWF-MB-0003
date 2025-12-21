--- v0 (2025-11-01)
+++ v1 (2025-12-21)
@@ -20,258 +20,258 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>WIZ-SWF-MB-0003 Sala ruchowa</t>
   </si>
   <si>
-    <t>z dnia 2025-11-01 18:02:41</t>
+    <t>z dnia 2025-12-21 03:56:35</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101630</t>
   </si>
   <si>
-    <t>Piankowy kącik - samolot</t>
-[...2 lines deleted...]
-    <t>Miękki i bezpieczny kącik, wspaniała zachęta do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka i ciekawe zestawienie barw wprowadzają przyjazny klimat i sprawiają, że kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Zapewnia to maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje, w zależności od potrzeb i upodobań. Mogą także służyć jako oddzielne zabawki. • grubość elem. 20 cm• wym. 68 x 37 cm • wym. skrzydeł 18 x 13 cm• wym. 68 x 20 x 37 cm</t>
+    <t>Piankowy kącik – samolot</t>
+  </si>
+  <si>
+    <t>Miękki i bezpieczny kącik stanowi wspaniałą zachętę do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka oraz ciekawe zestawienie barw wprowadzają przyjazny klimat, dzięki czemu kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy wykonano z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości, co zapewnia maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje w zależności od potrzeb i upodobań, a także wykorzystywać jako oddzielne zabawki. • grubość elem. 20 cm• wym. 68 x 37 cm • wym. skrzydeł 18 x 13 cm• wym. 68 x 20 x 37 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098185W</t>
   </si>
   <si>
-    <t>Szafka Quadro na akcesoria - biała</t>
-[...2 lines deleted...]
-    <t>Funkcjonalna szafka na kółkach z pojemnymi półkami pozwala na przechowywanie różnego rodzaju akcesoriów sportowych, muzycznych itp. Wykonana płyty laminowanej o gr. 18 mm w tonacji klonu jasnego i białej, z szarymi akcentami.• szer. bez uchwytu 90 cm • 3 półki o szer.: 14, 35 i 56 cm• wym. 99,8 x 60 x 87 cm</t>
+    <t>Szafka Quadro na akcesoria – biała</t>
+  </si>
+  <si>
+    <t>Funkcjonalna szafka na kółkach z pojemnymi półkami pozwala na przechowywanie różnego rodzaju akcesoriów sportowych, muzycznych itp. Wykonana płyty z laminowanej o gr. 18 mm w tonacji klonu jasnego i białej, z szarymi akcentami.• szer. bez uchwytu 90 cm • 3 półki o szer.: 14, 35 i 56 cm• wym. 99,80 x 60 x 87 cm</t>
   </si>
   <si>
     <t>522009</t>
   </si>
   <si>
     <t>Piłka do skakania 65 cm</t>
   </si>
   <si>
-    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 65 cmDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 65 cmDo nadmuchania piłki potrzebna jest pompka, np. 522021 (sprzedawana osobno).• od 4 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101629</t>
   </si>
   <si>
-    <t>Piankowy kącik - auto</t>
-[...2 lines deleted...]
-    <t>Miękki i bezpieczny kącik, wspaniała zachęta do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka i ciekawe zestawienie barw wprowadzają przyjazny klimat i sprawiają, że kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Zapewnia to maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje, w zależności od potrzeb i upodobań. Mogą także służyć jako oddzielne zabawki. • grubość elem. 20 cm• wym. 63 x 30 cm• wym. 63 x 20 x 30 cm</t>
+    <t>Piankowy kącik – auto</t>
+  </si>
+  <si>
+    <t>Miękki i bezpieczny kącik stanowi wspaniałą zachętę do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka oraz ciekawe zestawienie barw wprowadzają przyjazny klimat, dzięki czemu kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy wykonano z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości, co zapewnia maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje w zależności od potrzeb i upodobań, a także wykorzystywać jako oddzielne zabawki. • grubość elem. 20 cm• wym. 63 x 30 cm• wym. 63 x 20 x 30 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101868</t>
   </si>
   <si>
     <t>Baldachim do basenu 101823</t>
   </si>
   <si>
-    <t>Baldachim wykonany z cienkiej, transparentnej tkaniny poliestrowej (Kodura-Nylon), pasuje wymiarem do basenu 1,5 x 1,5 m (101823, sprzedawany osobno).</t>
+    <t>Baldachim wykonany z cienkiej, transparentnej tkaniny poliestrowej (Kodura-Nylon), pasuje wymiarem do basenu 1,5 x 1,5 m (101823, sprzedawany osobno).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098300</t>
   </si>
   <si>
     <t>Multikącik smyka</t>
   </si>
   <si>
-    <t>Kącik, który dzięki licznym atrakcjom zapewni najmłodszym zarówno świetną zabawę, jak i zachęci ich do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania się, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę (co pozwala na dopasowanie kąta pochylenia ścianki do własnych potrzeb), z linką oraz kolorowymi chwytami w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to zabezpieczone dookoła szarymi materacami. Kącik jest utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu będzie doskonale pasował do każdego wystroju. W komplecie 5 piankowych materacy pokrytych trwałą tkaniną bez ftalanów w kolorze szarym (wys. 5 cm). Kącik wykonany ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 (bez ścianki wspinaczkowej) x 212,5 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 x 90 x 213 cm</t>
+    <t>Kącik, który dzięki licznym atrakcjom zapewnia najmłodszym zarówno świetną zabawę, jak i zachęca do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę, co pozwala dopasować kąt pochylenia ścianki do własnych potrzeb, a także linkę i kolorowe chwyty w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to jest zabezpieczone szarymi materacami, a sam kącik utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu doskonale pasuje do każdego wystroju. W komplecie znajduje się pięć piankowych materacy o wys. 5 cm, pokrytych trwałą tkaniną bez ftalanów w kolorze szarym. Kącik wykonany jest ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 x 213 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 x 90 x 213 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101758</t>
   </si>
   <si>
-    <t>Materac antypoślizgowy wym. 159 x 159 x 8 cm szary - MED</t>
-[...2 lines deleted...]
-    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160kg/m3.• wym. 159 x 159 x 8 cm</t>
+    <t>Materac antypoślizgowy wym. 159 x 159 x 8 cm szary – MED</t>
+  </si>
+  <si>
+    <t>Stanowią podkład do ćwiczeń. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości, ich podłoże jest antypoślizgowe. Wysokość swobodnego upadku HIC wynosi 2,1 m. Gęstość pianki 160 kg/m³.• wym. 159 x 159 x 8 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101830</t>
   </si>
   <si>
-    <t>Zestaw piankowy Mobaklocki 3 - MED</t>
-[...2 lines deleted...]
-    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną meditap. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa I</t>
+    <t>Zestaw piankowy Mobaklocki 3 – MED</t>
+  </si>
+  <si>
+    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 10 szt. • wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>500047</t>
   </si>
   <si>
     <t>Pachołki małe</t>
   </si>
   <si>
-    <t xml:space="preserve">W pięciu kolorach, do tworzenia torów przeszkód. • wys. 23 cm • 10 szt. </t>
+    <t>W pięciu kolorach, do tworzenia torów przeszkód. • wys. 23 cm • 10 szt. Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101829</t>
   </si>
   <si>
-    <t>Materac 3-częściowy niebiesko-szary - mata - MED</t>
-[...2 lines deleted...]
-    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wym. 180 x 60 x 5 cm• wyrób medyczny - klasa I</t>
+    <t>Materac 3-częściowy niebiesko-szary – mata – MED</t>
+  </si>
+  <si>
+    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wym. 180 x 60 x 5 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101774</t>
   </si>
   <si>
     <t>Basen 1,5 x 1,5 m, wys. 60 cm</t>
   </si>
   <si>
-    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779 - do basenów o wys. 60 cm lub 101828 - do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm • wym. 1,5 x 1,5 m • wys. 60 cm • 1250 piłeczek o śr. 8 cm • Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 lat</t>
+    <t>Basen wykonany z tkaniny poliestrowej (Kodura-Nylon). Schody ze zjeżdżalnią (101779 – do basenów o wys. 60 cm lub 101828 – do basenów o wys. 45 cm) sprzedawane osobno. • gr. podłogi 2 mm • wym. 1,5 x 1,5 m • wys. 60 cm • 1250 piłeczek o śr. 8 cm • Czyścić miękką szmatką/gąbką i łagodną wodą z mydłem (temperatura maks. 30°C), w razie potrzeby użyć łagodnego środka czyszczącego lub płynu do mycia naczyń. Nie używaj agresywnych, chemicznych środków czyszczących ani wybielaczy na bazie rozpuszczalników!• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>522006</t>
   </si>
   <si>
-    <t>Piłka sensoryczna 75 cm - niebieska</t>
-[...2 lines deleted...]
-    <t>Piłki do terapii i rehabilitacji z miękkiej gumy z wypustkami na powierzchni. Zapewniają stymulację dotykową. • 1 szt. • śr. 75 cm • maksymalne obciążenie 150 kgDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Piłka sensoryczna 75 cm – niebieska</t>
+  </si>
+  <si>
+    <t>Piłki do terapii i rehabilitacji z miękkiej gumy z wypustkami na powierzchni. Zapewniają stymulację dotykową. • 1 szt. • śr. 75 cm • maksymalne obciążenie 150 kgDo nadmuchania piłki potrzebna jest pompka, np. 522021 (sprzedawana osobno).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>026005</t>
   </si>
   <si>
     <t>Drabinka z 13 szczeblami</t>
   </si>
   <si>
-    <t>Estetycznie wykonana drabinka do różnego rodzaju ćwiczeń fizycznych i sprawnościowych. Posiada metalowe zaczepy do montowania. • wym. 90 x 220 cm</t>
+    <t>Estetycznie wykonana drabinka do różnego rodzaju ćwiczeń fizycznych i sprawnościowych. Posiada metalowe zaczepy do montowania. • wym. 90 x 220 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101164</t>
   </si>
   <si>
-    <t>Materac 3-częściowy pomarańczowo-czerwony - mata - MED</t>
-[...2 lines deleted...]
-    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wykonany z wytrzymałej pianki• wym. 180 x 60 x 5 cm• wyrób medyczny - klasa I</t>
+    <t>Materac 3-częściowy pomarańczowo-czerwony – mata – MED</t>
+  </si>
+  <si>
+    <t>Stanowią podkład do ćwiczeń oraz miejsce zabaw dla dzieci. Obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. po rozłożeniu 180 x 60 x 5 cm• wykonany z wytrzymałej pianki• wym. 180 x 60 x 5 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>144281</t>
   </si>
   <si>
     <t>Hula-hop 50 cm, mix kolorów</t>
   </si>
   <si>
-    <t>• 1 szt. • różne kolory, sprzedawane losowo• śr. 50 cm</t>
+    <t>• 1 szt. • różne kolory, sprzedawane losowo• śr. 50 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101869</t>
   </si>
   <si>
     <t>Materac zabezpieczający na ścianę 150 x 100 limonkowy</t>
   </si>
   <si>
-    <t>Materac zabezpieczający ścianę wykonany z pianki, ze stelażem MDF, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. Dopasowane wymiarem do materacy 101632, 101633, 101271 i 101272. • 1 szt. • wym. 150 x 100 cm • gr. 7,5 cm</t>
+    <t>Materac zabezpieczający ścianę wykonany z pianki, ze stelażem MDF, pokryty trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. Dopasowane wymiarem do materacy 101632, 101633, 101271 i 101272. • 1 szt. • wym. 150 x 100 cm • gr. 7,5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096998W</t>
   </si>
   <si>
-    <t>Quadro - szafa uniwersalna z wysuwanymi półkami - biała</t>
-[...2 lines deleted...]
-    <t>Szafy wykonane z płyty laminowanej  gr. 18 mm, w kolorze klonu jasnego lub białej. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180 stopni. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,40 x 60 x 199 cm</t>
+    <t>Quadro – szafa uniwersalna z wysuwanymi półkami – biała</t>
+  </si>
+  <si>
+    <t>Szafy z płyty laminowanej 18 mm w kolorze jasnego klonu lub białym. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180°. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,40 x 60 x 199 cm</t>
   </si>
   <si>
     <t>549004</t>
   </si>
   <si>
     <t>Piłka koszykowa rozm. 7</t>
   </si>
   <si>
     <t>Gumowe piłki do gry w koszykówkę. Do piłek pasuje pompka z igłą 522022 (sprzedawana osobno).• śr. 24 cm</t>
   </si>
   <si>
     <t>522008</t>
   </si>
   <si>
     <t>Piłka do skakania 55 cm</t>
   </si>
   <si>
-    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 55 cmDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
+    <t>Wytrzymują 150 kg nacisku przy skakaniu. Posiadają stabilne uchwyty do trzymania. Zabawa z piłką ćwiczy mięśnie całego ciała, chwytność i ogólną kondycję fizyczną. • śr. 55 cmDo nadmuchania piłki potrzebna jest pompka, np. 522021 (sprzedawana osobno).• od 4 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855651</t>
   </si>
   <si>
     <t>Zjeżdżalnia rolkowa Active</t>
   </si>
   <si>
-    <t>Linia urządzeń gimnastycznych serii Active przeznaczona jest do potrzeb i wymagań każdej placówki szkolno-wychowawczej. Szeroki wachlarz drabinek, różne rodzaje skrzyń gimnastycznych, możliwość uzupełnienia zestawień ławeczkami sensorycznymi zdecydowanie. Przemyślany system mocowań gwarantuje bezpieczne użytkowanie. Zastosowanie urządzeń serii Active wspomaga rozwój motoryczny dzieci, a także znacznie uatrakcyjnia wszelkie zajęcia ruchowe.Zjeżdżalnia rolkowa zbudowana ze specjalnych ruchomych piankowych rolek, które otaczają drewniane wałki, obszyte są bezftalanowym meditapem. Przy zjeżdżaniu w dół ciało jest masowane, stymulowane i uwrażliwiane. Zjeżdżalnia stanowi doskonałą bazę do odkrywania oraz rozwijania różnego rodzaju umiejętności. Wspomaga rozwój motoryki, uczy poczucia i utrzymania równowagi. Wykonana jest z 18 mm sklejki brzozowej, drążki o śr. 25 mm z drewna bukowego.• wym. 65 x 240 x 14 cm</t>
+    <t>Linia urządzeń gimnastycznych Active przeznaczona dla placówek szkolno-wychowawczych. Oferuje drabinki, skrzynie gimnastyczne oraz możliwość uzupełnienia zestawień ławeczkami sensorycznymi. Przemyślany system mocowań zapewnia bezpieczeństwo, a korzystanie z urządzeń wspiera rozwój motoryczny dzieci i uatrakcyjnia zajęcia ruchowe.Zjeżdżalnia rolkowa z ruchomymi piankowymi rolkami na drewnianych wałkach, obszytymi trwałą, łatwą w czyszczeniu tkaniną wolną od ftalanów. Podczas zjeżdżania ciało jest masowane i stymulowane, co wspiera rozwój motoryki i poczucie równowagi. Wykonana z 18 mm sklejki brzozowej; drążki o śr. 25 mm z drewna bukowego.• wym. 65 x 240 x 14 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101633</t>
   </si>
   <si>
-    <t>Piankowy kącik - szary materac z wycięciem - lewy</t>
-[...2 lines deleted...]
-    <t>Miękki i bezpieczny kącik, wspaniała zachęta do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka i ciekawe zestawienie barw wprowadzają przyjazny klimat i sprawiają, że kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Zapewnia to maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje, w zależności od potrzeb i upodobań. Mogą także służyć jako oddzielne zabawki. • grubość elem. 20 cm• wym. 150 x 100 cm • wys. 8 cm• wym. 150 x 100 x 8 cm</t>
+    <t>Piankowy kącik – szary materac z wycięciem – lewy</t>
+  </si>
+  <si>
+    <t>Miękki i bezpieczny kącik stanowi wspaniałą zachętę do spontanicznej zabawy i aktywności ruchowej. Radosna kolorystyka oraz ciekawe zestawienie barw wprowadzają przyjazny klimat, dzięki czemu kącik staje się ulubionym miejscem zabaw wszystkich maluchów. Materace i kolorowe elementy wykonano z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości, co zapewnia maksymalny komfort użytkowania i pozwala na wspólną zabawę nawet kilkorga dzieci. Elementy kącika można dowolnie wymieniać i łączyć w różne kombinacje w zależności od potrzeb i upodobań, a także wykorzystywać jako oddzielne zabawki. • grubość elem. 20 cm• wym. 150 x 100 cm • wys. 8 cm• wym. 150 x 100 x 8 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -349,51 +349,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04774d6c43b6116725a6dc3687704701.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ae5abcea593933be5be30480ce498d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0175a91c1dc1871767e2b0c4fd47f6fb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a059dfdeac486eb2861d5106c8f10f04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd199f0fe30d054b9960118be092fd05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863c9e7b481c0c2a57ffda96a984b5c96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d93b944231c2bfa9dc2d5924de1cf2b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd85883469de03724f8c12b2efe0eae08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edb5a4dfa51598fee44480e20cf8fa29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de1462df2efa57e27421cf016667796010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/936a573e9dacb8acabb3d7d52a7597f911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30220d7e4cab28c1bae06252284d6a5f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a42a624a5fa2a2dda85c9587eeb46d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53910e533e99380a5cd9825aa31ddf014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be64a81b36511f47c93e67f8d49ef28d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3a89fa0ae06366aa4373f83b57b8cd16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59ad1d025656f25e7d40ce4693e37c917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80dd420d4f18f9151a00b755f07f3b2318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a501f629864d1a9b8efb8014fea3826b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/436efd809f7e440496b162e7ffa70bbb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126548cb2ec66069bfcc1dfeb083e52221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e49ca001f93a33ae960c34c5d454bc22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d00374c8a18c864a8137d0a3cd86a371.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b82db5b4a658c4c74d1ac4ea0cdd932.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86cf7d8378ec3bf440d762c2578374793.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2a79809cb2640f26cf2fa68c9e18654.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d285387e0e53c412067c565552403f65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9acef5a3a6f95430daec9f097a729826.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d4a765617833329dc6bc7a8b5ce3d2b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52e95ed881ad6c89a5046a63a5b076558.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694a9daa8ce7814b9c24703ca82986699.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d1ad6a5db8e4d0ae54522e3f1e5b1410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/133c22d36dfbca4fca1292efe17ca9fd11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a9493cc95fe071905ad8a9cd3f105f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fe10d1a887c64a4dfe39a46a4f745c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad26788b2cfc397aaea0ba6c67af9f014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6fff90269a6f5c678124674388db1115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d344bd05097ee4c1512844b4bd49420c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/decfbc241bcf2eda75b0ed13c2f24bc417.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42ab1928dd34dbe62ea126cff3d4c1e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c13eed2c2138372f9121c1be06c62819.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f269b091e7b84eeef13bb60968a76d0d20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3919bf96f895986d4c8be9217a6c231821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb99bf691bfa3cf081524d08b70bd3f22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SWF-MB-0003" descr="Sala ruchowa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>