--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -20,120 +20,120 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>WIZ-PRZ-MB-0018 Sala żłobkowa w odcieniach zieleni</t>
   </si>
   <si>
-    <t>z dnia 2025-10-21 13:11:08</t>
+    <t>z dnia 2025-12-10 02:09:19</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  szare</t>
-[...2 lines deleted...]
-    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
+    <t>Siedzisko Paolo krótkie, szare</t>
+  </si>
+  <si>
+    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098382</t>
   </si>
   <si>
     <t>Przesuwanka Zając w trawie</t>
   </si>
   <si>
     <t>Kolorowe przesuwanki z różnymi motywami tematycznymi. Podczas zabawy nimi dzieci rozwijają motorykę. Wykonane z płyty MDF.• wym. 81 x 55 cm• od 3 lat</t>
   </si>
   <si>
     <t>092719S</t>
   </si>
   <si>
     <t>Drzwiczki duże i małe do szatni Kameleon, cichy domyk - beżowe</t>
   </si>
   <si>
     <t xml:space="preserve">Komplet małych i dużych drzwiczek do szatni Kameleon (092182, 092184, sprzedawane osobno). Wykonane z foliowanej płyty MDF. • 2 szt. • wym. małych drzwiczek 20 x 20 cm • wym. dużych drzwiczek 20 x 57,5 cm • wym. otworu w drzwiczkach 4,5 x 12 cm. </t>
   </si>
   <si>
     <t>092544S</t>
   </si>
   <si>
     <t>Drzwiczki duże i małe do szatni Kameleon, cichy domyk - brązowe</t>
   </si>
   <si>
     <t>094117</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami - ciemnooliwkowa, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 185,50 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>044127</t>
   </si>
   <si>
     <t>Tablica korkowa 100 x 150 szara</t>
   </si>
   <si>
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 150 cm</t>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 150 cm</t>
   </si>
   <si>
     <t>109030</t>
   </si>
   <si>
     <t>Siedzisko Paolo krótkie, jasnozielony pastel</t>
   </si>
   <si>
     <t>098839</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - oliwkowe</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 52 cm x 75 cm</t>
   </si>
@@ -146,246 +146,254 @@
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 40 cm x 77 cm</t>
   </si>
   <si>
     <t>098840</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - ciemnooliwkowe</t>
   </si>
   <si>
     <t>098757</t>
   </si>
   <si>
     <t>Fotel Relax szary</t>
   </si>
   <si>
     <t>Wygodne i wytrzymałe siedziska z pianki, na drewnianym stelażu. Meble pokryto estetyczną i miłą w dotyku tkaniną. Dostępne na okrągłych lub kwadratowych nóżkach aluminiowych, z końcówkami z tworzywa. Końcówki nóżek są wykręcane, co umożliwia zwiększenie wysokości mebli o ok. 3,5 cm.  • wys. siedziska 47 cm • gł. siedziska 52 cm• wym. 87 x 76 x 92 cm</t>
   </si>
   <si>
     <t>096989</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,8 x 41,5 x 166,8 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).Dodatkowo szafkę można uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno) - maksymalnie 4 szuflady w dolnej części. • wym. 116,80 x 41,50 x 166,80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>565504</t>
   </si>
   <si>
     <t>Krzesło Lilo do karmienia</t>
   </si>
   <si>
-    <t>Krzesło wykonane z polipropylenu i elementów stalowych. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesełko 2w1, gdyż pozwala na użytkowanie w 2 wysokościach: wysokie i niskie krzesło. Posiada zdejmowaną tacę. Wyposażone w 5-punktowe pasy bezpieczeństwa. • szer. krzesełka (wysokie) 56 cm • szer. siedziska (niskie) 48 cm • szer. tacki 40 cm • maks. obciążenie 20 kg• od 6 do 36 miesięcy</t>
+    <t>Krzesło wykonane z polipropylenu i elementów stalowych. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesełko 2w1, gdyż pozwala na użytkowanie w 2 wysokościach: wysokie i niskie krzesło. Posiada zdejmowaną tacę. Wyposażone w 5-punktowe pasy bezpieczeństwa.
+• szer. krzesełka (wysokie) 56 cm
+• szer. siedziska (niskie) 48 cm
+• szer. tacki 40 cm
+• maks. obciążenie 20 kg• od 6 do 36 miesięcy</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092150</t>
   </si>
   <si>
-    <t>Quadro - regał M z 2 przegrodami i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,8  x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z 2 przegrodami i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,80 x 41,50 x 86,80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>SET6428</t>
   </si>
   <si>
     <t>Szafy Drzemka 24 na pościel i łóżeczka - klon jasny, drzwi białe</t>
   </si>
   <si>
     <t>Zestaw szaf  przystosowanych do przechowywania łóżeczek oraz kompletów pościeli dla 24 dzieci. Szafy wykonane są z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego. W skład zestawu wchodzą: 098294 i 098325.</t>
   </si>
   <si>
     <t>101747N</t>
   </si>
   <si>
-    <t>Bujak Ptak, beżowy</t>
-[...2 lines deleted...]
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wym. 73 x 30 x 58 cm • wys. siedziska 27 cm • waga: 3,19 kg• wykonany z wytrzymałej pianki• od 3 lat</t>
+    <t>Bujak Ptak - beżowy</t>
+  </si>
+  <si>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 73 x 30 x 58 cm
+• wys. siedziska 27 cm
+• waga: 3,19 kg
+• wykonany z wytrzymałej pianki• wym. 78 x 30 x 58 cm</t>
   </si>
   <si>
     <t>056177</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - oliwkowy 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092710S</t>
   </si>
   <si>
     <t>Drzwiczki duże i małe do szatni Kameleon, cichy domyk - szare</t>
   </si>
   <si>
     <t>092204</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - limonkowe</t>
   </si>
   <si>
     <t>092182</t>
   </si>
   <si>
     <t>Szatnia Kameleon 6, klon jasny</t>
   </si>
   <si>
     <t>Szatnie dla 3 lub 6 osób, wykonane z płyty laminowanej w tonacji klonu jasnego i białej. Metalowe haczyki w komplecie, w razie potrzeby jest możliwość zamontowania dodatkowych haczyków (092530-092533, sprzedawane osobno). Drzwiczki, w komplecie małe i duże, sprzedawane osobno (092709-092719, 092544). • wys. siedziska 33 cm • gł. siedziska 23 cm • wym. dużego modułu 19 x 22,5 x 69,5 cm• wym. małego modułu 19 x 22,5 x 19 cm • wys. półki na buty 20 cm• wym. 126 x 50 x 134 cm</t>
   </si>
   <si>
     <t>092154</t>
   </si>
   <si>
     <t>Quadro - szafka asymetryczna M na szerokie szuflady, klon jasny</t>
   </si>
   <si>
     <t>Szafkę należy uzupełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno). Dodatkowo szafkę można wyposażyć w małe drzwiczki (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) oraz wąskie półki (092287, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.  Na szafce nie ma możliwości montażu nadstawki.• wym. 116,8 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>ZEST6001</t>
   </si>
   <si>
     <t>Przewijak z materacem i pojemnikami płytkimi</t>
   </si>
   <si>
     <t xml:space="preserve">Zestaw zawiera:   _x0001_100990 Przewijak na pojemniki z burtami, 1 szt. _x0001_ 101897 Materac do przewijaka na pojemniki - szary, 1 szt. _x0001_ 372052 Pojemnik płytki 1 jasnoszary, 24 szt.      100990 Przewijak na pojemniki z burtami, 1 szt.  Przewijak z miejscem na plastikowe pojemniki (372005-372026, 372050-372069, 372034-372041, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji brzozy, z obrzeżem PCV o grubości 2 mm.  Materac (101291) sprzedawany osobno.   _x0001_wym. 104 x 75 x 113 cm _x0001_wys. blatu 88 cm _x0001_burty zabezpieczające o wys. 25 cm   Ostrzeżenie! Nie pozostawiaj dziecka bez opieki.     101897 Materac do przewijaka na pojemniki - szary, 1 szt.  Materac pokryty trwałą tkaniną PCV, łatwą do utrzymania w czystości.  Dopasowany do przewijaka na pojemniki (100990).      372052 Pojemnik płytki 1 jasnoszary, 24 szt.   Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Sanlandia, Flexi, Quadro i Grande. Dostarczany z prowadnicami.   _x0001_ wym. 31,2 x 42,7 x 7,5 cm _x0001_wym. wewn. 27 x 35,5 cm _x0001_1 szt. _x0001_kolor jasnoszary  </t>
   </si>
   <si>
     <t>101902</t>
   </si>
   <si>
     <t>Materac do kryjówek Quadro  - szary</t>
   </si>
   <si>
-    <t>Wymiarem dopasowane do kryjówek Quadro (098416-098419, sprzedawane osobno). Wykonane z trwałej tkaniny meditap.• wym. 86 x 56 x 8 cm</t>
+    <t>Wymiarem dopasowane do kryjówek Quadro (098416-098419, sprzedawane osobno). Wykonane z trwałej tkaniny, niezawierającej ftalanów, łatwej do utrzymania w czystości .• wym. 86 x 56 x 8 cm</t>
   </si>
   <si>
     <t>092709S</t>
   </si>
   <si>
     <t>Drzwiczki duże i małe do szatni Kameleon, cichy domyk - białe</t>
   </si>
   <si>
     <t>101945N</t>
   </si>
   <si>
     <t>Pufa Miś</t>
   </si>
   <si>
-    <t xml:space="preserve">Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm </t>
+    <t>Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>ZEST5494J</t>
   </si>
   <si>
     <t>Stół prostokątny klon z żółtym obrzeżem z 6 krzesłami Bambino żółtymi, rozm. 3</t>
   </si>
   <si>
     <t xml:space="preserve">Stolik prostokątny klon z żółtym obrzeżem z 6 krzesłami Bambino żółtymi w rozmiarze 3:   _x0001_100504J Blat klonowy prostokątny z żółtym obrzeżem 1 szt. _x0001_126500 Nogi okrągłe 1 kpl. _x0001_133534 Krzesełko Bambino roz. 3 żółte 6 szt.   Blat stołu wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu, wykończony żółtym obrzeżem PCV o gr. 2 mm.  • wym. 120 x 74 cm  Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.  Możliwe jest uzyskanie 4 wysokości stołów, 3 dokrętki • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)  Krzesełka Bambino z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN-EN 1729-1:2016-2 oraz PN-EN 1729-2+A1:2016-2.  </t>
   </si>
   <si>
     <t>098777</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo z kanciastą koroną</t>
-[...2 lines deleted...]
-    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 cm x 245 cm</t>
+    <t>Panel ścienny – drzewo z kanciastą koroną</t>
+  </si>
+  <si>
+    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 x 245 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101800</t>
   </si>
   <si>
     <t xml:space="preserve">Siedzisko Paolo krótkie,  beżowe </t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
   </si>
   <si>
     <t>101794</t>
   </si>
   <si>
     <t>Siedzisko Paolo krótkie,  głęboka zieleń</t>
   </si>
   <si>
     <t>109013</t>
   </si>
   <si>
     <t>Poduszka ciemnobeżowa</t>
   </si>
   <si>
     <t>095663</t>
   </si>
   <si>
     <t>Ławka do szatni Kameleon, klon jasny</t>
   </si>
   <si>
     <t>Zaokrąglona ławka przeznaczona do ustawiania po bokach dwóch złączonych, skierowanych plecami do siebie szatni Kameleon. Wykonana z płyty laminowanej w tonacji klonu i białej. W komplecie materac mocowany na napy. • wym. materaca 90,5 x 45 x 4 cm • półka na wys. 12 cm • wym. 90,5 x 45 x 33 cm</t>
   </si>
   <si>
     <t>101486</t>
   </si>
   <si>
     <t>Materac-siedzisko szare</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096990</t>
   </si>
   <si>
-    <t>Quadro - szafka domek z 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).• wym. 79,2 x 41,5 x 126,9 cm</t>
+    <t>Quadro – szafka domek z 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm oraz ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, sprzedawane osobno). Dolną przestrzeń można upełnić szerokimi szufladami (092250-092261, 094017-094027, sprzedawane osobno).• wym. 79,20 x 41,50 x 126,90 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092195-12</t>
   </si>
   <si>
     <t>Quadro - szafka-domek - ciemnooliwkowa, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -463,51 +471,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a7eaf753f4013663eacb64c6615d981.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a572ef991ee1f7c681c337c88589260e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b51ec91b612ee39b807572a9c627303.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b98faccce716785661ce82c96cdc6d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca65db11990e4a5abbe1ab6929517c535.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ee9474a4444960a24c1100f5f6f00c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d480583a8f2cc151026da4955de3ee97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/544c84018e957ffef58db10059007c6e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e059e0c358a3313c2ecc21354c4cb4e99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4ac98dd8fd6c35ea31d712c623524010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b757832e1782c80c6799c7ab3ef05b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a035737c0024eece43ca9c116b5db73912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2d142f581e81adbb2419d0c43761dc13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fe60f1a005bd87677c4ef740d0574e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464f0cb2bcc780d49a0005984c1194a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f8eebeb4b32184b6244282f737b80d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f0cf66af8883be165c11ec2b9066de17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a9ddedf9831dbfedcae96b20fc89f618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d4be24d127309e15e1f295c170487619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabd6853760ba686b740c8feb5ca70f320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d3fb7a1c87cdf61e3031ba92d9a50421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f652d6d6e238fada6108385152d68122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cca329e11e13ecd317fdfd8781cba3c23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca61bcd438063eabb3400fee832cf00024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be70b1ad3851f611dab4eda38eb3db625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df29642e490df4075fa29950b74ea7826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb04086802c31386aee3ad72ed5c85727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57eabb23e560702280e64066c88ac30d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f8bc469348ce0762e36e1f7d32c1e529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d1552b503f04b63dbb9010d1b8282830.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e09b6614f4716d3e8cbd9a978a1c93a31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e6afe7c509a4c8b75841414e39e9cf32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1457cf2164330a11c31b877535aa0cc33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29cb7a2e497d6e30160381a89e522b2734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ea85d62621d28265d63fd1d0e97195135.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c38f01dab25a6bbc4cc3fded3eeedf36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c523c6f7d58f652c8195cae47e86dc4437.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526be4a63d0c03be50dd757d179b0b2238.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a064ea11034553e3995a43c3b54e8781.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55772f287fd22ffc0bd9099b33d409a42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0df7b900fc8e8a475648594974cc4f5c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df8bc53c863d08782b35370f8e50acb4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3fed7b7e20baaed76505e2598a211c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2ab13b8477f30e3238267e388167f46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d979060908905c97cc2e09dbe032987.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457451421afaf03518807bc8e3590c538.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0df67b72fc9076867c4b858c4e20d00a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef52066c147737d84afe6778a545b9a810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88377770be9c4292e973c899ff9587b211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4762161f4872a3c4f310f93413bb106d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e78ff37471b3185a0551d872c6d398313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9158f7f4f4ce0ba8e03c6339ae45d1eb14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82af1bdb1465e77959a07d98d3eee76315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c9f62e6cd5221cf43ac7eb61955e5d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a6442e8ba009f68122ea7226359a3617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0a72dfe0e010955d06578fccb369d5518.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703a53d6ce2abdc6c861ccb75cd5f9d119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b552f7a36fc77299f8cec6579508bb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5051e66fb8745b5b65f242b7af7aa90321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec9173f78e2ef2c808395652f754ca622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/488026bd298644c01b1cbe31d7912eb923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4366d987000d0c3c343b6c0364dc0324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09ac356c93b15942cb4f7a58f24f16625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dfb9cbc09f41dd5f781f255e41b196826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efed3cd42b277987a3ba7ace4f52da7727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f8a16f6f637db6ebdc5d080ac11e0328.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8dfe12964c9bec400b647eaced0691229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d089f56b6458b63678d233f36eddf7d930.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a150e60dd4baf839783a4d64b59aff731.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a8df6e50ce2e5e8e57ced9c52b5b3132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bf9e5d619c06a1e1fabfb07dc7c7c2e33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0742ad139cccafd794889ba8c252d6b34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b9b42dbc7bde322420a7c22282c67635.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f70fd94f0cb50d35bd9f884682e29036.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0546f734665e90d45a007194ac0deb7337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06dd515a3a1f7f7bfa6d6dc2582784bc38.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0018" descr="Sala żłobkowa w odcieniach zieleni"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>