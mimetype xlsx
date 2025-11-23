--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>WIZ-SZA-MB-0004 Korytarz z Magicznym dywanem i kącikiem czytelniczym</t>
   </si>
   <si>
-    <t>z dnia 2025-10-04 17:35:19</t>
+    <t>z dnia 2025-11-23 09:32:02</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>821074</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 Pro REW</t>
   </si>
@@ -262,51 +262,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493ba5191ac5c7449873309d149970f61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c24e3cfc45893bebfdc896d72ac8612.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0d3d21372357ef78dfd9c9bf6425173.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3cebd27bbdbe428eca2e80f960d6dd94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c9ce125e59549c6b870c930d1edbc625.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84bd57ec1f32742b6056324701d20a6b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb976bb77291a49bef50946231185d87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a96beb6d3ccff7b23972dc42518eedc18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790269ca02326556e1e9219cf2d96e5d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bc876c77c2892c2711c4892a6ff07410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d9f797350861c7499644e59e26edd311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e5639d231ad4de82cdf7bfc0602cdb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f0c3092375c2c7e60d1c5a94d598c413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c6d7c47c649a67b3b2e5c5e3f2dd5ea14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ae2ac6a8d61e4bd418fc83c58114a31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86537ab307cebbf747c354404f26a2a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4ecc1367570466918a00d8f4f42853.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d813cedfaa7f5465ee59a1eef0dcdd4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a81ee8f8670cd4ab6ac8a0e5f783835.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce353fe172c9c3dcbcf739cec3307c66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6620875ca7066bc24681a6d27a8335f07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449efd36f25933c551ff000946addcc18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31cff61188ebfb80093427c319e64709.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef5e6e43dad21197e75f1c4b8b2c7b410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493bc8909aec2992f57e6886ce8da24111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6165fa47546686d292596861ccd8d42d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711da9baee1e3b0a7a06134d79d2b11f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b5b3f48fdebd262eeff46f977d9b1514.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0004" descr="Korytarz z Magicznym dywanem i kącikiem czytelniczym"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>