--- v1 (2025-11-23)
+++ v2 (2026-01-08)
@@ -20,165 +20,165 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>WIZ-SZA-MB-0004 Korytarz z Magicznym dywanem i kącikiem czytelniczym</t>
   </si>
   <si>
-    <t>z dnia 2025-11-23 09:32:02</t>
+    <t>z dnia 2026-01-08 10:13:44</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>821074</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 Pro REW</t>
   </si>
   <si>
     <t>Wersja PRO Magicznego Dywanu posiada możliwość podłączenia zewnętrznego źródła obrazu przez gniazdo HDMI umieszczone na tylnej płycie urządzenia.Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 2,2 x 3,8 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach". 1. Możliwość podłączenia do internetu: - kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia, - radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,  - radiowego GSM poprzez wbudowany moduł GSM wraz z antenkami Dostęp do internetu pozwala m.in. na: - zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry), - zdalne wykonanie prac konserwacyjnych i serwisowych, - zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw. 2. Możliwość podłączenia zewnętrznego źródła obrazu przez gniazdo HDMI umieszczone na tylnej płycie urządzenia. 3. Wbudowany system AUDIO stereo o mocy 2 x 20. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia. 4. Wbudowany system obrotu o 90 stopni umożliwiający projekcję i interakcję na ścianie Dane techniczne: • sterowanie za pomocą pilota • wyposażony w czujniki ruchu 5. generacji • wbudowany energooszczędny projektor szerokokątny LED • wbudowany komputer z procesorem Intel • uchwyt sufitowy 115 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu) • nadaje się do jasnych, gładkich powierzchni • rozmiar pola gry na wysokości 3 m od panelu przedniego urządzenia – około 2,2 x 3,8 m • pobór energii maks. 280W • waga 9,5 kg • wymiary 30 x 26 x 32 cmW skład zestawu wchodzi 10 aplikacji z pakietu "Start" oraz 16 aplikacji z pakietu REW, z których część z nich występuje w dwóch wersjach, co łącznie daje 25 aplikacji.  Wszystkie aplikacje zostały opracowane we współpracy z ośrodkiem rehabilitacyjno- edukacyjno-wychowawczym, dzięki czemu spełniają funkcję edukacyjną i rehabilitacyjną dla dzieci o różnym stopniu dysfunkcji. W porównaniu do tradycyjnych aplikacji Magicznego Dywanu ta seria ma bardziej wyraziste kolory, jednolite i jasne tła, zmniejszoną liczbę obiektów poruszających się na planszy, co powoduje, że aplikacje są bardziej przystępne w odbiorze. Ponadto wszystkie elementy aktywne są większe, spowolniono także dynamikę aplikacji. W aplikacjach rozróżniono dwa poziomy trudności do wyboru, zaś uczestnik zabawy otrzymuje wyraźną nagrodę po udanym wykonaniu zadania (brawo, oklaski). Część aplikacji została również specjalnie zaprojektowana w pionie, aby wydłużyć czas poruszania się elementów na Magicznym Dywanie. Dzięki temu dziecko ma więcej czasu na wykonanie zadania. Magiczny Dywan wspiera tworzenie warsztatów edukacyjnych, jak i rewalidacyjnych. W odpowiedni sposób zaprojektowane aplikacje sprawdzają się jako narzędzie edukacyjno-rehabilitacyjne w Salach Doświadczania Świata, pobudzając zmysły uczestników zabawy.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>101764</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea czerwona</t>
   </si>
   <si>
     <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 80 x 40 x 40 cm</t>
   </si>
   <si>
     <t>101770</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea pomarańczowa</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101765</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea pomarańczowa</t>
   </si>
   <si>
     <t>099765</t>
   </si>
   <si>
     <t>Drzwiczki do szatni Tęczowej - szare, 2 szt.</t>
   </si>
   <si>
     <t>Drzwiczki wymiarem dopasowane do skrzyń szatni Tęczowych. Wyposażone w zawias 90 stopni z  mechanizmem cichego domyku, co znacznie podnosi komfort użytkowania mebli i zapewnia ich długą funkcjonalność • 2 szt. • wym. 76,7 x 29,4 cm</t>
   </si>
   <si>
     <t>101773</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea ciemnoszara</t>
   </si>
   <si>
     <t>092192</t>
   </si>
   <si>
-    <t>Quadro - kącik czytelniczy, klon jasny</t>
-[...2 lines deleted...]
-    <t>Kącik czytelniczy wyposażony w wiele półek, które pozwolą zebrać wszystkie ulubione, dziecięce lektury w jednym miejscu. Pod górną półką umieszczono listwę LED. Kolor i moc podświetlenia można zmienić w zależności od indywidualnych potrzeb oraz nastroju. Pomiędzy bocznymi regałami znajduje się specjalne miejsce na wstawienie np. piankowych siedzisk 101354–101356, 101638, 109079-109081, 101364–101366, 101644, 109088-109090 (sprzedawane osobno), na których najmłodsi miło spędzą czas z książkami. Mebel należy przymocować do ściany. Istnieje możliwość dokupienia półek do środkowego modułu (092199 do zewnętrznych przegród, 092287 do środkowej przegrody). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 3 połączone moduły z półkami • górna półka ma podświetlenie ledowe (listwa świetlna na całej długości półki) z regulacją koloru oraz jasności - w komplecie zasilacz z kablem o dł. 4,7 m oraz pilot na baterie • wym. przestrzeni pomiędzy modułami 116,6 x 120,1 cm  • wym. 200,4 x 41,5 x 161,6 cm</t>
+    <t>Quadro – kącik czytelniczy, klon jasny</t>
+  </si>
+  <si>
+    <t>Kącik czytelniczy wyposażony w liczne półki, dzięki którym wszystkie ulubione dziecięce lektury będą zawsze pod ręką. Pod górną półką umieszczono listwę LED. Kolor i moc podświetlenia można zmienić w zależności od indywidualnych potrzeb oraz nastroju. Pomiędzy bocznymi regałami znajduje się specjalne miejsce na wstawienie np. piankowych siedzisk 101354–101356, 101638, 109079-109081, 101364–101366, 101644, 109088-109090 (sprzedawane osobno), na których najmłodsi miło spędzą czas z książkami. Mebel należy przymocować do ściany. Istnieje możliwość dokupienia półek do środkowego modułu (092199 do zewnętrznych przegród, 092287 do środkowej przegrody). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. • 3 połączone moduły z półkami • górna półka ma podświetlenie ledowe (listwa świetlna na całej długości półki) z regulacją koloru oraz jasności – w komplecie zasilacz z kablem o dł. 4,7 m oraz pilot na baterie • wym. przestrzeni pomiędzy modułami 116,6 x 120,1 cm• wym. 200,40 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>100179J</t>
   </si>
   <si>
     <t>Szatnia Tęczowa duża - skrzynia</t>
   </si>
   <si>
     <t>Szatnia wykonana z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm. Każdy moduł wyposażony w podwójny wieszak i półkę. Drzwiczki sprzedawane osobno (099764-099775). • wys. przegrody 18 lub 57 cm • szer. przegrody 30 cm• 8 modułów • wym. 129 x 40 x 166 cm• wym. 40 x 129 x 166</t>
   </si>
   <si>
     <t>099770</t>
   </si>
   <si>
     <t>Drzwiczki do szatni Tęczowej - pomarańczowe, 2 szt.</t>
   </si>
   <si>
     <t>101790</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 dł. 116, ciemnoszara</t>
   </si>
   <si>
-    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm  </t>
+    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm </t>
   </si>
   <si>
     <t>099764</t>
   </si>
   <si>
     <t>Drzwiczki do szatni Tęczowej - białe, 2 szt.</t>
   </si>
   <si>
     <t>101759</t>
   </si>
   <si>
     <t>Pufa 1-osobowa Inflamea czerwona</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 40 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 40 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099771</t>
   </si>
   <si>
     <t>Drzwiczki do szatni Tęczowej - czerwone, 2 szt.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -262,51 +262,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ae2ac6a8d61e4bd418fc83c58114a31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86537ab307cebbf747c354404f26a2a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a4ecc1367570466918a00d8f4f42853.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d813cedfaa7f5465ee59a1eef0dcdd4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a81ee8f8670cd4ab6ac8a0e5f783835.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce353fe172c9c3dcbcf739cec3307c66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6620875ca7066bc24681a6d27a8335f07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449efd36f25933c551ff000946addcc18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31cff61188ebfb80093427c319e64709.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef5e6e43dad21197e75f1c4b8b2c7b410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493bc8909aec2992f57e6886ce8da24111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6165fa47546686d292596861ccd8d42d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711da9baee1e3b0a7a06134d79d2b11f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b5b3f48fdebd262eeff46f977d9b1514.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63d10376f286b9b1a51e37a446942fe1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30becbb7a5b4313f87e59f3cc0f79d742.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf01853390d3b58906eee7b8d51658693.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705f1f356e8cbd42244685292232f7a64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c18eeeecdd742328ce1b86532daaf245.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa79ceb300dfa70365f6ee6dd00400836.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4b4e2ca0fa3c3b31b365267e39838977.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b758078dfdb7c3028a99be57a045cc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde519f28949a6c8f69bf2519177370c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a9fefb0ebe7790192fe02ce9a6efc010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85236109d1f3c4cca77a3c71027024e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c8deecbd0fe860222d5203836b9bea12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/932d44aca29b2e6043cc2f849c689c6e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7abc2541998553facaab4b9ea5723f0b14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0004" descr="Korytarz z Magicznym dywanem i kącikiem czytelniczym"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>