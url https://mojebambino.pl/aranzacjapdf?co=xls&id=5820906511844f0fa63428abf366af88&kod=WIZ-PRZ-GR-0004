--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -20,141 +20,142 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>WIZ-PRZ-GR-0004 Sala przedszkolna z domkami Quadro dla 30 dzieci</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:03:04</t>
+    <t>z dnia 2025-11-17 05:52:47</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
     <t>Materac do domku Quadro - szary</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>133535-1</t>
   </si>
   <si>
     <t>Krzesełko Bambino 3 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6</t>
   </si>
   <si>
     <t>099425</t>
   </si>
   <si>
     <t>Blat Quadro biały prostokątny, białe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • wym. 120 x 65 cm</t>
   </si>
   <si>
     <t>SET6340</t>
   </si>
   <si>
     <t>Quadro - zestaw 169, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>096989	Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny, 1 szt.092141	Quadro - szafka M z 1 półką na cokole, klon jasny, 2 szt.096990	Quadro - szafka domek z 2 półkami, klon jasny, 1 szt.092200	Quadro - drzwiczki małe 90 st. mocowane do korpusu - białe, 3 szt.092212	Quadro - drzwiczki średnie 90 st.  – białe, 2 szt.• wym. 354,4 x 41,5 x 166,8 cm• długość zestawu: 3,544 m</t>
+    <t>096989	Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny, 1 szt.092141	Quadro - szafka M z 1 półką na cokole, klon jasny, 2 szt.096990	Quadro - szafka domek z 2 półkami, klon jasny, 1 szt.092200	Quadro - drzwiczki małe 90 st. mocowane do korpusu - białe, 3 szt.092212	Quadro - drzwiczki średnie 90 st.  – białe, 2 szt.• wym. 354.40 x 41.50 x 166.80 cm• długość zestawu: 3.54 m</t>
   </si>
   <si>
     <t>098381</t>
   </si>
   <si>
     <t>Przesuwanka Drzewo z lisem</t>
   </si>
   <si>
     <t>Kolorowe przesuwanki z różnymi motywami tematycznymi. Podczas zabawy nimi dzieci rozwijają motorykę. Wykonane z płyty MDF.• wym. 69 x 126 cm• od 3 lat</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
   </si>
   <si>
     <t>133357</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - białe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>096998</t>
   </si>
   <si>
     <t>Quadro - szafa uniwersalna z wysuwanymi półkami - klon jasny-biała</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej  gr. 18 mm, w kolorze klonu jasnego lub białej. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180 stopni. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,4 x 60 x 199 cm</t>
+    <t>Szafy wykonane z płyty laminowanej  gr. 18 mm, w kolorze klonu jasnego lub białej. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180 stopni. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,40 x 60 x 199 cm</t>
   </si>
   <si>
     <t>092189</t>
   </si>
   <si>
     <t>Quadro - biurko z szeroką szufladą - białe, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cm</t>
   </si>
   <si>
     <t>ZEST5488</t>
   </si>
   <si>
     <t>Grande - zestaw 47</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Pojemniki Gratnells wchodzą w skład zestawu.Skład zestawu: • 096897 Regał Grande L na pojemniki - 3 kolumny – klon jasny, 1 szt.• 372050 Pojemnik płytki 1 biały, 9 szt.• 372052 Pojemnik płytki 1 jasnoszary, 9 szt.• 372053 Pojemnik płytki 1 srebrny, 9 szt.• 372054 Pojemnik płytki 1 czarny, 6 szt.Na regale można zamontować nadstawki (098257-098259, 098257W-098259W, sprzedawane osobno).• wym. 104 x 48 x 117,4 cm</t>
   </si>
   <si>
     <t>056111</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - szary 3 x 4 m</t>
   </si>
@@ -268,51 +269,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e1719bb2752727e0cdfa6734f7c3e11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a506a000730b1e00952475bc683dde2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106a63205484d8d196d45bd6b073e9533.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4129016902a1569eaf99b4fe7d47f5004.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfcc3fde5deaa567669b2de8c55f63ac5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd85fecf1e3fc181757bd3e32d69402c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c441d35800b294b8d464944fa2acc2a47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d603808bc225511e74636541d423695e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb77bc06f7861a48b703e540042ebc5f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e93269eeb9db8cc1185da38a8bfae76f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acab9c5a825f82d156fb7aea66eb479a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f5e95f273ce2100fd058591145aaf012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f3cdcda20e292b430042eae8127961013.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1655eaf104f04a1ec3dd464beec29591.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b749c64df59fe7553fa4ef0d93ffbf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51fa5b0d71bb48e888917b8d818a52063.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67671d3620c74d13c790d768e34245924.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6696037001429aaf8c8c1880524cb3bd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69486f1dd8735c52df7c03382aa657cf6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777c3572fcfd1e8f7d8af66c16088a217.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6daab0d3e9bfdd6180b70fc92f4b92e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811686f4a6e8895753e58fd22d59e8a79.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b3f118763d97bd24abe67e107b8f84810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63add4434bb8e7db398c2117612f27df11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df507464cf488d5762658d1f13fcb18b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d58f0e9f8102e7b208acd49193c5bc913.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-GR-0004" descr="Sala przedszkolna z domkami Quadro dla 30 dzieci"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>