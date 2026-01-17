--- v1 (2025-11-17)
+++ v2 (2026-01-17)
@@ -20,178 +20,178 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>WIZ-PRZ-GR-0004 Sala przedszkolna z domkami Quadro dla 30 dzieci</t>
   </si>
   <si>
-    <t>z dnia 2025-11-17 05:52:47</t>
+    <t>z dnia 2026-01-17 15:03:45</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - szary</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – szary</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>133535-1</t>
   </si>
   <si>
     <t>Krzesełko Bambino 3 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6</t>
   </si>
   <si>
     <t>099425</t>
   </si>
   <si>
     <t>Blat Quadro biały prostokątny, białe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • wym. 120 x 65 cm</t>
   </si>
   <si>
     <t>SET6340</t>
   </si>
   <si>
     <t>Quadro - zestaw 169, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
     <t>096989	Quadro - szafka-domek z 3 półkami i na 4 szerokie szuflady, skrzynia klon jasny, 1 szt.092141	Quadro - szafka M z 1 półką na cokole, klon jasny, 2 szt.096990	Quadro - szafka domek z 2 półkami, klon jasny, 1 szt.092200	Quadro - drzwiczki małe 90 st. mocowane do korpusu - białe, 3 szt.092212	Quadro - drzwiczki średnie 90 st.  – białe, 2 szt.• wym. 354.40 x 41.50 x 166.80 cm• długość zestawu: 3.54 m</t>
   </si>
   <si>
     <t>098381</t>
   </si>
   <si>
     <t>Przesuwanka Drzewo z lisem</t>
   </si>
   <si>
     <t>Kolorowe przesuwanki z różnymi motywami tematycznymi. Podczas zabawy nimi dzieci rozwijają motorykę. Wykonane z płyty MDF.• wym. 69 x 126 cm• od 3 lat</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>133357</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - białe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>096998</t>
   </si>
   <si>
-    <t>Quadro - szafa uniwersalna z wysuwanymi półkami - klon jasny-biała</t>
-[...2 lines deleted...]
-    <t>Szafy wykonane z płyty laminowanej  gr. 18 mm, w kolorze klonu jasnego lub białej. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180 stopni. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,40 x 60 x 199 cm</t>
+    <t>Quadro – szafa uniwersalna z wysuwanymi półkami – klon jasny-biała</t>
+  </si>
+  <si>
+    <t>Szafy z płyty laminowanej 18 mm w kolorze jasnego klonu lub białym. Zawiasy umożliwiają otwieranie drzwiczek pod kątem 180°. Trzy środkowe półki są wysuwane. • wym. półek wysuwanych 85 x 51 cm• wym. 100,40 x 60 x 199 cm</t>
   </si>
   <si>
     <t>092189</t>
   </si>
   <si>
-    <t>Quadro - biurko z szeroką szufladą - białe, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cm</t>
+    <t>Quadro – biurko z szeroką szufladą – białe, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>ZEST5488</t>
   </si>
   <si>
     <t>Grande - zestaw 47</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Pojemniki Gratnells wchodzą w skład zestawu.Skład zestawu: • 096897 Regał Grande L na pojemniki - 3 kolumny – klon jasny, 1 szt.• 372050 Pojemnik płytki 1 biały, 9 szt.• 372052 Pojemnik płytki 1 jasnoszary, 9 szt.• 372053 Pojemnik płytki 1 srebrny, 9 szt.• 372054 Pojemnik płytki 1 czarny, 6 szt.Na regale można zamontować nadstawki (098257-098259, 098257W-098259W, sprzedawane osobno).• wym. 104 x 48 x 117,4 cm</t>
   </si>
   <si>
     <t>056111</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - szary 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>099342</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,biała</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami, skrzynia klon jasny,biała</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 186 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -269,51 +269,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1655eaf104f04a1ec3dd464beec29591.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27b749c64df59fe7553fa4ef0d93ffbf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51fa5b0d71bb48e888917b8d818a52063.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67671d3620c74d13c790d768e34245924.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6696037001429aaf8c8c1880524cb3bd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69486f1dd8735c52df7c03382aa657cf6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777c3572fcfd1e8f7d8af66c16088a217.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6daab0d3e9bfdd6180b70fc92f4b92e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811686f4a6e8895753e58fd22d59e8a79.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b3f118763d97bd24abe67e107b8f84810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63add4434bb8e7db398c2117612f27df11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df507464cf488d5762658d1f13fcb18b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d58f0e9f8102e7b208acd49193c5bc913.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cccbba72e4faada2acfe2cb7a5b56661.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91772a92907ec307c378022c504581e92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce692008d0c8b56721af8b193b9da743.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a3a3bfc340c791c8aa607b83c458ed14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66a20716759ea2db6ab5438771fddd0c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08be2c3c1b8874c8a7e547f966be5c556.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/641885fa1f2bfcaa873ec9a0c2c815ed7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ca0a438276d662a6624f2a68a5e4fe8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee354679d5dc2be5dea910b366e668909.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da40ae96e4cdebf24e7c9e8d3bd5306e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150cb6f017527aa45f5bf531028935c911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1581ec2d480ea6adaff80574bef09f312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361a8923bd5ca50d60ae45dc83c3906b13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-GR-0004" descr="Sala przedszkolna z domkami Quadro dla 30 dzieci"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>