--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -20,164 +20,280 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>WIZ-SZK-FL-0002 Mobilna sala szkolna Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-31 16:16:28</t>
+    <t>z dnia 2025-12-16 21:55:24</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET5171</t>
   </si>
   <si>
     <t>Zestaw Flexi 81</t>
   </si>
   <si>
     <t xml:space="preserve">
 • wym. 193 x 41,5 x 86,7 cm
 Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
 • 092378 Regał Flexi na pomoce edukacyjne, 2 szt. Regał drewniany służący do przechowywania pomocy edukacyjnych.
 Dekoracje nie wchodzą w skład zestawów.
-• wym. 193 x 41,5 x 86,7 cm• długość zestawu: 1,93 m</t>
+• wym. 193 x 41,50 x 86,70 cm• długość zestawu: 1,93 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>SET5131</t>
   </si>
   <si>
     <t>Zestaw Flexi 50</t>
   </si>
   <si>
     <t>• wym. 282 x 41,5 x 160,6 cm
 Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy z obrzeżem ABS multiplex, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
 • 100289 - Szafka D z 3 półkami na cokole, 1 szt. • wym. 89,1 x 41,5 x 87,1 cm
 • 100278 - Szafka M z 1 półką na cokole, 2 szt. • wym. 89,1 x 41,5 x 48,4 cm
 • 126044 - Pojemnik - naturalny E, 12 szt. Estetycznie wykonany, drewniany pojemnik z uchwytami ułatwiającymi przenoszenie. Nadaje się do przechowywania klocków lub innych drobiazgów. Dostarczany zmontowany. Wykonany z litego drewna bukowego, lakierowanego. • wym. 26,5 x 35 x 16,5 cm
 • 092626 - Stelaż niski do daszków Flexi 4 szt. Wykonane z drewna bukowego.
 • 092623 - Daszek do szafek Flexi zamek, 1 szt. Wykonany z płyty MDF oraz sklejki.
 • 092627 - Półka do stelaża 2 szt. Maksymalne obciążenie 20 kg.
 Dekoracje nie wchodzą w skład zestawów.
-• wym. 281,7 x 41,5 x 160,6 cm• długość zestawu: 2,817 m</t>
+• wym. 281,70 x 41,50 x 160,60 cm• długość zestawu: 2,82 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092606</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - niebieski</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>821202</t>
   </si>
   <si>
     <t>Mata edukacyjna do Photona</t>
   </si>
   <si>
     <t xml:space="preserve">
 Dedykowana mata do kodowania do wykorzystania z Robotem Photon EDU (821200, sprzedawany osobno). Mata edukacyjna podzielona na 24 kwadratowe pola (6 x 4).
 • wym. 180 x 120 cm
 </t>
   </si>
   <si>
     <t>MZEST0018</t>
   </si>
   <si>
     <t>Monitor interaktywny Insgraf Digital EduSpace 75 ze statywem z windą i tablicami</t>
   </si>
   <si>
-    <t>Skład zestawu:  • 585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. • 620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt.</t>
+    <t xml:space="preserve">
+Skład zestawu:
+	585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt. Więcej informacji &gt;&gt;
+	620007 Statyw z windą i tablicami do monitora interaktywnego 75, 1 szt. Więcej informacji &gt;&gt;
+585038 Monitor interaktywny insGraf Digital EduSpace 75, 1 szt.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 75"
+Wymiary: 170,5 x 102,6 x 11 cm
+Waga: 51 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5500:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania/dotyk: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA, wsparcie dla aktualizacji systemu przez 5 lat. Aktualizacje w trybie OTA (Over-The-Air)
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcja Painting
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+</t>
   </si>
   <si>
     <t>046056</t>
   </si>
   <si>
     <t>Kanapa mała - żółta wys. 25 cm</t>
   </si>
   <si>
     <t>• wys. siedziska 25 cm • wym. 50 x 50 x 45 cm</t>
   </si>
   <si>
     <t>842527</t>
   </si>
   <si>
     <t>Panele Ecophon Solo Square białe 120 x 120 cm, 4 szt., mocowane na linkach</t>
   </si>
   <si>
     <t>Wolnowiszące panele stosowane w pomieszczeniach, gdzie montaż sufitu od ściany do ściany nie jest możliwy lub gdy potrzebna jest szybka adaptacja akustyczna. Sprawdza się także, gdy zależy nam na zachowaniu pierwotnej wysokości pomieszczenia lub gdy stosowane są stropy TABS (Thermally Activated Building System). Bogata kolorystyka i kilka systemów zawiesi dają szerokie możliwości projektowe. Dostępne są dwie opcje montażu: przy użyciu wieszaków cięgnowych lub linek. Rdzeń płyty wykonany jest z wełny szklanej 3. generacji o wysokiej gęstości. Płyta jest pokryta po obu stronach Akutex FT, która w połączeniu z wełną szklaną daje optymalne właściwości pochłaniania dźwięku. Płyty są materiałem niepalnym wg badań i klasyfikacji EN ISO 1182 (Standard: EN 13501-1, Klasa: A2-s1,d0). Krawędzie są prosto przycięte i malowane na kolor powłoki. Linki mocujące mają dł. 2 m, ale długość można zmniejszać regulując ją za pomocą karabińczyków. • gr. 4 cm  • wym. 120 x 120 cm • 4 szt.</t>
   </si>
   <si>
     <t>821200</t>
   </si>
   <si>
-    <t>Cyfrowe zasoby - Robot Photon EDU</t>
+    <t>Cyfrowe zasoby – Robot Photon EDU</t>
   </si>
   <si>
     <t xml:space="preserve">
 Zawartość zestawu:
 	Jednego robota edukacyjnego Photon,
 	Dostęp do aplikacji Photon EDU, Coding oraz Robot,
 	dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi, 
 	Dostęp do stale aktualizowanej bazy scenariuszy prowadzenia zajęć oraz dodatkowych materiałów dydaktycznych w formie cyfrowej. Robot ma wbudowaną baterię, jest ładowany za pomocą kabla micro USB. Po pełnym naładowaniu działa do 8 godzin.
 Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych. 
 Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja.
 Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą. 
 Czujniki i funkcjonalność
 Aplikacje Photon EDU i Photon Magic Bridge
 Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku. 
 Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).
 Photon Draw
 Photon Badge
 Photon Blocks
 Photon Code
 Linki do pobrania
 Aplikacja Photon EDU:
 Android (Google Play)
 iOS (App Store)
 Aplikacja Photon Magic Bridge:
 Windows 7, 8, 10, 11
@@ -251,87 +367,107 @@
 Możliwe jest również  programowanie robota Photona bezpośrednio za pomocą  interaktywnej tablicy i monitora. Dzięki wprowadzeniu tej metody nauczania programowania wzbudzimy w uczniach jeszcze większą ciekawość i zainteresowanie tematem lekcji.
 	Magiczny Dywan
 Specjalny pakiet aplikacji Photon umożliwia nauczanie programowania w warunkach interaktywnego środowiska rozszerzonej rzeczywistości (AR). Dzięki zastosowaniu takiego połączenia w klasie uczniowie mogą wykazać się kreatywnością i rozwiązywać stawiane przed nimi zadania za pomocą myślenia komputacyjnego.
 	Makey Makey
 Wykorzystaj nieograniczoną pomysłowość swoich uczniów dzięki zestawowi Makey Makey, który umożliwia tworzenie improwizowanych kontrolerów z przedmiotów przewodzących prąd. Integracja z zestawem jest możliwa z poziomu oprogramowania Scratch, dostępnego w aplikacjach Photon EDU i Photon Magic Bridge. 
 	LEGO®
 Twórz kreatywne projekty przy pomocy robota Photona oraz popularnych zestawów LEGO® Mindstorms EV3, Boost i WeDo 2.0. Podobnie jak w przypadku Makey Makey, integracja z wymienionymi zestawami odbywa się poprzez oprogramowanie Scratch, które jest dostępne w aplikacjach Photon EDU i Photon Magic Bridge.
 • od 4 do 12 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>092736</t>
   </si>
   <si>
     <t>Biurko Flexi de luxe - żółte</t>
   </si>
   <si>
     <t>Wyposażone w szafkę i szufladę - obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex, blat wykonany ze sklejki o gr. 19 mm, pokrytej kolorowym laminatem HPL • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125 x 70 x 76 cm</t>
   </si>
   <si>
     <t>821068</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 EDU Szkoła</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach". 1. Możliwość podłączenia do internetu: - kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia, - radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami, Dostęp do internetu pozwala m.in. na: - zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry), - zdalne wykonanie prac konserwacyjnych i serwisowych, - zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw. 2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznych systemu nagłaśniającego głośników przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia. Dane techniczne: • sterowanie za pomocą pilota • wyposażony w czujniki ruchu 5. generacji • wbudowany projektor szerokokątny • wbudowany komputer z procesorem Intel • uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu) • nadaje się do jasnych, gładkich powierzchni • złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła - funkcja projektora • rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m • pobór energii maks. 375 W • waga 9,5 kg • wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie – ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".
+1. Możliwość podłączenia do internetu:
+- kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,
+- radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,
+Dostęp do internetu pozwala m.in. na:
+- zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),
+- zdalne wykonanie prac konserwacyjnych i serwisowych,
+- zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.
+2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.
+Dane techniczne:
+• sterowanie za pomocą pilota
+• wyposażony w czujniki ruchu 5. generacji
+• wbudowany projektor szerokokątny
+• wbudowany komputer z procesorem Intel
+• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu)
+• nadaje się do jasnych, gładkich powierzchni
+• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora
+• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m
+• pobór energii maks. 375 W
+• waga 9,5 kg
+• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>046041</t>
   </si>
   <si>
     <t>Kanapa duża - żółta wys. 35 cm</t>
   </si>
   <si>
     <t>Estetycznie wykonane siedziska, pokryte miękką i miłą w dotyku tkaniną tapicerowaną, o wymiarach dostosowanych do dziecięcego wzrostu. Drewniana konstrukcja zapewnia stabilność oraz wygodę małym użytkownikom. Siedziska ustawione są na metalowych nóżach. Doskonale nadają się do kącików zabaw, wypoczynku i kącików bibliotecznych.• wys. siedziska 35 cm • wym. 100 x 60 x 55 cm</t>
   </si>
   <si>
-    <t>092608</t>
-[...5 lines deleted...]
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 5 kolorów: bukowy, zielony, niebieski, żółty, biały• dł. krótszego boku 80 cm• wym. 150,5 x 69,3 x 40-58 cm</t>
+    <t>092609</t>
+  </si>
+  <si>
+    <t>Stół Flexi trapezowy- żółty</t>
+  </si>
+  <si>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 5 kolorów: bukowy, zielony, niebieski, żółty, biały• wym. 150,5 x 69,3 x 40-58 cm</t>
   </si>
   <si>
     <t>092614</t>
   </si>
   <si>
     <t>Stół Flexi półokrągły - niebieski</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm , z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 60 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm , z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 60 x 58 cm</t>
   </si>
   <si>
     <t>092601</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - żółty</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolory: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolory: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 58 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -409,51 +545,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e82982d151dc170a5a322765e231f01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89f5e92e8f0e72ca157f63a0ebc8f3752.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6638fcb9df3660b10aa124518355bce33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa9a093fad82cbff10d29f7446e5aea4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc957ba4ef1470d07f21a9f971a94d675.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24fab57f3435d98e1ef11408af4bf676.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37767a1f33d2d70028fdfcfa82dbae47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59536754fc01e48eaced5532528966c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/567f38730beac1007e328a17539d25fc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851753aaf5522a085b20a11122eb097f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62678d4e034299266d92ca5577ce03611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae8fd1536cb51ca3510e664ee16298e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf4e45f59ae9401160eec1021f74e4713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb10abeef6d7c269b237baa1ef5931514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222eb6e64daa02b38ed5236d9670e74e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310d450b60cb1ac31a2dcfe922faeb6c16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024e3913b6284510e490aafa75855b091.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f58b39b2f598e9e19cfc660615f399702.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6e66d58e9511d81213f7bfe3b799a33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7b06cf7cf3cfb184a1dcdae57e05344.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cf1bd6e1c1dae8a3f372ccb50a916d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdc4b0823f491fa500a9665b99fa43a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65525b78fa87bff1f6a2c93f20e148737.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f8d18da2c8a8a86d5b9685853df2a78.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cee56ff25a551dab409bbdd6d0513fd9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c948ca2f588d7f9fdbe0c1f089db8610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4dae55a98789858997977e70764bae11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a6989db241b5e7eb3ffdb667b21e6012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd3a63ae31b82f6a08bd029f289aa0813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e99588b09e4fedc0f3c47d70f06d35ec14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9511197f8256cef88793a62b2d6113415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738305201e00b03545175d0cfb37a74816.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6315075" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-FL-0002" descr="Mobilna sala szkolna Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -814,51 +950,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="092608" descr="092608"/>
+        <xdr:cNvPr id="14" name="092609" descr="092609"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>