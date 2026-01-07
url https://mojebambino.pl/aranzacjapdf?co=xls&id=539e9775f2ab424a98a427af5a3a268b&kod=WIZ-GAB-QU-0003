--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -20,326 +20,422 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-GAB-QU-0003 Gabinet Psychologa i Pedagoga z salą relaksu i rozwiązywania konfliktów</t>
   </si>
   <si>
-    <t>z dnia 2025-11-04 10:49:06</t>
+    <t>z dnia 2026-01-07 21:40:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256082</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z reg.  wys. żółte</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w kółka i mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 43 do 56 cm</t>
   </si>
   <si>
     <t>048203</t>
   </si>
   <si>
     <t>Krzesło obrotowe Leon limonkowo-czarne</t>
   </si>
   <si>
     <t>• Szerokie, komfortowe siedzisko tapicerowane tkaniną welurową i ergonomicznie wyprofilowane oparcie. • Stałe podłokietniki. • Podstawa z tworzywa sztucznego. • Kółka do powierzchni dywanowych. W standardzie Mechanizm Tilt: - funkcja swobodnego kołysania  -  możliwość blokady kąta odchylenia oparcia w pozycji do pracy - możliwość regulacji siły oporu oparcia pozwala na dostosowanie szybkości odchylenia oparcia i siedziska do wagi użytkownika - regulacja wysokości siedziska umożliwia dopasowanie krzesła do wzrostu każdej siedzącej na nim osoby  • Regulowana wysokość siedziska: 44,5-57,5 cm • Średnica podstawy: 71,5 cm •  Wysokość całkowita: 100-113 cm</t>
   </si>
   <si>
     <t>085126</t>
   </si>
   <si>
     <t>Uchwyt ścienny do monitorów 65, 75 i 86 cali</t>
   </si>
   <si>
-    <t>Uchwyt naścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami z serii InsGraf Digital. Maksymalny udźwig: 80 kg Zalecana wielkość monitora 65&amp;apos;&amp;apos;, 75&amp;apos;&amp;apos;, 86&amp;apos;&amp;apos; Maksymalne nachylenie: ±15 stopni Uchwyt posiada standard VESA do 800x600 mm. UWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej maksymalna wielkość monitora to 65’’.</t>
+    <t>Uchwyt naścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami z serii InsGraf Digital.Maksymalny udźwig: 80 kgZalecana wielkość monitora 65&amp;apos;&amp;apos;, 75&amp;apos;&amp;apos;, 86&amp;apos;&amp;apos;;Maksymalne nachylenie: ±15 stopniUchwyt posiada standard VESA do 800 x 600 mm.UWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej maksymalna wielkość monitora to 65&amp;apos;&amp;apos;.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101657</t>
   </si>
   <si>
     <t>Materace narożne jasnoszare - tkanina trudnopalna</t>
   </si>
   <si>
-    <t>Złączone ze sobą na stałe trójkąty tworzą dużą powierzchnię do ćwiczeń gimnastycznych lub zabaw. Idealnie komponują się z miękkimi dekoracjami mocowanymi do ściany (np. 196003, 196004, 196005), które zabezpieczają przed uderzeniami o nią. Funkcjonalnym dodatkiem, służącym jako oparcie, mogą stać się także Wałki z tkaniny Bardo (65% poliester, 35% bawełna - 101081) lub Wałki z tkaniny trudnopalnej (101658, 101659). Materace pomarańczowe pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. po rozłożeniu 150 x 150 x 8 cm • wykonane z trudnopalnej tkaniny Plus F.R. • szare</t>
+    <t>Złączone ze sobą na stałe trójkąty tworzą dużą powierzchnię do ćwiczeń gimnastycznych lub zabaw. Idealnie komponują się z miękkimi dekoracjami mocowanymi do ściany (np. 196003, 196004, 196005), które zabezpieczają przed uderzeniami o nią. Funkcjonalnym dodatkiem, służącym jako oparcie, mogą stać się także Wałki z tkaniny Bardo (65% poliester, 35% bawełna - 101081) lub Wałki z tkaniny trudnopalnej (101658, 101659). Materace pomarańczowe pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. po rozłożeniu 150 x 150 x 8 cm • wykonane z trudnopalnej tkaniny Plus F.R.• szare</t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>096865</t>
   </si>
   <si>
     <t>Quadro - biurko lewostronne z szafką i 1 szufladą 90 - białe, skrzynia klon jasny</t>
   </si>
   <si>
     <t>• wykonane z płyty laminowanej w tonacji klonu jasnego o gr. 18 mm, z kolorowymi elementami z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastycznąBiurko wyposażone w szafkę z zamkiem oraz drzwiczki z zawiasem 90 stopni. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120.00 x 60.00 x 76.00 cm</t>
   </si>
   <si>
     <t>096612</t>
   </si>
   <si>
     <t>Lustro 80x80</t>
   </si>
   <si>
-    <t xml:space="preserve">Kwadratowe lustro w ramie ze sklejki o gr. 15 mm. Mocowane do ściany na 4 śruby (rama posiada nawierty o śr. 5 mm). Po zawieszeniu lustro odstaje od ściany na ok. 2,5 cm. • wym. całkowite 80 x 80 cm • wym. lustra 68 x 68 cm.  </t>
+    <t>Kwadratowe lustro w ramie ze sklejki o gr. 15 mm. Mocowane do ściany na 4 śruby (rama posiada nawierty o śr. 5 mm). Po zawieszeniu lustro odstaje od ściany na ok. 2,5 cm. • wym. całkowite 80 x 80 cm • wym. lustra 68 x 68 cm</t>
   </si>
   <si>
     <t>256083</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z reg.  wys. zielone</t>
   </si>
   <si>
     <t>821070</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 REW</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".1. Możliwość podłączenia do internetu:- kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,- radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,Dostęp do internetu pozwala m.in. na:- zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),- zdalne wykonanie prac konserwacyjnych i serwisowych,- zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw.2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznych systemu nagłaśniającego głośników przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.Dane techniczne:• sterowanie za pomocą pilota• wyposażony w czujniki ruchu 5. generacji• wbudowany projektor szerokokątny• wbudowany komputer z procesorem Intel• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu)• nadaje się do jasnych, gładkich powierzchni• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła - funkcja projektora• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m• pobór energii maks. 375 W• waga 9,5 kg• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 10 aplikacji z pakietu "Start" oraz 16 aplikacji z pakietu REW, z których część z nich występuje w dwóch wersjach, co łącznie daje 26 aplikacji.Wszystkie aplikacje zostały opracowane we współpracy z ośrodkiem rehabilitacyjno- edukacyjno-wychowawczym, dzięki czemu spełniają funkcję edukacyjną i rehabilitacyjną dla dzieci o różnym stopniu dysfunkcji. W porównaniu do tradycyjnych aplikacji Magicznego Dywanu ta seria ma bardziej wyraziste kolory, jednolite i jasne tła, zmniejszoną liczbę obiektów poruszających się na planszy, co powoduje, że aplikacje są bardziej przystępne w odbiorze. Ponadto wszystkie elementy aktywne są większe, spowolniono także dynamikę aplikacji. W aplikacjach rozróżniono dwa poziomy trudności do wyboru, zaś uczestnik zabawy otrzymuje wyraźną nagrodę po udanym wykonaniu zadania (brawo, oklaski). Część aplikacji została również specjalnie zaprojektowana w pionie, aby wydłużyć czas poruszania się elementów na Magicznym Dywanie. Dzięki temu dziecko ma więcej czasu na wykonanie zadania. Magiczny Dywan wspiera tworzenie warsztatów edukacyjnych, jak i rewalidacyjnych. W odpowiedni sposób zaprojektowane aplikacje sprawdzają się jako narzędzie edukacyjno-rehabilitacyjne w Salach Doświadczania Świata, pobudzając zmysły uczestników zabawy.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie – ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".
+1. Możliwość podłączenia do internetu:
+- kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,
+- radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,
+Dostęp do internetu pozwala m.in. na:
+- zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),
+- zdalne wykonanie prac konserwacyjnych i serwisowych,
+- zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.
+2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.
+Dane techniczne:
+• sterowanie za pomocą pilota
+• wyposażony w czujniki ruchu 5. generacji
+• wbudowany projektor szerokokątny
+• wbudowany komputer z procesorem Intel
+• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu)
+• nadaje się do jasnych, gładkich powierzchni
+• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora
+• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m
+• pobór energii maks. 375 W
+• waga 9,5 kg
+• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 10 aplikacji z pakietu "Start" oraz 16 aplikacji z pakietu REW, z których część z nich występuje w dwóch wersjach, co łącznie daje 26 aplikacji.
+Wszystkie aplikacje zostały opracowane we współpracy z ośrodkiem rehabilitacyjno- edukacyjno-wychowawczym, dzięki czemu spełniają funkcję edukacyjną i rehabilitacyjną dla dzieci o różnym stopniu dysfunkcji. W porównaniu do tradycyjnych aplikacji Magicznego Dywanu ta seria ma bardziej wyraziste kolory, jednolite i jasne tła, zmniejszoną liczbę obiektów poruszających się na planszy, co powoduje, że aplikacje są bardziej przystępne w odbiorze. Ponadto wszystkie elementy aktywne są większe, spowolniono także dynamikę aplikacji. W aplikacjach rozróżniono dwa poziomy trudności do wyboru, zaś uczestnik zabawy otrzymuje wyraźną nagrodę po udanym wykonaniu zadania (brawo, oklaski). Część aplikacji została również specjalnie zaprojektowana w pionie, aby wydłużyć czas poruszania się elementów na Magicznym Dywanie. Dzięki temu dziecko ma więcej czasu na wykonanie zadania. Magiczny Dywan wspiera tworzenie warsztatów edukacyjnych, jak i rewalidacyjnych. W odpowiedni sposób zaprojektowane aplikacje sprawdzają się jako narzędzie edukacyjno-rehabilitacyjne w Salach Doświadczania Świata, pobudzając zmysły uczestników zabawy.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
-[...5 lines deleted...]
-    <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>ZEST5489</t>
+  </si>
+  <si>
+    <t>Zestaw meblowy z lustrem</t>
+  </si>
+  <si>
+    <t>• 092098	Quadro - skrzynia duża – beżowa, 2 szt.• 092212	Quadro - drzwiczki średnie 90 st. – białe, 4 szt.• 092200	Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 4 szt.• 092172W	Quadro - szafka na dużą skrzynię, biała, 2 szt.• 096668W	Quadro - nadstawka M z półką – biała, 2 szt.• 096612 Lustro 80x80, 1 szt.• 099811W Biurko Mini, 1 szt.• wym. 238,4 x 60 x 165,4 cm</t>
+  </si>
+  <si>
+    <t>079123</t>
+  </si>
+  <si>
+    <t>Las - naklejka wielokrotnego użytku</t>
+  </si>
+  <si>
+    <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
+  </si>
+  <si>
+    <t>098227</t>
+  </si>
+  <si>
+    <t>Quadro – szafa ubraniowa 1 os., 90 st., z zamkiem – biała, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Wąska szafa wyposażona w drążek na całej długości oraz półkę na dole oraz na górze, nad drążkiem. Drzwi zamykane na klucz. Wyposażona w zawiasy umożliwiające otwarcie drzwiczek pod kątem 90°. Wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, z drzwiami wykonanymi z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. 41,80 x 60 x 199 cm</t>
+  </si>
+  <si>
+    <t>842179</t>
+  </si>
+  <si>
+    <t>Panel filcowy - domek zielony</t>
+  </si>
+  <si>
+    <t>Dekoracyjna bariera w kształcie domku lub kwadratu, wykonana z filcu o gr. 0,8 cm. Umożliwia częściowe oddzielenie przestrzeni w sali (na przykład stanowiska pracy czy zabawy). • 3 zaczepy mocujące w komplecie• wym. 70 x 90 cm</t>
+  </si>
+  <si>
+    <t>842180</t>
+  </si>
+  <si>
+    <t>Panel filcowy - domek szary</t>
+  </si>
+  <si>
+    <t>101659</t>
+  </si>
+  <si>
+    <t>Wałki jasnozielone - tkanina trudnopalna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pokrowce wałków są wykonane z tkaniny trudnopalnej poliestrowej (Plus F.R.). • wym. 120 x 20 cm • 2 szt. </t>
+  </si>
+  <si>
+    <t>092181</t>
+  </si>
+  <si>
+    <t>Quadro – wąska szafka wisząca z półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 79,20 x 41,50 x 41,40 cm</t>
+  </si>
+  <si>
+    <t>101151</t>
+  </si>
+  <si>
+    <t>Gruszka mała zielona - MED</t>
+  </si>
+  <si>
+    <t>101860</t>
+  </si>
+  <si>
+    <t>Poduszki okrągłe 5 szt. limonka</t>
+  </si>
+  <si>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+  </si>
+  <si>
+    <t>098966</t>
+  </si>
+  <si>
+    <t>Stojak mobilny na poduszki podwójny</t>
+  </si>
+  <si>
+    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Mobilny stojak wykonany z lakierowanej sklejki o grubości 18 mm. Stojak pomieści maksymalnie 30 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno). 
+• wym. 84 x 46 x 55 cm</t>
+  </si>
+  <si>
+    <t>092462</t>
+  </si>
+  <si>
+    <t>Taboret Flexi bukowy rozm. 4</t>
+  </si>
+  <si>
+    <t>Siedzisko taboretu wykonane ze sklejki o grubości 19 mm, pokrytej kolorowym laminatem HPL. Nogi wykonane z rury okrągłej o śr. 30 mm. Do wyboru 4 kolory i 6 rozmiarów. • śr. siedziska 30 cm • wym. 44,8 x 44,8 x 38 cm</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
-Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
-Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
-[...26 lines deleted...]
-- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
-	pisak, 1 szt.
+	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
-	przewód USB-C dł - 2m, 1 szt.
-[...124 lines deleted...]
-    <t>Siedzisko taboretu wykonane ze sklejki o grubości 19 mm, pokrytej kolorowym laminatem HPL. Nogi wykonane z rury okrągłej o śr. 30 mm. Do wyboru 4 kolory i 6 rozmiarów. • śr. siedziska 30 cm • wym. 44,8 x 44,8 x 38 cm</t>
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>101862</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnoszare</t>
   </si>
   <si>
     <t>ZEST5379</t>
   </si>
   <si>
     <t>Stół Mila 80 x 80 klon 375 z 4 krzesłami Colores zółtymi, rozm. 5</t>
   </si>
   <si>
     <t xml:space="preserve">B9021-05-08-SP-4HMC05-PA-P Stół Mila 80x80 rozm. 5, 4os., stelaż aluminium, blat klon 375, obrzeże ABS, narożniki proste 1 szt. 256072 Krzesło Colores roz. 5 żółte 4 szt. </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -432,51 +528,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370c4338569193331b0d4bb53f3b9b5a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f094a2ea266667779ea9fd74601d612f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f492db9b5d87e782ae8de13f0d8c403.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5716c3b18ce4391df82b8e100dde54a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60fd1627a4a9505e174818f92c84ee25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7b48a5c5517b60a0c715e7113dd45016.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e8563da78f6157edc9ed88f5b7fd4ce7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5307430311af2b59ff247fc4b9275f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6f51fb344f2c63d2889976b7913c719.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315544833d39e2c631f90c9358dfa7a910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62cf9b1cbae32177de19c40c774f90a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaaa46e2bb787de55fcf21d5efa3315512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11843e46e9d81b2d259c315777f676c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1396ffb70e7ef3c5fabcc7d6a66d6614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dce820f924135a1affe06d33a67057415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e989f11f9abbcf190f8dcd0ad8f65d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67196209821374f8bd5d584b42f6983717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75f1c19e0ea4015a690e2d9d4c5efca18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afd1c673469510a3a114f7abe49236a619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b5c761f4fbfb91bcaf09b05082f5a7120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903a4beda9d8d94fe9aa9468adc2e71521.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d7daed8c65a38a40d9ae0f8ffffe3e22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b00d75bae29a8cf7f5d5e4f98296fb23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/414b19c2b8e8fb7abd39c999e0d2e9bd24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc1d05a01b43d148b8bc29f45c990fa25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f9adb200592132d59df8cd626e49a31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2b9be28ce387904a48efc5318e9bc02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59e0c5b313babec6e4af63f29b731a433.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbd33006168c830fd287744b62edd684.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f4ecec22324c35c65b7fe28b31ffb545.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638a2aaa73e4abc444f216bd0cc16a046.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c47c33b6f40236229371e92418008d97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769c1c4c65a1d73f65365f97814818828.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545812ea6a79d30f3af93145cd8f46e69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fdd4586325173dfe323cc7700566f8910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521a15b9e20ec8d90a5f9ed40391e3f511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacfacaa4d58e79a2103435ff260585212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f42ca843bd4848ef1946f0d06fddf713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fd5a647306124d02d785c9618f74b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199828f0d8092a9e8101c2369b7d04bf15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1596f7c8c43081243d7cc8f37b91f1b316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acbca28a46fd6b2cf2b70e02e96a906117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f409ba3ff09395aa4dd9d1a0c20c18218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62325972723a7fbac9e818c31ed7250c19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb0c8eea71813f3fc0a3b21b20f5a2c20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d100c8e07c96f58dfc5044db6f90d821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4bfed93a7f3bed87503647c9884211c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ef59b102ed401ea1c3599ce6fb5f21723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f904a7ab04afea34b2637d0fbcf7ac3824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300fd559fdd48d8cd78ae7bd736d7e6e25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4629150" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-QU-0003" descr="Gabinet Psychologa i Pedagoga z salą relaksu i rozwiązywania konfliktów"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -777,381 +873,381 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="585022" descr="585022"/>
+        <xdr:cNvPr id="12" name="ZEST5489" descr="ZEST5489"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="ZEST5489" descr="ZEST5489"/>
+        <xdr:cNvPr id="13" name="079123" descr="079123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="079123" descr="079123"/>
+        <xdr:cNvPr id="14" name="098227" descr="098227"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="098227" descr="098227"/>
+        <xdr:cNvPr id="15" name="842179" descr="842179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="842179" descr="842179"/>
+        <xdr:cNvPr id="16" name="842180" descr="842180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="842180" descr="842180"/>
+        <xdr:cNvPr id="17" name="101659" descr="101659"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="101659" descr="101659"/>
+        <xdr:cNvPr id="18" name="092181" descr="092181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="092181" descr="092181"/>
+        <xdr:cNvPr id="19" name="101151" descr="101151"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="101151" descr="101151"/>
+        <xdr:cNvPr id="20" name="101860" descr="101860"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="101860" descr="101860"/>
+        <xdr:cNvPr id="21" name="098966" descr="098966"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="098966" descr="098966"/>
+        <xdr:cNvPr id="22" name="092462" descr="092462"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="092462" descr="092462"/>
+        <xdr:cNvPr id="23" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1777,335 +1873,335 @@
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
         <v>399.9</v>
       </c>
       <c r="G15" s="11">
         <v>399.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
-        <v>6887.9</v>
+        <v>4808.4</v>
       </c>
       <c r="G16" s="11">
-        <v>6887.9</v>
+        <v>4808.4</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>4808.4</v>
+        <v>1599.9</v>
       </c>
       <c r="G17" s="11">
-        <v>4808.4</v>
+        <v>1599.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>1599.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G18" s="11">
-        <v>1599.9</v>
+        <v>1199.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F19" s="10">
-        <v>1199.9</v>
+        <v>339.9</v>
       </c>
       <c r="G19" s="11">
-        <v>1199.9</v>
+        <v>1019.7</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E20" s="8">
         <v>3</v>
       </c>
       <c r="F20" s="10">
         <v>339.9</v>
       </c>
       <c r="G20" s="11">
         <v>1019.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="D21" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F21" s="10">
-        <v>339.9</v>
+        <v>269.9</v>
       </c>
       <c r="G21" s="11">
-        <v>1019.7</v>
+        <v>539.8</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>269.9</v>
+        <v>339.9</v>
       </c>
       <c r="G22" s="11">
-        <v>539.8</v>
+        <v>339.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>339.9</v>
+        <v>399.9</v>
       </c>
       <c r="G23" s="11">
-        <v>339.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F24" s="10">
-        <v>399.9</v>
+        <v>249.9</v>
       </c>
       <c r="G24" s="11">
-        <v>399.9</v>
+        <v>499.8</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>249.9</v>
+        <v>449.9</v>
       </c>
       <c r="G25" s="11">
-        <v>499.8</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>449.9</v>
+        <v>145.9</v>
       </c>
       <c r="G26" s="11">
-        <v>449.9</v>
+        <v>145.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>145.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G27" s="11">
-        <v>145.9</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E28" s="8">
         <v>6</v>
       </c>
       <c r="F28" s="10">
         <v>249.9</v>
       </c>
       <c r="G28" s="11">
         <v>1499.4</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
         <v>2069.5</v>
       </c>
       <c r="G29" s="11">
         <v>2069.5</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="F31" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G31" s="12">
-        <v>45398.6</v>
+        <v>47510.6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 