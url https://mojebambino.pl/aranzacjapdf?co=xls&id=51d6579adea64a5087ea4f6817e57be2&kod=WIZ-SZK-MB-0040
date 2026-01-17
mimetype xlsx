--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -19,127 +19,269 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>WIZ-SZK-MB-0040 Zielona Pracownia 11</t>
   </si>
   <si>
-    <t>z dnia 2025-10-18 12:33:06</t>
+    <t>z dnia 2026-01-17 02:07:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>146026</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna ceramiczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej ceramicznej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). Półka na pisaki o dł. 30 cm. • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
+  </si>
+  <si>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>ZEST5542</t>
   </si>
   <si>
     <t>Stół Mila trapezowy szary HPL z krzesłami Ergo żółtymi, rozm.5</t>
   </si>
   <si>
     <t xml:space="preserve">Zestaw zawiera stół Mila trapezowy mobilny z 2 krzesłami w rozmiarze 5:
 	B9008-05-08-SH31-Z-SR-PO Stół Mila trapezowy, 140 x 70 x 80 x 70 cm, rozm. 5 - HPL szary, z kółkami, 1 szt.
 	256102 Krzesło Ergo rozm. 5 żółte, 2 szt. 
 Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 22 mm. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.
 </t>
   </si>
   <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
   </si>
   <si>
     <t>ZEST5331</t>
   </si>
   <si>
     <t>Grande - zestaw 21</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096901 Regał Grande L głęboki - klon, wym. 82 x 48 x 117,4 cm, 2 szt.
 	096899 Regał Grande M głęboki - klon, wym. 82 x 48 x 82,2 cm, 3 szt.
 	096889 Nadstawka Grande S głęboka - klon, wym. 82 x 48 x 35,2 cm, 4 szt.
 	096871K Drzwi Grande niskie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 34,9 cm, 2 pary
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 3 pary
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 105,3 cm, 2 pary
 Wym. 410 x 49,8 x 187,8 cm
 Długość zestawu: 4,10 m
-• wym. 410.00 x 49.80 x 187.80 cm• długość zestawu: 4.10 m</t>
+• wym. 410 x 49,80 x 187,80 cm• długość zestawu: 4,10 m</t>
   </si>
   <si>
     <t>256112</t>
   </si>
   <si>
     <t>Krzesło Ergo obrotowe na kółkach żółte</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła wyposażony w mechanizm regulacji wysokości oraz kółka ułatwiające przemieszczanie. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.  • wys. siedziska od 43 do 56 cm • maks. obciążenie 110 kg</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -226,51 +368,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d757829e051b2a6090e66346e5648561.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bfd2305de8798b4c2f0ccc035f2c132.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de5649dae0a36626baf5226e40f48e853.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecadeb8f47f54470cbc9deec30c11a5b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7efc66a1acf34f4e795e3937ce33e0185.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4672a7f634a9c9ca27ee1992f6757516.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e760dc0625cdca15765bf330a385f07.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b73b43732d40fc2efb0c7b630aa7451.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058c043d38cadea0135cb582c6bdd6f02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792c8c470fa8037b89f6057c632e18c63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118fb58f2350127db6e475ae7483ca534.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e2b77e5b89186c6a36316be7e887e65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447737273d43efc9a534f9afc64e33426.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3002a7660ebd6f6a54e80a1b4eac6ae7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0040" descr="Zielona Pracownia 11"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -301,111 +443,111 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="ZEST5542" descr="ZEST5542"/>
+        <xdr:cNvPr id="3" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="099751W" descr="099751W"/>
+        <xdr:cNvPr id="4" name="ZEST5542" descr="ZEST5542"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="5" name="099751W" descr="099751W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -839,149 +981,149 @@
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
         <v>799.9</v>
       </c>
       <c r="G6" s="11">
         <v>799.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>1939.7</v>
+        <v>7316.0</v>
       </c>
       <c r="G7" s="11">
-        <v>23276.4</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F8" s="10">
-        <v>1649.9</v>
+        <v>1939.7</v>
       </c>
       <c r="G8" s="11">
-        <v>1649.9</v>
+        <v>23276.4</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>5599.9</v>
+        <v>1649.9</v>
       </c>
       <c r="G9" s="11">
-        <v>5599.9</v>
+        <v>1649.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
         <v>6398.4</v>
       </c>
       <c r="G10" s="11">
         <v>6398.4</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
         <v>759.9</v>
       </c>
       <c r="G11" s="11">
         <v>759.9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="F13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="12">
-        <v>38484.4</v>
+        <v>40200.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 