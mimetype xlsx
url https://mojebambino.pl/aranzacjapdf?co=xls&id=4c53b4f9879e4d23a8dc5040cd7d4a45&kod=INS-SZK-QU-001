--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -20,309 +20,310 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t xml:space="preserve">INS-SZK-QU-001 Sala szkolna Quadro w kolorystyce beżowo-musztardowej </t>
   </si>
   <si>
-    <t>z dnia 2025-10-29 05:37:57</t>
+    <t>z dnia 2025-12-16 07:54:36</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>372009</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - żółty</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>101893</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna brązowa</t>
   </si>
   <si>
-    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
+    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • dł. boku 30 cm • wys. 42 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>092195-5</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - jasnobrązowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – jasnobrązowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>094085</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - jasnobrązowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – jasnobrązowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>092211</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - brązowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – brązowe</t>
   </si>
   <si>
     <t>109054</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnobrązowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101771</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea musztardowa</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146257</t>
   </si>
   <si>
     <t>EKO dekor - domek duży jasnobrązowy</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>056111</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - szary 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>092098</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - beżowa</t>
+    <t>Quadro – skrzynia duża – beżowa</t>
   </si>
   <si>
     <t>098833</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - jasnobrązowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – jasnobrązowe</t>
   </si>
   <si>
     <t>094147</t>
   </si>
   <si>
     <t>Krzesło T z regulowaną wysokością rozm. 5-6 musztardowe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym ze sklejki bukowej w kolorze naturalnym, o gr. 6 mm w rozmiarze 1-2 i 2-3 oraz 8 mm w rozmiarach 3-4 i 5-6. Stelaż został wykonany z rury płaskoowalnej o wym. 38 x 20 mm i 30 x 15 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a szerokie, zaokrąglone oparcie zapewnia wygodę. Podstawa w kształcie litery H zapewnia wysoką stabilność. Blat jest chroniony przed zarysowaniem 3 stopkami umieszczonymi pod siedziskiem. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normami PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-2, 2-3, 3-4, 5-6 • stelaż w 6 kolorach• wym. 42,9 x 45,9 x 85,2 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>096973</t>
   </si>
   <si>
-    <t>Quadro - regał XL z 3 przegrodami i 3 półkami - klon jasny</t>
-[...2 lines deleted...]
-    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał XL z 3 przegrodami i 3 półkami – klon jasny</t>
+  </si>
+  <si>
+    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092162</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z przegrodą, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z przegrodą, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>372053</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - srebrny</t>
   </si>
   <si>
-    <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.• wym. 31 cm x 43 cm x 8 cm</t>
+    <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.• wym. 31 x 43 x 8 cm</t>
   </si>
   <si>
     <t>098866</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st., mocowane do przegrody - jasnobrązowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną.• przeznaczone do mocowania na przegrodach w szafkach z kolekcji Quadro • wyposażone w zawiasy umożliwiające otwieranie drzwiczek pod kątem 90 st. • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Quadro – drzwiczki średnie 90 st., mocowane do przegrody – jasnobrązowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na przegrodach w szafkach z kolekcji Quadro • wyposażone w zawiasy umożliwiające otwieranie drzwiczek pod kątem 90°. • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>101772</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea jasnoszara</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>B9031-56-24-SP-2EMC26-PA-P</t>
   </si>
   <si>
     <t>Stół T 130x50 rozm. 5-6, 2-os., stelaż musztardowy, blat klon jasny, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
     <t xml:space="preserve">Stoły T występują w dwóch rozmiarach blatów: 1-osobowy (70 x 50 cm) i 2-osobowy (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–3, 3–4 i 5–6. Blaty dostępne w trzech wersjach płyty: – laminowanej o gr. 18 mm, w 6 odcieniach do wyboru: biały, klon jasny, klon 375, buk, szary oraz brzoza. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, klon, brzoza) o gr. 4 mm; – o gr. 25 mm, płyta wiórowa lub blat wykonany ze sklejki pokrytej trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję bez dodatkowego obrzeża. Narożniki w obu przypadkach mogą być proste lub zaokrąglone, natomiast przy blacie ze sklejki zawsze są zaokrąglone na całej powierzchni i lakierowane.  Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: oliwkowej, łososiowej, turkusowej, musztardowej, antracytowej i aluminium. Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości. </t>
   </si>
   <si>
     <t>101892</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna musztardowa</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
-    <t>Gruszka mała beżowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Gruszka mała beżowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101913</t>
   </si>
   <si>
     <t>Poduszka musztardowa</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -406,51 +407,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d8c39e05547234dfb3a8a4310044771.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f78dbaaef9a4a255de3f2a2f879ec1512.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302821fb54171307c8c32f02f012ba73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0884148a793d4644b8f7eb0a0c658284.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b051540f30563614dfe276d406f98db5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8b917f6cf541923c0a0cba62a299986.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7feb9cb0f790fbe77d616dfa9abfc97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71223b46fe47dca0c5977782500ce9208.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c43b961623f5f7d8621c9ed5d3960229.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b0a08bc7783c6ef2bfad42ea88875b810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6335ca3aff9b7df2974aad59019b96711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d4a5092f4bd8e83c287a6d38fa6ac012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5233086802e5150710c6a0fbe3be80f113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4bb858d2778f93c7b2161d9bf88fa914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16c6dcfec85e594bca1f651d86e0af315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10b0445dc176fa66ed5f7b27214e2df16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d2975b388d2e1c22b0d0280c464617017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fa1cae299e6898532c22333b97203a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5aa388b8ebceb173a70cfe2bb59b5c19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/342b08c1e2035c17fa885d82e65a417b20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb08b8923671242deafe8b89efa3169421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a8671da35e1cb775c1bb565928a66222.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeac3d3044ab61b25bad6f8925755aa023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bae31810da9e53e88e098abf2e812724.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6039debf73f3d14b1e0fbdaa98c6a625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07198069eb75719baba613acddb6fbc526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74aa5b837ff44863dfc26c9e807991df27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b46f6e07cdda0cbc9b445f02aeb2655e28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e053c87b7cdd154b6e695c678f9d762d29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee7cf3d7891a15394a64e2c68545ea930.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080c2896b93a1490a85ecb6b13f6ad3c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c3ad6e67aa0e2e8c3897c1ad2bb2292.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419294231b3bfd98f606e433071c24a93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8afaf8f2e2afcb512682a7a06b34eea4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a471cf3d4c21cda2dda0fc2b2b12568d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677df9f127bd4130b34d8c90433736986.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc3c7d65bf157c3820ef7af7cc4d73d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b6fc630a0fa1278a57eed32914bee98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d203db0efe9667fa6993e22f239534419.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6906f15a46e03542dc9dbc8715ae4b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e22c24f429d513ad3e7c0025c11e6511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aa0b8637b975dc2b15fe306b9d5457d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47cde9751d3ec3796e16d3d08b20016b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25d3c1c9cce4ed0af5d75650a00176e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45e0014bd0f6b1fe5a1d3c4f6d0d14c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b4c146b8ab8743691284fea8845b7a016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb16e3b1863eb4615b23f5c3784d05c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de51b1148fd607baafed674bb5563fb118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4adddd0478927ccefee7a62d723fd31019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfaabda05cfac07c736a3b73081e6ebf20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d9e11f07993f27f1e0ccc83f1d01ff21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b07b135d34247124b6bcfb6e12df07122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f64e7ca9f32e556d2ebd5ac959de8023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a52b5c3d0d8cafcf720127ea5e3d03a24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91572b2695b05ce318538fd1905f86b825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777fed73f13dc75adcb04dce9bf3201026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fdaf185c7114afe2770ad03d817e93027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/505b456e36913222edaf141ff9afb23328.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b245ddc2b114de13dca4ec010cb1d54d29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1068cd37abdc9d8a1f1fdc7ec6e6672930.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-SZK-QU-001" descr="Sala szkolna Quadro w kolorystyce beżowo-musztardowej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>