--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -20,96 +20,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>WIZ-SZK-MB-0020 Pracownia robótek ręcznych</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 15:48:01</t>
+    <t>z dnia 2025-11-25 10:35:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>B9002-06-08-SH03-Z-SR-PO</t>
   </si>
   <si>
     <t>Stół Mila prostokątny 140x70, blat HPL biały, narożniki zaokrąglone, rozm. 6 z dwoma kółkami</t>
   </si>
   <si>
     <t>Stoły Mila prostokątne na stelażu metalowym z okrągłymi nogami przeznaczone do placówek dydaktycznych. Różne rozmiary stołów pozwalają na dostosowanie ich do wzrostu dzieci w żłobku, przedszkolu, jak i szkole. Blaty stołów Mila wykonane są ze sklejki (gr. 25 mm) pokrytej kolorowym laminatem HPL lub z płyty laminowanej (gr. 25 mm) w kolorze bukowym lub brzozowym wykończonej obrzeżem ABS o gr. 2 mm. Krawędzie zaokrąglone, narożniki w wersji prostej i zaokrąglonej (płyta laminowana) lub tylko zaokrąglonej (sklejka z HPL). Stoły występują w rozm. od 2 do 6 oraz w wersji z regulowaną wysokością 1-4 i 3-6.  Stelaż metalowy z profilu 40 x 20 mm, nogi okrągłe metalowe (śr. 40 mm), w kolorze aluminium.  Wyposażone w plastikowe stopki poziomujące z filcem, które umożliwiają precyzyjne poziomowanie stołu, niwelując tym samym krzywizny podłogi. Zawierają dodatkowo warstwę filcu zabezpieczającą podłogę przed zarysowaniami. Dostępne warianty nóg: nogi ze stopkami plastikowymi poziomującymi z filcem (SP) i nogi mieszane (SR – ze stopkami plastikowymi poziomującymi z filcem + na kółkach). • wym. blatu 140 x 70 cm</t>
   </si>
   <si>
     <t>372060</t>
   </si>
   <si>
     <t>Pojemnik duży 3 - biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>096916</t>
   </si>
   <si>
     <t>Szafka Flexi na formaty B2, na kółkach</t>
   </si>
   <si>
-    <t>Półki dostosowane do przechowywania arkuszy formatu B2. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w kółka. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372026, 372050-372069 i 372034-372041, sprzedawane osobno).• wym. 118,1 x 56 x 68,5 cm</t>
+    <t>Półki dostosowane do przechowywania arkuszy formatu B2. Wykonanez płyty laminowanej 18 mm w odcieniu brzozy, z trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w kółka. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372026, 372050-372069 i 372034-372041, sprzedawane osobno).• wym. 118,10 x 56 x 68,50 cm</t>
   </si>
   <si>
     <t>030100</t>
   </si>
   <si>
     <t>Sztaluga trójnożna</t>
   </si>
   <si>
     <t>Praktyczna, funkcjonalna i solidna sztaluga trójnożna wykonana z najwyższej klasy litego drewna bukowego. Półka dolna oraz górny chwyt posiadają płynną regulację, dzięki zastosowaniu motylków. Umożliwiają swobodną regulację wysokości podobrazia lub obrazu z ramą oraz zapewniają pewne i stabilne ich trzymanie. Regulacja trzeciej nogi umożliwia zmianę kąta także dostosowanie wysokości do osób malujących różnego wzrostu. Sztalugę tę bardzo łatwo można złożyć co jest praktyczne przy przechowywaniu po złożeniu nie zajmuje dużo miejsca. • wys. 177 cm • szerokość podstawy 60 cm • szerokość półki 55 cm • maksymalna wysokość ramy/obrazu w sztaludze 132 cm • minimalna odległość półki dolnej od podłoża ok. 44 cm</t>
   </si>
   <si>
     <t>044003</t>
   </si>
   <si>
     <t>Tablica korkowa 100 x 200 cm</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • gr. 12 mm• wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>ZEST5817</t>
   </si>
   <si>
     <t>Pracownia robótek ręcznych - zestaw DELUXE</t>
   </si>
@@ -125,183 +125,284 @@
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>604097</t>
   </si>
   <si>
     <t>Duże krosno</t>
   </si>
   <si>
     <t>Trwała drewniana rama służąca do tkania. Za pomocą krosna dziecko może stworzyć swoją własną kolekcję biżuterii (koraliki, bransoletki, paski itp.). Krosno sprzedawane bez włóczek.• wym. 40 x 30 cm</t>
   </si>
   <si>
     <t>372042</t>
   </si>
   <si>
     <t>Wkład do pojemnika z 4 komorami</t>
   </si>
   <si>
     <t>Nakładka pasująca do pojemników płytkich, dzieląca pojemnik na mniejsze komory. Przydatna do przechowywania drobiazgów. • wym. 27,5 x 38,8 x 4 cmDzieli pojemnik na 4 komory.</t>
   </si>
   <si>
     <t>044120</t>
   </si>
   <si>
-    <t>Tablica korkowa 35 x 160 cm - beżowa</t>
-[...2 lines deleted...]
-    <t>Tablica z powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 35 x 160 cm</t>
+    <t>Tablica korkowa 35 x 160 cm – beżowa</t>
+  </si>
+  <si>
+    <t>Tablica z powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 35 x 160 cm</t>
   </si>
   <si>
     <t>605104</t>
   </si>
   <si>
-    <t>Tempery - zestaw letni</t>
-[...2 lines deleted...]
-    <t>Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo. • ciemny żółty•  jasny czerwony • zielony • niebieskiPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605101, 1000 ml, ciemnożółta• 605003, 1000 ml, jasnoczerwona• 605010, 1000 ml, zielona• 605006, 1000 ml, niebieskaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Tempery – zestaw letni</t>
+  </si>
+  <si>
+    <t>Farby idealne do pracy w przedszkolu i szkole, łatwo się rozprowadzają i dobrze kryją. Bogata paleta kolorów i gęsta konsystencja ułatwiają malowanie. Na bazie wody, dostępne w zestawach lub pojedynczo.• ciemny żółty• jasny czerwony • zielony • niebieskiPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605101, 1000 ml, ciemnożółta• 605003, 1000 ml, jasnoczerwona• 605010, 1000 ml, zielona• 605006, 1000 ml, niebieskaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>605105</t>
   </si>
   <si>
-    <t>Tempery - zestaw jesienny</t>
-[...2 lines deleted...]
-    <t>Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo. • pomarańczowy • ciemny zielony • ochra • jasny brązowyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605011, 1000 ml, ciemnozielona• 605002, 1000 ml, pomarańczowa• 605102, 1000 ml, ochra• 605012, 1000 ml, jasnobrązowaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Tempery – zestaw jesienny</t>
+  </si>
+  <si>
+    <t>Farby idealne do pracy w przedszkolu i szkole, łatwo się rozprowadzają i dobrze kryją. Bogata paleta kolorów i gęsta konsystencja ułatwiają malowanie. Na bazie wody, dostępne w zestawach lub pojedynczo.• pomarańczowy • ciemny zielony • ochra • jasny brązowyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605011, 1000 ml, ciemnozielona• 605002, 1000 ml, pomarańczowa• 605102, 1000 ml, ochra• 605012, 1000 ml, jasnobrązowaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>852114</t>
   </si>
   <si>
     <t>Włóczka, mix 14 kol.</t>
   </si>
   <si>
     <t xml:space="preserve">Zestaw włóczek w 14 kolorach po 100 g jeden motek. Skład: 20% bawełna, 80% włókno akrylowe (lub 100% włókno akrylowe). • prać w 30 stopniach. </t>
   </si>
   <si>
     <t>ZEST5543-1</t>
   </si>
   <si>
     <t>Stojak z farbami i pojemnikami</t>
   </si>
   <si>
-    <t xml:space="preserve">Skład zestawu:   _x0001_098132-10 Stojak na pojemniki do farb II, 1 szt. _x0001_500064 Kubeczki na farby, 2 kpl _x0001_605001 Tempery pojedyncze kolory żółty, 1 szt. _x0001_605002 Tempery pojedyncze kolory pomarańczowy, 1 szt. _x0001_605003 Tempery pojedyncze kolory jasnoczerwony, 1 szt. _x0001_605005 Tempery pojedyncze kolory fioletowy, 1 szt. _x0001_605006 Tempery pojedyncze kolory niebieski, 1 szt. _x0001_605008 Tempery pojedyncze kolory turkusowy, 1 szt. _x0001_605011 Tempery pojedyncze kolory ciemnozielony, 1 szt. _x0001_605013 Tempery pojedyncze kolory czarny, 1 szt. _x0001_605043 Tempery pojedyncze kolory brązowy, 1 szt.   098132-10 Stojak na pojemniki do farb II, 1 szt.  Stojak wykonany z bielonej sklejki o gr. 10 mm, przeznaczony do przechowywania farb (605001-605017, 605042-605044, sprzedawane osobno) i pojemników (500064, sprzedawane osobno). Mieści 18 kubeczków.   _x0001_wym. 116 x 40 x 76 cm _x0001_śr. otworu 9 cm   500064 Kubeczki na farby, 2 kpl  Kubeczki do farb. Przykrywka o specjalnym kształcie przytrzymuje pędzel, a jednocześnie chroni farbę przed wylaniem. Łatwe do umycia.   _x0001_10 szt. _x0001_wym. 7 x 7 cm   605001 Tempery pojedyncze kolory żółty, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605002 Tempery pojedyncze kolory pomarańczowy, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605003 Tempery pojedyncze kolory jasnoczerwony, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605005 Tempery pojedyncze kolory fioletowy, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605006 Tempery pojedyncze kolory niebieski, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605008 Tempery pojedyncze kolory turkusowy, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605011 Tempery pojedyncze kolory ciemnozielony, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605013 Tempery pojedyncze kolory czarny, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.   605043 Tempery pojedyncze kolory brązowy, 1 szt.  Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. • poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:   _x0001_Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych. _x0001_Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz _x0001_Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć. _x0001_Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.    OSTRZEŻENIE:   _x0001_Nie nadaje się dla dzieci w wieku poniżej 3 lat. _x0001_Ryzyko zadławienia małymi elementami.  </t>
+    <t xml:space="preserve">Skład zestawu:
+	098132-10 Stojak na pojemniki do farb II, 1 szt.
+	500064 Kubeczki na farby, 2 kpl
+	605001 Tempery pojedyncze kolory żółty, 1 szt.
+	605002 Tempery pojedyncze kolory pomarańczowy, 1 szt.
+	605003 Tempery pojedyncze kolory jasnoczerwony, 1 szt.
+	605005 Tempery pojedyncze kolory fioletowy, 1 szt.
+	605006 Tempery pojedyncze kolory niebieski, 1 szt.
+	605008 Tempery pojedyncze kolory turkusowy, 1 szt.
+	605011 Tempery pojedyncze kolory ciemnozielony, 1 szt.
+	605013 Tempery pojedyncze kolory czarny, 1 szt.
+	605043 Tempery pojedyncze kolory brązowy, 1 szt.
+098132-10 Stojak na pojemniki do farb II, 1 szt.
+Stojak wykonany z bielonej sklejki o gr. 10 mm, przeznaczony do przechowywania farb (605001-605017, 605042-605044, sprzedawane osobno) i pojemników (500064, sprzedawane osobno). Mieści 18 kubeczków.
+	wym. 116 x 40 x 76 cm
+	śr. otworu 9 cm
+500064 Kubeczki na farby, 2 kpl
+Kubeczki do farb. Przykrywka o specjalnym kształcie przytrzymuje pędzel, a jednocześnie chroni farbę przed wylaniem. Łatwe do umycia.
+	10 szt.
+	wym. 7 x 7 cm
+605001 Tempery pojedyncze kolory żółty, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605002 Tempery pojedyncze kolory pomarańczowy, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605003 Tempery pojedyncze kolory jasnoczerwony, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605005 Tempery pojedyncze kolory fioletowy, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605006 Tempery pojedyncze kolory niebieski, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605008 Tempery pojedyncze kolory turkusowy, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605011 Tempery pojedyncze kolory ciemnozielony, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605013 Tempery pojedyncze kolory czarny, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+605043 Tempery pojedyncze kolory brązowy, 1 szt.
+Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo - w butelkach. # poj. 1000 ml. Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra:
+	Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.
+	Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz
+	Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.
+	Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.
+OSTRZEŻENIE:
+	Nie nadaje się dla dzieci w wieku poniżej 3 lat.
+	Ryzyko zadławienia małymi elementami.
+</t>
   </si>
   <si>
     <t>605106</t>
   </si>
   <si>
-    <t>Tempery - zestaw zimowy</t>
-[...2 lines deleted...]
-    <t>Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo. • czarny • biały • niebieski • granatowy  Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki                                   • 605013, 1000 ml, czarna• 605014, 1000 ml, biała• 605006, 1000 ml, niebieska• 605007, 1000 ml, granatowaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Tempery – zestaw zimowy</t>
+  </si>
+  <si>
+    <t>Farby idealne do pracy w przedszkolu i szkole, łatwo się rozprowadzają i dobrze kryją. Bogata paleta kolorów i gęsta konsystencja ułatwiają malowanie. Na bazie wody, dostępne w zestawach lub pojedynczo.• czarny • biały • niebieski • granatowy		Przed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki 																																		• 605013, 1000 ml, czarna• 605014, 1000 ml, biała• 605006, 1000 ml, niebieska• 605007, 1000 ml, granatowaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>852005</t>
   </si>
   <si>
     <t>Zestaw nici TALIA SUMMER, 6 kol.</t>
   </si>
   <si>
     <t>Zestaw nici szwalnych służących do szycia na maszynach przemysłowych i domowych w 6 kolorach. Charakteryzują się bardzo dobrą szwalnością i trwałością podczas użytkowania. Wybarwienia są odporne na światło, pranie oraz czynniki chemiczne. Produkt spełnia wymagania europejskiej normy EN 12590:1999. • dł. nici 200 m • szer. szpulki 6 cm • śr. szpulki 2 cm • wym. pudełka 12,5 x 6,5 x 2 cm</t>
   </si>
   <si>
     <t>318006</t>
   </si>
   <si>
     <t>Krzesło Genito z oparciem, wys. 38-48 cm - żółte</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości i oparciem w kształcie litery T. Siedzisko i oparcie wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>852009</t>
   </si>
   <si>
     <t>Zestaw nici TALIA PASTEL, 6 kol.</t>
   </si>
   <si>
     <t>098338</t>
   </si>
   <si>
     <t>Szafa Flexi uniwersalna z półkami, wys. 203</t>
   </si>
   <si>
-    <t>Wysoka szafa wykonana z płyty laminowanej o gr. 18 mm, w odcieniu brzozy, z trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w 7 półek, w tym 4 z regulacją wysokości • wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,1 x 48 x 203 cm</t>
+    <t>Wysoka szafa wykonana z płyty laminowanej o gr. 18 mm, w odcieniu brzozy, z trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w 7 półek, w tym 4 z regulacją wysokości • wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,10 x 48 x 203 cm</t>
   </si>
   <si>
     <t>133145</t>
   </si>
   <si>
     <t>Suszarka plastyczna</t>
   </si>
   <si>
     <t>Funkcjonalny mebel do suszenia prac plastycznych. Stelaż na kółkach wykonany z płyty wiórowej ułatwia przemieszczanie. Suszarka pomieści 25 prac formatu A3 lub 50 A4. • wym. 43 x 45 x 113,5 cm</t>
   </si>
   <si>
     <t>372055</t>
   </si>
   <si>
     <t>Pojemnik głęboki 2 - biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • 1 szt.</t>
   </si>
   <si>
     <t>852117</t>
   </si>
   <si>
     <t>Maszyna do szycia Juno E1019</t>
   </si>
   <si>
     <t>Wygodna i łatwa w obsłudze mechaniczna maszyna do szycia z 19 programami ściegowymi, m.in. ścieg prosty, zygzak, kryty, owerlokowy i ozdobne. Posiada funkcję półautomatycznego obszywania dziurek oraz płynną regulację szerokości ściegów – do 5 mm i płynną regulację długości ściegów – do 4 mm oraz 4  stopki: do ściegu krytego z regulowanym prowadnikiem, do wszywania zamków, uniwersalną i do obszywania dziurek. Prędkość maksymalna to 830 wkłuć na minutę. Pole pracy oświetlone światłem LEDowym. Funkcje: • Możliwość szycia podwójną igłą  • Możliwość szycia wstecz  • Wbudowany nożyk do obcinania nici na obudowie maszyny  • Wbudowany nawlekacz igły  • Regulacja naprężenia nici górnej  • Wbudowany szpulownik  • Chwytacz rotacyjny  • Wolne ramię, ułatwiające szycie nogawek i rękawów  • Transport 4-stopniowy  • Wyłączany transport  • Zatrzaskowe mocowanie stopek Wyposażenie maszyny: • Rozpruwacz •  Śrubokręt • Szpulki (4 szt.) • Zestaw igieł • Blokada szpulki (duża i mała) • Rozrusznik narożny z przewodem • Instrukcja w języku polskim</t>
   </si>
   <si>
     <t>852003</t>
   </si>
   <si>
     <t>Zestaw nici TALIA BASE, 6 kol.</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>605103</t>
   </si>
   <si>
-    <t>Tempery - zestaw wiosenny</t>
-[...2 lines deleted...]
-    <t>Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo. • jasny różowy • zielony • żółty • jasny zielonyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605015, 1000 ml, jasnoróżowa• 605010, 1000 ml, zielona• 605001, 1000 ml, żółta• 605009, 1000 ml, jasnozielonaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Tempery – zestaw wiosenny</t>
+  </si>
+  <si>
+    <t>Farby idealne do pracy w przedszkolu i szkole, łatwo się rozprowadzają i dobrze kryją. Bogata paleta kolorów i gęsta konsystencja ułatwiają malowanie. Na bazie wody, dostępne w zestawach lub pojedynczo.• jasny różowy • zielony • żółty • jasny zielonyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605015, 1000 ml, jasnoróżowa• 605010, 1000 ml, zielona• 605001, 1000 ml, żółta• 605009, 1000 ml, jasnozielonaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>096958</t>
   </si>
   <si>
     <t>Taboret Flexi rozm. 6 z podnóżkami 3-5</t>
   </si>
   <si>
     <t>Taboret z siedziskiem ze sklejki o gr. 19 mm, pokrytej HPL. Nogi wykonane z metalowego profilu (śr. 22 mm). Wyposażone w podnóżki na różnych wysokościach. Siedziska mogą być używane przez dzieci w różnym wieku i o różnym wzroście. • śr. siedziska 30 cm • śr. 36 cm• Kolor: biały• Rama w kolorze aluminium • Ochrona przed zarysowaniem zapobiega uszkodzeniom podłogi.• Wysokość siedziska: 46 cm• Dla wysokości stołu 76 cm (rozmiar 6)•  Odległość między podnóżkami a siedziskiem: 35, 38 i 43 cm (rozmiary 3 - 5) (= dodatkowe wysokości siedziska)• 4 wysokości siedziska w jednym!• Rozstaw nóg: 36 cm• wym. 45,2 x 45,2 x 46 cm</t>
   </si>
   <si>
     <t>852008</t>
   </si>
   <si>
     <t>Zestaw nici TALIA FLASH, 6 kol.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -394,51 +495,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3074992eee298efb8d4b63db80725c7a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b834c49a43d4978570aed75c847cfbe2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30367672b21b9e01925c914eda64f0e23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e307e94fe38ed2393d8c51a3a668b47b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c4d0a4d6178f3dcfcad800c602670b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc72cd41bcc11fa4b39380248ac3c6076.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bba8809556ca1d139fe7f6f7d5981f4c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d5c5b888133290d6f23b37a09215db68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25417a120045573918a3a9b433888ce9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de3bd2b7d5fd81ab8ce86a53431e77310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5611e9d85aec6bfb5770b8352ec8e511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d00a5a4effa880b9c54bb739aaeec5112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f481b6f0b2ef0e053479a96809717ad13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28db8a042e82bfea0fdaa3e9b12440ed14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1e0651e69d405e652f2e35f3047b2a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101df64474fc3a40b5eda69225e39d9616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd7b3e7193c73ecb2931206eb31c71e17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/774f617ba83e91ef1554a36b26403bf818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a1a9d4f3420756edfa4a81baf256b719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01351c5d22d68afadce453a58a0e976f20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0f570eade121dadfdb3f52b6e6174321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c451610f9849b4f8ad3b28d77e283722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708845a49d01afe2ac9bca89242c2d823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18cad417385eb1f8be4000cf2c49270624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b093470df6ac848ffa578c02105157ea25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8990cda91d255b1ce6e2b164670250626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4883b257cd97dba57b664b5d163909b527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e0ba8948b7f4a869a1bbede5191e07f28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8269a6b816552f0bf39f54f3b62e9b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9abc69895477b8f34c6f5889affed9d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60661d30b2086c2eae066c366f302b9d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e34aa3fafaa0dd7cd148e37722ac0834.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a86ab9c332f6808374f23c55e80363955.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25db471829efcbff1864e8018a586f666.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b60897b7c2bbc9114879e7b5da42017.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24357a6b637f319315d1f850305152908.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f8657ba08d0ebbb5d37b7b8e09a2a739.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc23c331878b5e3bfab31a7b813177010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2297357dfbb7032d73cf5a041737dae011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27ab53cba44b3aba46fa801d804e70b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d834d9926ac5a30b853e10fb7c66a413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2037628b04e4b254480a066e4ff49c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62594b55e4b54984728267fb1e8382fa15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762133cdc951218262c2f277e8973a516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a36e543421640cd6f374d8febd27a9d317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba19e75dee28cc9aeb9138752cc97a9018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aa3d4b136f5535966605bde5d28b6e919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e887a26f38b05afdec00a27d99b30fa20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fedbe56d25fafe7cd3c4b9cd8ae7fb421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c9e53107337d8086a1c84f4de581e622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c906f0ddb0b0e3c11a392229dca2205b23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff72ee95726afb680a93df636a5cdeb24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9057b3e1ef547a6306d52fbec56afc25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5b381a042ce08b610d9bb3a9b85b4e26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7c1616be044dd9a34f3b15c86704b527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae55cd17e06743c3be533735dec0b5028.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0020" descr="Pracownia robótek ręcznych"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>