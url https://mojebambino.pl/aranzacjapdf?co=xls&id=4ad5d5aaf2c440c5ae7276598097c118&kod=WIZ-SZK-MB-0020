--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -20,129 +20,129 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>WIZ-SZK-MB-0020 Pracownia robótek ręcznych</t>
   </si>
   <si>
-    <t>z dnia 2025-11-25 10:35:33</t>
+    <t>z dnia 2026-01-11 17:29:16</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>B9002-06-08-SH03-Z-SR-PO</t>
   </si>
   <si>
     <t>Stół Mila prostokątny 140x70, blat HPL biały, narożniki zaokrąglone, rozm. 6 z dwoma kółkami</t>
   </si>
   <si>
     <t>Stoły Mila prostokątne na stelażu metalowym z okrągłymi nogami przeznaczone do placówek dydaktycznych. Różne rozmiary stołów pozwalają na dostosowanie ich do wzrostu dzieci w żłobku, przedszkolu, jak i szkole. Blaty stołów Mila wykonane są ze sklejki (gr. 25 mm) pokrytej kolorowym laminatem HPL lub z płyty laminowanej (gr. 25 mm) w kolorze bukowym lub brzozowym wykończonej obrzeżem ABS o gr. 2 mm. Krawędzie zaokrąglone, narożniki w wersji prostej i zaokrąglonej (płyta laminowana) lub tylko zaokrąglonej (sklejka z HPL). Stoły występują w rozm. od 2 do 6 oraz w wersji z regulowaną wysokością 1-4 i 3-6.  Stelaż metalowy z profilu 40 x 20 mm, nogi okrągłe metalowe (śr. 40 mm), w kolorze aluminium.  Wyposażone w plastikowe stopki poziomujące z filcem, które umożliwiają precyzyjne poziomowanie stołu, niwelując tym samym krzywizny podłogi. Zawierają dodatkowo warstwę filcu zabezpieczającą podłogę przed zarysowaniami. Dostępne warianty nóg: nogi ze stopkami plastikowymi poziomującymi z filcem (SP) i nogi mieszane (SR – ze stopkami plastikowymi poziomującymi z filcem + na kółkach). • wym. blatu 140 x 70 cm</t>
   </si>
   <si>
     <t>372060</t>
   </si>
   <si>
-    <t>Pojemnik duży 3 - biały</t>
+    <t>Pojemnik duży 3 – biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>096916</t>
   </si>
   <si>
     <t>Szafka Flexi na formaty B2, na kółkach</t>
   </si>
   <si>
-    <t>Półki dostosowane do przechowywania arkuszy formatu B2. Wykonanez płyty laminowanej 18 mm w odcieniu brzozy, z trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w kółka. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372026, 372050-372069 i 372034-372041, sprzedawane osobno).• wym. 118,10 x 56 x 68,50 cm</t>
+    <t>Półki dostosowane do przechowywania arkuszy formatu B2. Wykonanez płyty laminowanej 18 mm w odcieniu brzozy, wykończone trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w kółka. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372026, 372050-372069 i 372034-372041, sprzedawane osobno).• wym. 118,10 x 56 x 68,50 cm</t>
   </si>
   <si>
     <t>030100</t>
   </si>
   <si>
     <t>Sztaluga trójnożna</t>
   </si>
   <si>
     <t>Praktyczna, funkcjonalna i solidna sztaluga trójnożna wykonana z najwyższej klasy litego drewna bukowego. Półka dolna oraz górny chwyt posiadają płynną regulację, dzięki zastosowaniu motylków. Umożliwiają swobodną regulację wysokości podobrazia lub obrazu z ramą oraz zapewniają pewne i stabilne ich trzymanie. Regulacja trzeciej nogi umożliwia zmianę kąta także dostosowanie wysokości do osób malujących różnego wzrostu. Sztalugę tę bardzo łatwo można złożyć co jest praktyczne przy przechowywaniu po złożeniu nie zajmuje dużo miejsca. • wys. 177 cm • szerokość podstawy 60 cm • szerokość półki 55 cm • maksymalna wysokość ramy/obrazu w sztaludze 132 cm • minimalna odległość półki dolnej od podłoża ok. 44 cm</t>
   </si>
   <si>
     <t>044003</t>
   </si>
   <si>
     <t>Tablica korkowa 100 x 200 cm</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • gr. 12 mm• wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>ZEST5817</t>
   </si>
   <si>
     <t>Pracownia robótek ręcznych - zestaw DELUXE</t>
   </si>
   <si>
     <t>Zestaw przyborów i materiałów zużywalnych do wykorzystania w pracowni robótek ręcznych. Duża ilość nici, kordonków, muliny oraz 100 kanw umożliwia wykonanie wielu prac (na drutach, na szydełku, wyszywanie). Szafka z pojemnikami i nadstawką pozwala na uporządkowanie i funkcjonalne przechowywanie wszystkich akcesoriów.  Skład zestawu: • 098350 Nadstawka Grande na nici - klon • 096895 Regał Grande L na pojemniki - 2 kolumny - klon • 372052 Pojemnik płytki 1 jasnoszary, 14 szt. • 372057 Pojemnik głęboki 2 jasnoszary, 4 szt. • 372043 Wkład do pojemnika z 6 komorami, 3 szt. • 372044 Wkład do pojemnika z 8 komorami, 1 szt. • 372042 Wkład do pojemnika z 4 komorami, 1 szt. • 852046 Zestaw nici Talia - białych, 5 szt., 1 szt. • 852047 Zestaw nici Talia - ecru, 5 szt., 1 szt. • 852048 Zestaw nici Talia - jasnobeżowych, 5 szt., 1 szt. • 852049 Zestaw nici Talia - jasnobeżowoszarych, 5 szt., 1 szt. • 852050 Zestaw nici Talia - jasnobłękitnych, 5 szt., 1 szt. • 852051 Zestaw nici Talia - jasnoniebieskich, 5 szt., 1 szt. • 852052 Zestaw nici Talia - jasnożółtych, 5 szt., 1 szt. • 852053 Zestaw nici Talia - cytrynowych, 5 szt., 1 szt. • 852054 Zestaw nici Talia - ciemnożółtych, 5 szt., 1 szt. • 852055 Zestaw nici Talia - jasnozielonych, 5 szt., 1 szt. • 852056 Zestaw nici Talia - jasnomiętowych, 5 szt., 1 szt. • 852057 Zestaw nici Talia - limonkowych, 5 szt., 1 szt. • 852058 Zestaw nici Talia - żółtozielonych, 5 szt., 1 szt. • 852059 Zestaw nici Talia - perłowy róż, 5 szt., 1 szt. • 852060 Zestaw nici Talia - łososiowych, 5 szt., 1 szt. • 852061 Zestaw nici Talia - bladoróżowych, 5 szt., 1 szt. • 852062 Zestaw nici Talia - różowych, 5 szt., 1 szt. • 852063 Zestaw nici Talia - różowofioletowych, 5 szt., 1 szt. • 852064 Zestaw nici Talia - ciemnobeżowych, 5 szt., 1 szt. • 852065 Zestaw nici Talia - ciemnopomarańczowych, 5 szt., 1 szt. • 852066 Zestaw nici Talia - ciemnoczerwonych, 5 szt., 1 szt. • 852067 Zestaw nici Talia - ciemnofioletowych, 5 szt., 1 szt. • 852068 Zestaw nici Talia - śliwkowobordowych, 5 szt., 1 szt. • 852069 Zestaw nici Talia - bordowych, 5 szt., 1 szt. • 852070 Zestaw nici Talia - ciemnoniebieskich, 5 szt., 1 szt. • 852071 Zestaw nici Talia - granatowych, 5 szt., 1 szt. • 852072 Zestaw nici Talia - ciemnogranatowych, 5 szt., 1 szt. • 852073 Zestaw nici Talia - zielonych, 5 szt., 1 szt. • 852074 Zestaw nici Talia - ciemnozielonych, 5 szt., 1 szt. • 852075 Zestaw nici Talia - ciemnozgniłozielonych, 5 szt., 1 szt. • 852076 Zestaw nici Talia - brązowobeżowych, 5 szt., 1 szt. • 852077 Zestaw nici Talia - złotych, 5 szt., 1 szt. • 852078 Zestaw nici Talia - miedzianych, 5 szt., 1 szt. • 852079 Zestaw nici Talia - rudych, 5 szt., 1 szt. • 852080 Zestaw nici Talia - brązowych, 5 szt., 1 szt. • 852081 Zestaw nici Talia - czekoladowych, 5 szt., 1 szt. • 852082 Zestaw nici Talia - jasnoszarych, 5 szt., 1 szt. • 852083 Zestaw nici Talia - szarych, 5 szt., 1 szt. • 852084 Zestaw nici Talia - antracytowych, 5 szt., 1 szt. • 852085 Zestaw nici Talia - czarnych, 5 szt., 1 szt. • 852026 Kordonek biały, 10 szt., 1szt. • 852027 Kordonek żółty, 10 szt., 1 szt. • 852028 Kordonek pomarańczowy, 10 szt., 1 szt. • 852029 Kordonek czerwony, 10 szt., 1 szt. • 852030 Kordonek jasnoróżowy, 10 szt., 1 szt. • 852031 Kordonek jasnoniebieski, 10 szt., 1 szt. • 852032 Kordonek granatowy, 10 szt., 1 szt. • 852033 Kordonek limonkowy, 10 szt., 1 szt. • 852034 Kordonek ciemnozielony, 10 szt., 1 szt. • 852035 Kordonek brązowy, 10 szt., 1 szt. • 852036 Kordonek jasnoszary, 10 szt., 1 szt. • 852037Kordonek czarny, 10 szt., 1 szt. • 852014 Mulina biała, 12 szt., 1 szt. • 852015 Mulina żółta , 12 szt., 1 szt. • 852016 Mulina pomarańczowa, 12 szt., 1 szt. • 852017 Mulina czerwona, 12 szt., 1 szt. • 852018 Mulina jasnoróżowa, 12 szt., 1 szt. • 852019 Mulina jasnoniebieska, 12 szt., 1 szt. • 852020 Mulina granatowa, 12 szt., 1 szt. • 852021 Mulina limonka, 12 szt., 1 szt. • 852022 Mulina ciemnozielona, 12 szt., 1 szt. • 852023 Mulina brązowa, 12 szt., 1 szt. • 852024 Mulina jasnoszara, 12 szt., 1 szt. • 852025 Mulina czarna, 12 szt., 1 szt. • 852103 Igła cerówka, 30 szt. • 525010 _x0001_Nożyczki uniwersalne, 30 szt. • 852105 Zestaw igieł, 30 szt. • 852106 Szpilki perłowe główki, zestaw, 30 szt. • 852107 Szpilki, zestaw, 30 szt. • 852108 Szydełka, 30 szt. • 852109 Druty dziewiarskie proste, grubość 3,5, 30 szt. • 852110 Druty dziewiarskie proste, grubość 4,5, 30 szt._x0001_ • 852111 naparstek metalowy, 30 szt. • 852112 Obcinaczka do nici, 30 szt. • 852113 Miarka krawiecka, 30 szt. • 852114 Włóczka, mix 14 kol., 2 szt. • 852045 Kanwy, zestaw 100 szt. - różne wzory, 1 szt. • 852115 Igły do haftu, 30 szt.</t>
   </si>
   <si>
     <t>372050</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - biały</t>
+    <t>Pojemnik płytki 1 – biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>604097</t>
   </si>
   <si>
     <t>Duże krosno</t>
   </si>
   <si>
     <t>Trwała drewniana rama służąca do tkania. Za pomocą krosna dziecko może stworzyć swoją własną kolekcję biżuterii (koraliki, bransoletki, paski itp.). Krosno sprzedawane bez włóczek.• wym. 40 x 30 cm</t>
   </si>
   <si>
     <t>372042</t>
   </si>
   <si>
     <t>Wkład do pojemnika z 4 komorami</t>
   </si>
   <si>
     <t>Nakładka pasująca do pojemników płytkich, dzieląca pojemnik na mniejsze komory. Przydatna do przechowywania drobiazgów. • wym. 27,5 x 38,8 x 4 cmDzieli pojemnik na 4 komory.</t>
   </si>
   <si>
     <t>044120</t>
   </si>
@@ -307,66 +307,66 @@
   <si>
     <t>Zestaw nici szwalnych służących do szycia na maszynach przemysłowych i domowych w 6 kolorach. Charakteryzują się bardzo dobrą szwalnością i trwałością podczas użytkowania. Wybarwienia są odporne na światło, pranie oraz czynniki chemiczne. Produkt spełnia wymagania europejskiej normy EN 12590:1999. • dł. nici 200 m • szer. szpulki 6 cm • śr. szpulki 2 cm • wym. pudełka 12,5 x 6,5 x 2 cm</t>
   </si>
   <si>
     <t>318006</t>
   </si>
   <si>
     <t>Krzesło Genito z oparciem, wys. 38-48 cm - żółte</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości i oparciem w kształcie litery T. Siedzisko i oparcie wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>852009</t>
   </si>
   <si>
     <t>Zestaw nici TALIA PASTEL, 6 kol.</t>
   </si>
   <si>
     <t>098338</t>
   </si>
   <si>
     <t>Szafa Flexi uniwersalna z półkami, wys. 203</t>
   </si>
   <si>
-    <t>Wysoka szafa wykonana z płyty laminowanej o gr. 18 mm, w odcieniu brzozy, z trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w 7 półek, w tym 4 z regulacją wysokości • wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,10 x 48 x 203 cm</t>
+    <t>Wysoka szafa wykonana z płyty laminowanej o gr. 18 mm w odcieniu brzozy, wykończona trwałym obrzeżem ABS multiplex o gr. 2 mm. Wyposażona w 7 półek, w tym 4 z regulacją wysokości • wysokość cokołu: 8 cm • wysokie szafy o wysokości 160 cm i więcej należy przymocować do ściany (materiały montażowe w zestawie)• wym. 89,10 x 48 x 203 cm</t>
   </si>
   <si>
     <t>133145</t>
   </si>
   <si>
     <t>Suszarka plastyczna</t>
   </si>
   <si>
     <t>Funkcjonalny mebel do suszenia prac plastycznych. Stelaż na kółkach wykonany z płyty wiórowej ułatwia przemieszczanie. Suszarka pomieści 25 prac formatu A3 lub 50 A4. • wym. 43 x 45 x 113,5 cm</t>
   </si>
   <si>
     <t>372055</t>
   </si>
   <si>
-    <t>Pojemnik głęboki 2 - biały</t>
+    <t>Pojemnik głęboki 2 – biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • 1 szt.</t>
   </si>
   <si>
     <t>852117</t>
   </si>
   <si>
     <t>Maszyna do szycia Juno E1019</t>
   </si>
   <si>
     <t>Wygodna i łatwa w obsłudze mechaniczna maszyna do szycia z 19 programami ściegowymi, m.in. ścieg prosty, zygzak, kryty, owerlokowy i ozdobne. Posiada funkcję półautomatycznego obszywania dziurek oraz płynną regulację szerokości ściegów – do 5 mm i płynną regulację długości ściegów – do 4 mm oraz 4  stopki: do ściegu krytego z regulowanym prowadnikiem, do wszywania zamków, uniwersalną i do obszywania dziurek. Prędkość maksymalna to 830 wkłuć na minutę. Pole pracy oświetlone światłem LEDowym. Funkcje: • Możliwość szycia podwójną igłą  • Możliwość szycia wstecz  • Wbudowany nożyk do obcinania nici na obudowie maszyny  • Wbudowany nawlekacz igły  • Regulacja naprężenia nici górnej  • Wbudowany szpulownik  • Chwytacz rotacyjny  • Wolne ramię, ułatwiające szycie nogawek i rękawów  • Transport 4-stopniowy  • Wyłączany transport  • Zatrzaskowe mocowanie stopek Wyposażenie maszyny: • Rozpruwacz •  Śrubokręt • Szpulki (4 szt.) • Zestaw igieł • Blokada szpulki (duża i mała) • Rozrusznik narożny z przewodem • Instrukcja w języku polskim</t>
   </si>
   <si>
     <t>852003</t>
   </si>
   <si>
     <t>Zestaw nici TALIA BASE, 6 kol.</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
@@ -495,51 +495,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8269a6b816552f0bf39f54f3b62e9b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9abc69895477b8f34c6f5889affed9d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60661d30b2086c2eae066c366f302b9d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e34aa3fafaa0dd7cd148e37722ac0834.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a86ab9c332f6808374f23c55e80363955.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25db471829efcbff1864e8018a586f666.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b60897b7c2bbc9114879e7b5da42017.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24357a6b637f319315d1f850305152908.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f8657ba08d0ebbb5d37b7b8e09a2a739.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc23c331878b5e3bfab31a7b813177010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2297357dfbb7032d73cf5a041737dae011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27ab53cba44b3aba46fa801d804e70b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9d834d9926ac5a30b853e10fb7c66a413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2037628b04e4b254480a066e4ff49c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62594b55e4b54984728267fb1e8382fa15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a762133cdc951218262c2f277e8973a516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a36e543421640cd6f374d8febd27a9d317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba19e75dee28cc9aeb9138752cc97a9018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aa3d4b136f5535966605bde5d28b6e919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e887a26f38b05afdec00a27d99b30fa20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fedbe56d25fafe7cd3c4b9cd8ae7fb421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56c9e53107337d8086a1c84f4de581e622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c906f0ddb0b0e3c11a392229dca2205b23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff72ee95726afb680a93df636a5cdeb24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9057b3e1ef547a6306d52fbec56afc25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5b381a042ce08b610d9bb3a9b85b4e26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7c1616be044dd9a34f3b15c86704b527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae55cd17e06743c3be533735dec0b5028.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b0c143b8ee55bd6399ebdde224b3ee1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a746add6d7769b892cbc3befcd60eabc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f9c33f98a6dceedde41b44ab9647f43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdf3609cda86e507500829b0478efe24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7765c723b5470b81f00b96a926311e595.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea3bac66a85a3023edba1ab38cb981d26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baac96658fef14413ee3b14b8ff5e3e77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c69d704f34809803bb4b3bfc59ef0f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ba5eaa06358c3b8e3b64d6eebc953889.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2b573afa6a250464e95dc45bc1b10510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e844299f77f843c22abf8176acbda4411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc7f370f7574726597f8af1be5dbfc812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c25be81d4cf3f2c5d05fa42666bd3f613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c21e350b0d29b160d23a10f3d6305e514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328b735f21cdf21db363505ef31da16d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f844a40caaee71b43771cbd21680cde416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aeb7b540bd36b7adca789f7c55e7dae17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca34cfd9587f767dcd147bcfeb14e5e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4c44c496c6bffeddb412e52e426576f19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a96cbdcf5833adc1f70ef53a631596720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ad9de0d8be7487b2093f55aa7a9914021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87dbd63114c8e18e99dcad7f04c103f22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe1cb4b6c165f77be0d3728d6281ab2e23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7fee960db76c450bf7fd26a704ba11824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31855a97f39573872f63bb73cfeef23a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c140c0830749a1d55fcb3968c034fe8926.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14a313cd7b12aa01a615b3f07a15b7a27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58026046b9bda29e80fe08843da7ad4428.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0020" descr="Pracownia robótek ręcznych"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>