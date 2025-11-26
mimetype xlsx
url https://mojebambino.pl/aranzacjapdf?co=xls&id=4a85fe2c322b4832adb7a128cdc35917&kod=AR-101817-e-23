--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>AR-101817-e-23 Sala Słoneczny dzień</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 11:08:50</t>
+    <t>z dnia 2025-11-26 12:22:08</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>372009</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - żółty</t>
   </si>
@@ -74,87 +74,87 @@
   <si>
     <t>146266</t>
   </si>
   <si>
     <t>EKO dekor - domek duży żółty</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101927</t>
   </si>
   <si>
     <t>Parawan żółto-musztardowy</t>
   </si>
   <si>
     <t>Kolorowe parawany pozwalają na dzielenie przestrzeni oraz mogą pełnić funkcję dekoracyjną.Parawany są dwustronne, mają dwa odcienie lub dwa kolory. Do parawanu dołączony jest stelaż. Wykonany z poliestrowej tkaniny (Panama Stretch). • wym. 92 x 30 x 77 cm</t>
   </si>
   <si>
     <t>101155</t>
   </si>
   <si>
     <t>Gruszka mała żółta - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>092104</t>
   </si>
   <si>
     <t>Quadro - dwustronna biblioteczka mobilna, biała, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Mobilna, dwustronna biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 3 półki z każdej strony (szerokość: 8, 10 i 14 cm)• wym. 60 x 38 x 97,8 cm</t>
   </si>
   <si>
     <t>101851</t>
   </si>
   <si>
     <t>Bujak ślimak</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wym. 70 x 30 x 54 cm• wys. siedziska 27,5 cm• waga: 2,75 kg• wykonany z wytrzymałej pianki</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 70 x 30 x 54 cm• wys. siedziska 27,5 cm• waga: 2,75 kg• wykonany z wytrzymałej pianki• wym. 70 x 30 x 54 cm</t>
   </si>
   <si>
     <t>101501</t>
   </si>
   <si>
     <t>Duża kanapa żółta</t>
   </si>
   <si>
-    <t>Piankowe kanapy pokryte trwałą tkaniną meditap, wolną od ftalanów. • wym. 84,5 x 62 x 63 cm • wys. siedziska 31 cm.</t>
+    <t>Piankowe kanapy pokryte trwałą tkaniną, wolną od ftalanów. • wym. 84,5 x 62 x 63 cm • wys. siedziska 31 cm.</t>
   </si>
   <si>
     <t>101817</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, żółte</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>578003</t>
   </si>
   <si>
     <t>Pufa Banan</t>
   </si>
   <si>
     <t>Miękka, wypełniona granulatem pufa w kształcie wieloryba, psa lub banana. Pokrowiec wykonany z poliestru. • wym. ok. 100 x 45 x 50 cm.   • Granulat w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).</t>
   </si>
   <si>
     <t>099347</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,żółta</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
   </si>
   <si>
     <t>092163W</t>
   </si>
   <si>
     <t>Quadro - szafka S na plastikowe pojemniki - z 2 przegrodami, biała</t>
   </si>
@@ -170,51 +170,51 @@
   <si>
     <t>101912</t>
   </si>
   <si>
     <t>Poduszka żółta</t>
   </si>
   <si>
     <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
   </si>
   <si>
     <t>056119</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 140 cm - szary</t>
   </si>
   <si>
     <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 140 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101512</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnopomarańczowa, wys. 15 cm</t>
   </si>
   <si>
-    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokryte trwałą tkaniną meditap niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
+    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>098737</t>
   </si>
   <si>
     <t>Kącik słoneczny</t>
   </si>
   <si>
     <t>Lustro z brzegową aplikacją w formie słońca. Aplikacja wykonana z płyty MDF z nadrukiem. Lustro jest bezpieczne dla dzieci. Może służyć jako dekoracja pomieszczeń, oswajać dzieci z ich wyglądem. Pomaga przeprowadzać zabawę adaptacyjną oraz wpływa na rozwój emocjonalny dziecka. Zabawa z lustrem kształtuje umiejętności interpersonalne i społeczne malca. Montaż do ściany. Produkt można łączyć z materacami narożnymi z oparciem (101837, sprzedawane osobno).  • wym. 250 x 127 cm • bok lustra 80 cm• wym. 250 x 127 cm</t>
   </si>
   <si>
     <t>056160</t>
   </si>
   <si>
     <t>Dywan 2 x 3 m, na 15 miejsc siedzących</t>
   </si>
   <si>
     <t>Dywan z oznaczeniem miejsc siedzących za pomocą kolorowych pól. Stanowi doskonałe miejsce zabaw, a także zajęć dydaktycznych w przedszkolu.  Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 3 m • 15 miejsc do siedzenia o wym. 45 x 41 cm</t>
   </si>
   <si>
     <t>101892</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna musztardowa</t>
   </si>
@@ -319,51 +319,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cac737609976b1a0aaf5d328df03711.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/544f626d5ed8bb47204e301cefa604792.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc4cc0fddb155bb0dfddc2a25afe42da3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f52e278fe88e5919b485b72d6660765e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/616a8460e3661b00e9f738dc42febdfc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1e9107012e9cdef8df06844c18d69a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f27a772825bcdbca9a0db55b6ae7cbf77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e9c8f267c1caba953082b1d3174e7e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6806441fde797f43b4df249a5b0b4a79.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c0a11925e1a831b766b93c74dcc2ac710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa1f840d00f63ed54c8db1ce8da2d4a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c44133c0fe9cae7558904d3f6ea3db312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27106cfa21c23a87a6310aeba51e170013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0265142402b81d61482f70c4dda4dcf414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a29eb490dfd08d1159452f37267d51c115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ff9d58fb7660e9f102d8c58677edd216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a876f8862d8c30a1fb70e093a5f5b8f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91f73139c277f77cb5dbbc49c068aa4218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00406292ae1146a7f1a913e726de84b519.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f685aae039653cd97f52394b9f248851.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6527e124b40392d0761c95d0a76a48cf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41bb96bd723e83c773ce281dc1a0ad43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10c37fea0ca8adf6f6786749e5ba41f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcea1b70f936c6f63e4e0884d36dc6815.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc91481d040f1a1ccad04399e7be9d16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67aaae6851b28c7e4ce8ccc7ec52a0e57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0338992a5906fc92b2d7bbf2706e8f7b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd007e5c071106916847c12e2754a689.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fa16c712d3f0b8dad5e46b9ee1415f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd64da2f02bffa7e25d3ae00361172b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20a621532c629a71fda27e0c79e5507912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d0031e02717a3b9a03d07811a675dc13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6096c8ba934b8136954f070c0f79a37c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679384a2580d03de84633044bcb3714215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9788e1bc5b4203647c36f73c257a406f16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ac9f5a03fa74accd64261feb3136ba17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae8702358321c40d73b918516bc88b618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a9ba81fdbb11bcd9d42613fdd5d57519.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2857500" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-101817-e-23" descr="Sala Słoneczny dzień"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>