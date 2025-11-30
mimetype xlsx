--- v0 (2025-10-10)
+++ v1 (2025-11-30)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>WIZ-BIB-MB-0003 Biblioteka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 04:26:48</t>
+    <t>z dnia 2025-11-30 16:55:25</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101789</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 dł. 154, jasnoszara</t>
   </si>
@@ -83,51 +83,51 @@
   <si>
     <t>F093389-0-08-08</t>
   </si>
   <si>
     <t>Regał jednostronny - moduł podstawowy aluminium</t>
   </si>
   <si>
     <t>Regał biblioteczny na metalowych ramach wykonanych z rury okrągłej o śr. 32 mm. Półki zawieszane są na ramach za pomocą haczyków. Moduł podstawowy składa się z dwóch ram, sprzężeń oraz 5 półek laminowanych o gr. 18 mm i jest regałem wolnostojącym. Maks. obciążenie półki 15 kg. • wym. 86,4 x 37,4 x 180 cm• wym. 86,4 cm x 37,4 cm x 180 cm</t>
   </si>
   <si>
     <t>092284</t>
   </si>
   <si>
     <t>Quadro - biblioteczka jednostronna stojąca - ciemnoróżowa, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Biblioteczka służąca do ekspozycji książek w taki sposób, by były widoczne ich okładki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, oraz z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • 5 półek (szerokość: 4 cm)• wym. 60 x 34,8 x 89,7 cm</t>
   </si>
   <si>
     <t>101834</t>
   </si>
   <si>
     <t>Gruszka duża grafitowo-niebiesko-zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>101767</t>
   </si>
   <si>
     <t>Pufa 2-osobowa Inflamea jasnoszara</t>
   </si>
   <si>
     <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 80 x 40 x 40 cm</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>092189</t>
   </si>
   <si>
     <t>Quadro - biurko z szeroką szufladą - białe, skrzynia klon jasny</t>
   </si>
@@ -164,51 +164,51 @@
   <si>
     <t>101762</t>
   </si>
   <si>
     <t>Pufa 1-osobowa Inflamea jasnoszara</t>
   </si>
   <si>
     <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 40 x 40 x 40 cm</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>SET6298</t>
   </si>
   <si>
     <t>Quadro - zestaw 138, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną PVC, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101796 Siedzisko Paolo krótkie,  szare, 1 szt.• 101797 Siedzisko Paolo krótkie,  ciemnoszare, 1 szt.• 101798 Siedzisko Paolo krótkie,  grafitowe, 1 szt.• 101799 Siedzisko Paolo krótkie,  czarne, 1 szt.• wym. 283 x 141,5 x 67,5 cm• długość zestawu: 2,83 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101796 Siedzisko Paolo krótkie,  szare, 1 szt.• 101797 Siedzisko Paolo krótkie,  ciemnoszare, 1 szt.• 101798 Siedzisko Paolo krótkie,  grafitowe, 1 szt.• 101799 Siedzisko Paolo krótkie,  czarne, 1 szt.• wym. 283 x 141,50 x 67,50 cm• długość zestawu: 2,83 m</t>
   </si>
   <si>
     <t>096977</t>
   </si>
   <si>
     <t>Quadro - kącik czytelniczy XL - klon jasny</t>
   </si>
   <si>
     <t>Kącik czytelniczy wyposażony w wiele półek, które pozwolą zebrać wszystkie ulubione, dziecięce lektury w jednym miejscu. Pod górną półką umieszczono listwę LED. Kolor i moc podświetlenia można zmienić w zależności od indywidualnych potrzeb oraz nastroju. Pomiędzy bocznymi regałami znajduje się specjalne miejsce na wstawienie siedzisk 101787, 101789, 101791 (sprzedawane osobno), na których najmłodsi miło spędzą czas z książkami. Mebel należy przymocować do ściany. Istnieje możliwość dokupienia półek do środkowego modułu (092199 do zewnętrznych przegród, 092287 do środkowych). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 3 połączone moduły z półkami • górna półka ma podświetlenie ledowe (listwa świetlna na całej długości półki) z regulacją koloru oraz jasności - w komplecie zasilacz z kablem o dł. 4,7 m oraz pilot na baterie • wym. przestrzeni pomiędzy modułami 154,3 x 157,5 cm• wym. 237,9 x 41,5 x 199 cm</t>
   </si>
   <si>
     <t>101881</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia szara z bokami ze sklejki</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>ZEST5518</t>
   </si>
   <si>
     <t>Zestaw mobilny do pracy indywidualnej 1</t>
   </si>
@@ -331,51 +331,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc4c832d01b218d6cbad992d1f3cfb11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf40332673650bc3c63f3ff239d913692.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/618cdd592f8ad1c452256be6cae7702b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917cc2e0b604cb1f9d4297cc6cc15a854.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f8a1833a841981a4ac801101b0f5cb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f608eaee2f3297fde1c359b032d2f596.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13f8ff80848ec1044f074a5e648cf1f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f682dfa453496270b78c0541ae99e5a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7fe55bebc5bc3a8d9e974b99db64bc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de505cd769d243c8f0532ce02a6f331d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da06ca1416bbfe8536b1dac4b1b63fb11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e4cd07f722ce4b507484c98719ff3512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9723f40b55bb94db5e2f5f7d5ba2b85113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f4ea88776a78ab0f7ffe6c3f14fd3414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32e20842155caf143ae0649b9aa4662015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2a651b8ab5541275d2542bcc68b7a416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224971507b7a6cd0e0dfbf595f8f52bf17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5928f7aaa845bd8d207488a86944aa618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde0c414122c4f13f278d8870111fbe919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9575cedde2c855005dadbb979520d33220.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc74614d3e8cb2a8ae1e57ca32721cb1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4f8afe76477569e45044789d1608872.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37e26b8a727d3c2fb4cbe1601a6842b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337561afb027121901aeb3ca1c5734e14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f6134cc40a3d80b911aed39e8a4d4c85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d9d5f23ae7abfac206a766a28b669f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500f2593edeabed17a31f64979ea84437.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9c5c362c2f7f2acfa7f4872f44d6cc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7a11fdc8051e53dca34b8f9c5f5b93c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa25f26145f7990a350c9ac8469424a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202dde6cb87b70717c7c722dd43d03b611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e919b6074728dd83f8ecde4177aa0512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a917e8c50c23c7bf9bb63f15444537213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32dcdb9ed76c15f9bb7acfaaf7b72a414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b80ef6fb8dcc58565ad5a906de5f2ad15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa8dc3b697c379f505fc02db9f787ed616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbd9bcde9063833f535a0c46d41109f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/541f6165e6fa14108129faa05b4dbf7118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f999f1c32984b324253967ad92bf3719.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f6de9af938ebbc396fec7cda21581920.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-BIB-MB-0003" descr="Biblioteka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>