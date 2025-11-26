--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -19,89 +19,89 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>WIZ-GAB-FL-0001 Gabinet logopedyczny Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 21:08:12</t>
+    <t>z dnia 2025-11-26 12:21:09</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET5121</t>
   </si>
   <si>
     <t>Zestaw Flexi 41</t>
   </si>
   <si>
     <t xml:space="preserve">
 • wym. 282 x 41,5 x 160 cm
 Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
 • 100289 - Szafka D z 3 półkami na cokole, 1 szt. • wym. 89,1 x 41,5 x 87,1 cm
 • 100290 - Drzwiczki do szafki z półkami D - brzoza, 1 szt. Uchwyty sprzedawane w komplecie. Zawiasy umożliwiające otwieranie szafki pod kątem 180 stopni. Wykonane z kolorowej płyty laminowanej o gr. 18 mm.• 1 para • wym. 42 x 74,9 cm
 • 100298 - Szafka M z przegrodami na cokole, 1 szt. • wym. 89,1 x 41,5 x 48,4 cm
 • 100278 - Szafka M z 1 półką na cokole, 1 szt. • wym. 89,1 x 41,5 x 48,4 cm
 • 126043 - Pojemnik - naturalny E z okienkiem, 6 szt. Estetycznie wykonany, drewniany pojemnik z okienkiem i uchwytami ułatwiającymi przenoszenie. Nadaje się do przechowywania klocków lub innych drobiazgów. Pojemnik dostarczony zmontowany. Wykonany z litego drewna bukowego, lakierowanego. • wym. 26,5 x 35 x 16,5 cm
 • 092625 - Stelaż wysoki do daszków Flexi 4 szt. Wykonane z drewna bukowego.
 • 092627 - Półka do stelaża 5 szt. Maksymalne obciążenie 20 kg.
 • 100814 - Prowadnice plastikowe, 6 par. Wraz z prowadnicami dostarczane są ograniczniki zabezpieczające przed wypadaniem szuflad i pojemników. Dekoracje nie wchodzą w skład zestawów.
-• wym. 281,7 x 41,5 x 160 cm• długość zestawu: 2,817 m</t>
+• wym. 281,70 x 41,50 x 160 cm• długość zestawu: 2,82 m</t>
   </si>
   <si>
     <t>092737</t>
   </si>
   <si>
     <t>Biurko Flexi</t>
   </si>
   <si>
     <t>Wyposażone w szafkę i szufladę - obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125 x 70 x 76 cm</t>
   </si>
   <si>
     <t>842189</t>
   </si>
   <si>
     <t>Aplikacja - ptaszek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 31 cm x 17 cm</t>
   </si>
   <si>
     <t>100373</t>
   </si>
   <si>
     <t>Lustro malucha</t>
   </si>
@@ -135,51 +135,51 @@
   <si>
     <t>098777</t>
   </si>
   <si>
     <t>Panel ścienny - drzewo z kanciastą koroną</t>
   </si>
   <si>
     <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 cm x 245 cm</t>
   </si>
   <si>
     <t>048115</t>
   </si>
   <si>
     <t>Krzesło AMIGO alu zielone</t>
   </si>
   <si>
     <t>Stelaż krzesła wykonany z rury okrągłej, aluminiowej. Siedzisko i oparcie tworzące jedną całość wykonane z tworzywa sztucznego. Krzesło szczególnie polecane do stołówek i poczekalni ze względu na łatwość w utrzymaniu czystości. • wys. siedziska 45,2 cm</t>
   </si>
   <si>
     <t>092604</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 52 cm x 75 cm</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -275,51 +275,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c33b53cc1663df7104964a10c905d9c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8cacb35aad17b9d24c11374a0a5623e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca522a97bb2947a68b5e359a3b554ee3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a714b3abadb32b3a2cf88dc03207b6e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12c03bd641da66333572b4917dd6bb15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4951e10addc056eee7b3a07f7e80f7b26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e94fe310b8bda5f000d8bdcc7770c077.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f450733225bccb5c6fd39f7c543672a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a556031bfe962dea4b5162cc5646c0939.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863e1d18ccf75ca9cc5e2843a0ed51fd10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5e92007d30576f6dde3f8ed98723b211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b97e3e57f472d2d953947954104f3612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9685b10f618732345dfabc19a17fa82c13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc8b567242289f669605d791a7fb3db1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44f5c53d3fc5968d4ee034f70380a362.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e243a3fe8de84f9651b181ccf04729603.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df7f997a297577c0784f6ee0cb027564.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127a8de427eacf78a58b76fa571c4ddc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24546aea96d2e971d6699e7e6e4c09c36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7e98571dc95fd5805d9d0dafb9f22e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afda9141932f0ae2fd50b1b015b593318.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd1fa9e3120ef9d2276346d0af3b7819.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fd6f1c4d7876ca551d6df0decaca1410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5471523239a0a493a411028b6714ac311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4013f772cc312074b106666ec88b15c312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714662cba4d303d1ca340c90872b8a3b13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-FL-0001" descr="Gabinet logopedyczny Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>