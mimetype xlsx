--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -19,185 +19,185 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>WIZ-GAB-FL-0001 Gabinet logopedyczny Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 12:21:09</t>
+    <t>z dnia 2026-01-11 07:21:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET5121</t>
   </si>
   <si>
     <t>Zestaw Flexi 41</t>
   </si>
   <si>
     <t xml:space="preserve">
 • wym. 282 x 41,5 x 160 cm
 Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
 • 100289 - Szafka D z 3 półkami na cokole, 1 szt. • wym. 89,1 x 41,5 x 87,1 cm
 • 100290 - Drzwiczki do szafki z półkami D - brzoza, 1 szt. Uchwyty sprzedawane w komplecie. Zawiasy umożliwiające otwieranie szafki pod kątem 180 stopni. Wykonane z kolorowej płyty laminowanej o gr. 18 mm.• 1 para • wym. 42 x 74,9 cm
 • 100298 - Szafka M z przegrodami na cokole, 1 szt. • wym. 89,1 x 41,5 x 48,4 cm
 • 100278 - Szafka M z 1 półką na cokole, 1 szt. • wym. 89,1 x 41,5 x 48,4 cm
 • 126043 - Pojemnik - naturalny E z okienkiem, 6 szt. Estetycznie wykonany, drewniany pojemnik z okienkiem i uchwytami ułatwiającymi przenoszenie. Nadaje się do przechowywania klocków lub innych drobiazgów. Pojemnik dostarczony zmontowany. Wykonany z litego drewna bukowego, lakierowanego. • wym. 26,5 x 35 x 16,5 cm
 • 092625 - Stelaż wysoki do daszków Flexi 4 szt. Wykonane z drewna bukowego.
 • 092627 - Półka do stelaża 5 szt. Maksymalne obciążenie 20 kg.
 • 100814 - Prowadnice plastikowe, 6 par. Wraz z prowadnicami dostarczane są ograniczniki zabezpieczające przed wypadaniem szuflad i pojemników. Dekoracje nie wchodzą w skład zestawów.
-• wym. 281,70 x 41,50 x 160 cm• długość zestawu: 2,82 m</t>
+• wym. 281,70 x 41,50 x 160 cm• długość zestawu: 2,82 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092737</t>
   </si>
   <si>
     <t>Biurko Flexi</t>
   </si>
   <si>
     <t>Wyposażone w szafkę i szufladę - obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125 x 70 x 76 cm</t>
   </si>
   <si>
     <t>842189</t>
   </si>
   <si>
     <t>Aplikacja - ptaszek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 31 cm x 17 cm</t>
   </si>
   <si>
     <t>100373</t>
   </si>
   <si>
     <t>Lustro malucha</t>
   </si>
   <si>
-    <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 cm x 80 cm</t>
+    <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 x 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>118310</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesło Filipek bukowe ze stopką filcową rozm. 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
   </si>
   <si>
     <t>101946N</t>
   </si>
   <si>
     <t>Pufa Sarna</t>
   </si>
   <si>
     <t xml:space="preserve">Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm </t>
   </si>
   <si>
     <t>101947N</t>
   </si>
   <si>
     <t>Pufa Sowa</t>
   </si>
   <si>
     <t>098777</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo z kanciastą koroną</t>
-[...2 lines deleted...]
-    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 cm x 245 cm</t>
+    <t>Panel ścienny – drzewo z kanciastą koroną</t>
+  </si>
+  <si>
+    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 198 x 245 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>048115</t>
   </si>
   <si>
     <t>Krzesło AMIGO alu zielone</t>
   </si>
   <si>
     <t>Stelaż krzesła wykonany z rury okrągłej, aluminiowej. Siedzisko i oparcie tworzące jedną całość wykonane z tworzywa sztucznego. Krzesło szczególnie polecane do stołówek i poczekalni ze względu na łatwość w utrzymaniu czystości. • wys. siedziska 45,2 cm</t>
   </si>
   <si>
     <t>092604</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
     <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 52 cm x 75 cm</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywany z kolekcji Quadro wykonane są z runa 100% PP heat-set frise z przędzy pojedynczej. Charakteryzują się stonowaną kolorystyką oraz delikatnym wzornictwem. Produkt posiada Certyfikat Zgodności (Atest Higieniczny) i jest pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -275,51 +275,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc8b567242289f669605d791a7fb3db1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44f5c53d3fc5968d4ee034f70380a362.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e243a3fe8de84f9651b181ccf04729603.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df7f997a297577c0784f6ee0cb027564.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127a8de427eacf78a58b76fa571c4ddc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24546aea96d2e971d6699e7e6e4c09c36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7e98571dc95fd5805d9d0dafb9f22e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afda9141932f0ae2fd50b1b015b593318.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd1fa9e3120ef9d2276346d0af3b7819.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fd6f1c4d7876ca551d6df0decaca1410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5471523239a0a493a411028b6714ac311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4013f772cc312074b106666ec88b15c312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714662cba4d303d1ca340c90872b8a3b13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f93b0b031b6a4992927452f69a484df1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fae883006839ac9ae31901eb27b5b742.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caff01cc028049b52462036daf90bc6f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3400a3b2d1dd31c631f6e2adcd7ec6a44.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd25f9983943b97000c2a13552de5bf5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58cedcfb188121ed4b32eed7ef33444c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7c9d3d5f177b32b2e9a0684e4fbcf27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9152ec60cb5fa11bd098b4880fec28288.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e037fd70ce4f33e8569c270c6db3a8a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158062c1114596d3351ddb0c64813c8610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063a4ee0c228f882a03c0ea2f10e0f9211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86079addde12e9ff338e9f330e2782b512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c71b5e21123dbfc779621094f8148ae13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-FL-0001" descr="Gabinet logopedyczny Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>