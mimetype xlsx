--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -20,129 +20,141 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZA-MB-0006 Szatnia szkolna i hol Legvan</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 03:14:35</t>
+    <t>z dnia 2025-12-08 14:54:16</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>803072</t>
   </si>
   <si>
     <t>Szafa ubraniowa z 6 schowkami, 150 cm - drzwi żółte</t>
   </si>
   <si>
     <t>Szafka skrytkowa z blachy stalowej pokrytej farbą proszkową. Konstrukcja zgrzewana, oparta na profilach zamkniętych. Specjalny profil drzwi gwarantuje dużą sztywność drzwiczek. Drzwi posiadają wywietrzniki oraz miejsce na identyfikator. Standardowo szafki zamykane są zamkiem dwukluczowym z jednopunktowym ryglowaniem. Dodatkowe otwory umożliwiają połączenie szaf ze sobą lub przytwierdzenie ich do ściany (co wpływa na poprawę ich stabilności). Każdy zamek wyposażony jest w dwa kluczyki. • wym. 88,5 x 49 x 150 cm• wym. 88.5 x 49 x 150</t>
   </si>
   <si>
     <t>834069</t>
   </si>
   <si>
     <t>Moduł Legvan 90-stopniowy z oparciem zewn., czerwony</t>
   </si>
   <si>
-    <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 136 x 76 x 73 cm  </t>
+    <t>Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych.
+W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza.
+Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 136 x 76 x 73 cm 
+• wym. 136 x 136 x 73 cm</t>
   </si>
   <si>
     <t>834038</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem wewn., musztardowy</t>
   </si>
   <si>
     <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 116,5 x 76 x 73 cm  </t>
   </si>
   <si>
     <t>834029</t>
   </si>
   <si>
     <t>Moduł Legvan 3-osobowy z oparciem, jasnoszary</t>
   </si>
   <si>
-    <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 206 x 76 x 73 cm  </t>
+    <t>Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych.
+W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza.
+Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 206 x 76 x 73 cm 
+• wym. 206 x 76 x 73 cm</t>
   </si>
   <si>
     <t>834004</t>
   </si>
   <si>
     <t>Moduł Legvan 2-osobowy, pomarańczowy</t>
   </si>
   <si>
-    <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 136 x 76 x 44 cm </t>
+    <t>Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych.
+W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza.
+Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 136 x 76 x 44 cm
+• wym. 136 x 76 x 44 cm</t>
   </si>
   <si>
     <t>803073</t>
   </si>
   <si>
     <t>Szafa ubraniowa z 6 schowkami, 150 cm - drzwi pomarańczowe</t>
   </si>
   <si>
     <t>834080</t>
   </si>
   <si>
     <t>Moduł Legvan 180-stopniowy z oparciem wewn., musztardowy</t>
   </si>
   <si>
-    <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 200 x 100 x 73 cm  </t>
+    <t>Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych.
+W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza.
+Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli). Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 200 x 100 x 73 cm 
+• wym. 200 x 100 x 73 cm</t>
   </si>
   <si>
     <t>803074</t>
   </si>
   <si>
     <t>Szafa ubraniowa z 6 schowkami, 150 cm - drzwi czerwone</t>
   </si>
   <si>
     <t>834046</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem zewn., pomarańczowy</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
@@ -232,51 +244,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b66503d49be7b363196abc48483e43bf1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a4f1488675ee63a7cd1cefc28f2e2a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74eccac0868d85a9547f90f9480683443.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f060ad576ccfd1d39ba71a87f1616d914.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2737a6b648849459b3a5c74db402d5d95.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e1b8a5146792fe9db7b374b20fc0436.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a9c72e96bbb8b75016ee888f8bcb807.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db5b5657f0c2db5f25226e3a09ebbfd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd16fa1a4a4d9d469e1b5badb071c679.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45c087769ce19b40898d2f17fff1da110.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37baf667fd5c42a36e75c15c55d9d56b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724764410f91058965f40955acb67a2d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c00679b4f29c9fc9c329db12cb2a613.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ad4c5779fbdf5558ad65677536384a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727fb476dd987526215a15b80417b5425.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f2fd11974bd7c6124f50b6ee487dd56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253f85650b09e28d15712df567ab908a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55a2d7a22653d8680a7ebb293e49d028.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bf60b184657ecf57cbc0a7db6ee78d39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d77476b8025740da43f44ec9339a4210.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0006" descr="Szatnia szkolna i hol Legvan"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>