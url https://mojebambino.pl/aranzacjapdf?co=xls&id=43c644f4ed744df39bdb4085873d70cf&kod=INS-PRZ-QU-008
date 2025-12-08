--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -20,114 +20,114 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-008 Sala przedszkolna Quadro w kolorystyce czerwono-szarej </t>
   </si>
   <si>
-    <t>z dnia 2025-10-23 06:09:06</t>
+    <t>z dnia 2025-12-08 11:36:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092207</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - czerwone</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - jasnoszary</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>126528</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. bielone, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet nóg z bielonego drewna, do cichych blatów. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • śr. 48 mm • 4 szt. • 3 dokrętki • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>092195-3</t>
   </si>
   <si>
     <t>Quadro - szafka-domek - szara, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>133316</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 białe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>146246</t>
   </si>
   <si>
     <t>EKO dekor - domek duży szary</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 cm x 155 cm</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
     <t>Quadro - regał wielofunkcyjny, klon jasny</t>
   </si>
@@ -179,114 +179,115 @@
   <si>
     <t>092292</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - szara</t>
   </si>
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
     <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
   </si>
   <si>
     <t>056251</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - beżowy 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 300 cm</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 300 cm</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
     <t>Gruszka mała beżowa - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - szare</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
     <t>Materac do domku Quadro - szary</t>
   </si>
   <si>
     <t>101922</t>
   </si>
   <si>
     <t>Poduszka beżowa</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
   </si>
   <si>
     <t>133357</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - białe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
     <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
   </si>
   <si>
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>095949</t>
   </si>
   <si>
     <t>Cichy blat Plus prostokątny, 60 x 120 - szary</t>
   </si>
   <si>
     <t>Ciche blaty Plus są wykonane ze specjalnych materiałów, dzięki którym przedmioty na niego upuszczone są amortyzowane, a więc wywoływany przez nie hałas jest stłumiony. To sprawia, że stoły są idealną powierzchnią do zabaw cięższymi, twardymi przedmiotami, np. klockami. Blat wykonany z płyty wiórowej z warstwą korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS. Drewniane nogi z regulowaną wysokością są dostępne osobno (126528 lub 126540). • wym. 60 x 120 cm</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
     <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
   </si>
   <si>
     <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
   </si>
   <si>
     <t>094193</t>
   </si>
   <si>
     <t>Blat Quadro biały okrągły, klon jasny obrzeże</t>
   </si>
@@ -391,51 +392,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f220bfb084bf68ca3aafbcbc6c6ed361.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9f6f5191e4aa83ef7a47ad31ea3d8e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8225f09a93f8943c3807d3903c522ec3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ffded7b14309c58c0fac64f810a6204.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f72f66bf51dd40bdf563a199d0a88c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9eec1b49694a0a2874e1634c8e16486.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1db56110676bc8da36e7edf12752e6f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46368b2214a2e872794831bbeb06d2e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a94333d8a4b94431c907eaf0c81adc69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f365b9713730500e50c776374ad16ad010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef054cae5312680ccc1e26c9f6dcafd11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5a69df1e79ec72df568cfb23a41e5912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df24e65b1e75e7993d3da923e9ef7c013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/306eb5e0cd2795edd9763c0a390c322614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf204c61f1d32fb944ca9e5f5b9e36015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcc103b535bf864e3e5f503d7c16e7216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a57fdba013d1a7a68ff9c154c942a82a17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5d72158ee42a973914eb47bf6d0ddb18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d105203e6d1fd08d8750d165495424cd19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e6cd684f4d36a54d02412c889a481f20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c0488fa342defbf98c172b57596d8c21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d752bf396ccf81cc0fcb01591f20a4eb22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afab423af02aed71c8a76651519d306a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f20396d73bc039798b4f8b83be4ea624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8afe586af66445acce6d64accdee675025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcc9df6d7879e5556f1dcd8ad1ae60626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae271512ef980ee276a3da0bc2a913f27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588bc51f0b530e0aa1974893185e64af28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186d0e5ac6297e8c9d4931d66c8c48371.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2156479721089c3b88d3b892c477bee62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0103ce800974801bfbc3c1913b1c56b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f68e21a97efcd75d5f5b8fe17a1e2074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5ca2f7253bac65bd9d3aa103ccb2075.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9480deb1919892e5b13a5d99d58698b86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f8b4c8a0f92601f03138830da44a037.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13d5247c08392d6b9659ebcbfa8cae98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd343a8c8a534b35831e9253f9c60689.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b91458c2d0d4ebb14fb24942c4ea2410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59553939b35553b6674084c7ab2684bc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/713608c7f0014529acb2162328e8b72212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054d41569c4afaba5a66aaa78c0c8a6c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6152291f211dfd2558d1baa30485666714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469318a2d60df2887eef4f405d14aeb615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a9a6bdbd4a9d17a915435828ba6fee16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5862620ff44eec6b6074cf1abfe9752717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8048a4180604edd7489807db078dc1c18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23c78b5cf4b0355a159cdedad5b712b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d42eb5d40540c718aa7742aabf2d1c20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8caa98a488185deb3dbd8b7e7faf97e21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0df13411c24a6625252d8a33ed18bc522.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d3aef0d59b600cc0fe47127c96d2f7c23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcbea7c93478a5b51368857a5eedf5bb24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3b4d704addd770668ac0f8d1b7e3b725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63acb97fa940784fac455746315e2e9a26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c6a985a46acea500dc6e8b564729d5827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adbe4e17361f9884aba3914d54acb1f828.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-008" descr="Sala przedszkolna Quadro w kolorystyce czerwono-szarej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>