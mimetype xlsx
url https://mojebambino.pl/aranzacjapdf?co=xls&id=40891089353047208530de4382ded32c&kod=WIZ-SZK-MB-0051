--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -19,109 +19,109 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>WIZ-SZK-MB-0051 Kącik ciszy w  świetlicy szkolnej</t>
   </si>
   <si>
-    <t>z dnia 2025-11-07 08:12:46</t>
+    <t>z dnia 2025-12-22 11:09:22</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5698</t>
   </si>
   <si>
     <t>Grande - zestaw 61</t>
   </si>
   <si>
     <t>Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096898 Regał Grande M - klon, wym. 82 x 38 x 82,2 cm, 4 szt.
 	096888 Nadstawka Grande S - klon, wym. 82 x 38 x 35,2 cm, 4 szt.
 	096890 Nadstawka Grande M - klon, wym. 82 x 38 x 70,4 cm, 2 szt.
 	096874 Drzwi Grande średnie 90 st. 2 szt. - białe, wym. 40,5 x 70,1 cm, 4 pary
 	098168 Drzwi Grande średnie 90 st. 2 szt. - zielone, wym. 40,5 x 70,1 cm, 2 pary
 Wym. 328 x 39,8 x 187,8 cm
-• wym. 328.00 x 39.80 x 187.80 cm• długość zestawu: 3.28 m</t>
+• wym. 328 x 39,80 x 187,80 cm• długość zestawu: 3,28 m</t>
   </si>
   <si>
     <t>098470</t>
   </si>
   <si>
     <t>Schody proste szkolne</t>
   </si>
   <si>
     <t>Podest-schodki pełni funkcję siedziska dla uczniów. Moduły można stawiać obok siebie w różnych miejscach w szkole, np. na korytarzu. • 1 szt. • wys. stopni 32 cm • gł. stopni 35,5 cm• kompatybilne ze schodami narożnymi 098720 (sprzedawane osobno)• posiadają z tyłu uchwyty, dzięki którym można je łatwo przesuwać• Kształt prosty • Ze względu na różną wysokość, Schodów prostych szkolnych nie można łączyć ze schodami prostymi (126567) lub podestem narożnym (096615).  • wym. 120 x 106 x 92 cm</t>
   </si>
   <si>
     <t>044116</t>
   </si>
   <si>
-    <t>Tablica korkowa 100 x 200 cm - jasnozielona</t>
-[...2 lines deleted...]
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
+    <t>Tablica korkowa 100 x 200 cm – jasnozielona</t>
+  </si>
+  <si>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 200 cm</t>
   </si>
   <si>
     <t>821200</t>
   </si>
   <si>
-    <t>Cyfrowe zasoby - Robot Photon EDU</t>
+    <t>Cyfrowe zasoby – Robot Photon EDU</t>
   </si>
   <si>
     <t xml:space="preserve">
 Zawartość zestawu:
 	Jednego robota edukacyjnego Photon,
 	Dostęp do aplikacji Photon EDU, Coding oraz Robot,
 	dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi, 
 	Dostęp do stale aktualizowanej bazy scenariuszy prowadzenia zajęć oraz dodatkowych materiałów dydaktycznych w formie cyfrowej. Robot ma wbudowaną baterię, jest ładowany za pomocą kabla micro USB. Po pełnym naładowaniu działa do 8 godzin.
 Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych. 
 Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja.
 Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą. 
 Czujniki i funkcjonalność
 Aplikacje Photon EDU i Photon Magic Bridge
 Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku. 
 Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).
 Photon Draw
 Photon Badge
 Photon Blocks
 Photon Code
 Linki do pobrania
 Aplikacja Photon EDU:
 Android (Google Play)
 iOS (App Store)
 Aplikacja Photon Magic Bridge:
 Windows 7, 8, 10, 11
@@ -210,78 +210,78 @@
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>101614</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia zielona</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>834109</t>
   </si>
   <si>
     <t>Hoker z oparciem</t>
   </si>
   <si>
     <t>Hoker na płozach o lekkiej, ale wytrzymałej konstrukcji. Siedzisko i oparcie wykonane ze sklejki laminowanej, stelaż metalowy malowany proszkowo wyposażony w ślizgi zapobiegające zarysowywaniu podłogi. • wym. 50 x 53 x 101,5 cm • wym. siedziska 39 x 38 cm • wys. siedziska 75,5 cm</t>
   </si>
   <si>
     <t>099343</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>092630</t>
   </si>
   <si>
     <t>Wieszak metalowy na ubrania</t>
   </si>
   <si>
     <t>Wieszak szatniowy wykonany z profilu okrągłego o śr. 25 i 15 mm, srebrny. Posiada 5 haczyków i okrągły pierścień umożliwiający przechowywanie parasoli. • śr. 60 cm • wym. 185 cm</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>MZEST0015</t>
   </si>
   <si>
-    <t>Monitor insGraf DIGITAL FUTURE 65 z podstawą mobilną</t>
+    <t>Monitor insGraf DIGITAL FUTURE 65 na podstawie mobilnej</t>
   </si>
   <si>
     <t xml:space="preserve">
 Skład zestawu:
 	585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt. Więcej informacji &gt;&gt;
 	585104 Podstawa mobilna do monitorów interaktywnych, 1 szt. Więcej informacji &gt;&gt;
 585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt.
 Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
 Główne funkcje:
 - Wbudowany system Android 13
 - Rozdzielczość 4K 3840 x 2160
 - Moduł Wi-Fi
 - Pamięć wbudowana: 32 GB
 - Pamięć RAM: 4 GB
 - Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
 - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
 - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
 - Przyciski skrótów po lewej stronie ekranu
 - Przednie porty po lewej stronie ekranu
 - Wbudowane w przedni panel głośniki (2x20W)
 - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
 - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
 - Intuicyjny interface z przydatnymi aplikacjami:
 - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
 - zmiany źródła wyświetlanego obrazu
@@ -317,96 +317,96 @@
 • Kąt widzenia 178°
 • Ekran szyba hartowana
 • Napięcie robocze: AC 100-240V，50/60Hz
 • Głośniki 2x20W (głośnik z przodu)
 • Wejścia/Wyjścia AV:
 Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
 • Obsługiwane formaty multimediów:
 Obraz: JPEG, BMP, PNG
 Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
 Dźwięk: MP3, M4A, (AAC)
 • Procesor - MTK 9666
 • Wejście sieciowe RJ45/8P8C x2
 • Waga: 45 kg
 </t>
   </si>
   <si>
     <t>SET6297</t>
   </si>
   <si>
     <t>Quadro - zestaw 137, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną PVC, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101792 Siedzisko Paolo krótkie,  soczysta zieleń, 1 szt.• 101793 Siedzisko Paolo krótkie,  jasnozielone, 1 szt.• 101794 Siedzisko Paolo krótkie,  głęboka zieleń, 1 szt.• 101795 Siedzisko Paolo krótkie,  zielone, 1 szt.• wym. 283 x 141,5 x 67,5 cm• długość zestawu: 2,83 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm. Siedziska wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • 096997 - szafka 1/8 koła S+ - klon jasny, 4 szt.• 101792 Siedzisko Paolo krótkie,  soczysta zieleń, 1 szt.• 101793 Siedzisko Paolo krótkie,  jasnozielone, 1 szt.• 101794 Siedzisko Paolo krótkie,  głęboka zieleń, 1 szt.• 101795 Siedzisko Paolo krótkie,  zielone, 1 szt.• wym. 283 x 141,50 x 67,50 cm• długość zestawu: 2,83 m</t>
   </si>
   <si>
     <t>099751</t>
   </si>
   <si>
     <t xml:space="preserve">Biurko Grande, klon jasny </t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>098720</t>
   </si>
   <si>
     <t>Schody narożne szkolne</t>
   </si>
   <si>
     <t>Podest-schodki pełni funkcję siedziska dla uczniów. Moduły można stawiać obok siebie w różnych miejscach w szkole, np. na korytarzu. • 1 szt. • wys. stopni 32 cm • gł. stopni 35,5 cm• kompatybilne ze schodami prostymi 098470 (sprzedawane osobno)• wym. wewnętrzne 79,5 x 79,5 cm• gł. całkowita 106 cm• Kształt litery L • Ze względu na różną wysokość, schodów szkolnych nie można łączyć z podestem narożnym 126567 i schodami prostymi 096615. • wym. 185 x 185 x 92 cm</t>
   </si>
   <si>
     <t>101720</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. żółte</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
     <t>507011</t>
   </si>
   <si>
     <t>Pomiary energii</t>
   </si>
   <si>
     <t>Wiatrak do użytku na zewnątrz i wewnątrz pomieszczenia, służący do pomiarów siły wiatru, przepływu prądu, wody, nasłonecznienia. Posiada 4 wymienne monitory do obserwacji każdej z sił. • wym. 27 x 20 cm • maksymalna wys. 38 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>101863</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasny turkus</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>834152</t>
   </si>
   <si>
     <t>Stolik mały niski biały 65x50x50</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 65 x 50 x 50 cm</t>
   </si>
   <si>
     <t>256088</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>199242</t>
   </si>
   <si>
     <t>Modułowe Pracownie Przyrodnicze - moduł WODA, 1 szt.</t>
   </si>
@@ -511,51 +511,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2114f821fca6b55d8a75a3cd3cdf7a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4da2ae7bc1cbc8bdcebc4b0e0075bd2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f080b1800a775b2ef8b36441c76e71c43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be063e16eb2a9661267cc6e08a2598184.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3573c28f9af6edc73ec116a7f91b15925.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787e9f72caf76cbbd99fd5005e34c82a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27931c301bc0f09a9b11fbbb82db582b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6340e21284df94bba09a1932fa1e6b98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2739fb782638c2dbb91c8796fdeaf8c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bbffa3c336bfb6c37cd7033e8b860910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac0c8107b71759df9e6fd7415b26b4a11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808eb526a5c878bdeb8e8580e41ed36012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c5accce86db3a98f9bbcdf4fce902f13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf22487e602521a2d9e0476d541280714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0da2bc3793175a2d4bf4bb85c05df7315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f747c4574440d09af3b18014f886a1216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb650afe6347124a9f58d69cde3f2c8e17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd969e51f6d800ff740808acf42952b18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d5613bb00a81e562e9067123ea6de6019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c41215f78fe6221dec982a2dabcef0620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f34e0b0c4ed2872ced5a3684aabef08621.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dae37a7172b936a034b93203ad67fbc1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0654c597b8868e0442b08b51089e08a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0761cbd9acc02c0006a4dd3e673290c73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3586c34ff8c040ca02c81a95f534c44.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d83d5a4d713c373b7dbc51569c15c45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c17249a79807ffa728ff62f25859376.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7225cd9f7f4a9b0f19ff517360d076a67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0123fee2ea06992cec874e1fab592918.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56793274dc34ae4a06ae95e909bebd89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb2cf824df212f66a45236319be7f77f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b1692bde2986e7bc7a6bbd75f1962911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4071511be77fd02fbf934437842fd83d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69baba6b23fe5ae4abcf483a02d3e30d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf019e67da9a4cd3868eed1c21efe1614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f6fc2a61a3c9b09ed9b23b78a3fc7b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca385e53ac80348fd27bb70103d3943216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85512b6764cc30b90e1ada8f2bfd858b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5db3f674c324af17149d92c06cd47618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c6c079a948f008df3bad1732f1023e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2aae71fee7763aa3a19a84b18f7a6820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2afbebe454663da032fb7a4c4ee6655721.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0051" descr="Kącik ciszy w  świetlicy szkolnej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>