--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZK-MB-0019 Pracownia warsztatowa</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:37</t>
+    <t>z dnia 2025-11-29 15:42:55</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098352</t>
   </si>
   <si>
     <t>Stół warsztatowy/montażowy/stolarski nauczyciela</t>
   </si>
@@ -83,51 +83,51 @@
   <si>
     <t>852263</t>
   </si>
   <si>
     <t>Szafa metalowa na narzędzia z szufladami</t>
   </si>
   <si>
     <t>Szafa warsztatowa wyposażona w 4 szuflady na prowadnicach teleskopowych i 2 półki przestawne co 90 mm. Nośność szuflad to 40 kg, a półek 100 kg. Nad szufladami jest półka stała. Dwuskrzydłowe drzwi z tablicą perforowaną i z ryglowaniem dwupunktowym są zamykane na zamek baskwilowy. Do drzwi dołączony jest komplet 2 kluczy. Konstrukcja wykonana jest z blachy stalowej. Maksymalne obciążenie korpusu wynosi 600 kg. Produkt sprzedawany w kolorze popielatym. • wym. 90 x 53,5 x 195 cm • wym. szuflad 40 x 48,3 x 9 cm; 40 x 48,3 x 18 cm; 40 x 48,3 x 27 cm</t>
   </si>
   <si>
     <t>ZEST5818</t>
   </si>
   <si>
     <t>Stół warsztatowy ucznia z nadstawką</t>
   </si>
   <si>
     <t xml:space="preserve">SKŁAD ZESTAWU   _x0001_098351 Stół warsztatowy/montażowy/stolarski ucznia, 1 szt. _x0001_098353 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt. _x0001_852285 Pojemnik warsztatowy czerwony 10x10x60, 4 szt. _x0001_852289 Zestaw haczyków warsztatowych 8+8, 1 szt.      SZCZEGÓŁOWY OPIS     098351 Stół warsztatowy/montażowy/stolarski ucznia, 1 szt.  Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową. Wykonany ze sklejki.   _x0001_wym. 100 x 60 cm _x0001_reg. wys. 71 i 76 cm _x0001_gr. blatu 2,4 cm      098353 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt.  Nakładkę można zamontować na stole warsztatowym. Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.   _x0001_wym. 100 x 60 cm      852285 Pojemnik warsztatowy czerwony 10x10x60, 4 szt.   Do przechowywania drobnych narzędzi, np. śrubek, wkrętów, nakrętek, itp. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_wym. 10 x 10 x 60 cm      852289 Zestaw haczyków warsztatowych 8+8, 1 szt.   Służą do wieszania sprzętu warsztatowego. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_dł. haczyków 3 cm i 4 cm        </t>
   </si>
   <si>
     <t>SET6321</t>
   </si>
   <si>
     <t>Zestaw Flexi 120</t>
   </si>
   <si>
-    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.096855	Szafka Flexi L na pojemniki na cokole - 4 kolumny, 1 szt.372056	Pojemnik głęboki 2 błękitny, 10 szt.372057	Pojemnik głęboki 2 jasnoszary, 10 szt.• wym. 138,2 x 48 x 105,7 cm• długość zestawu: 1,382 m</t>
+    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.096855	Szafka Flexi L na pojemniki na cokole - 4 kolumny, 1 szt.372056	Pojemnik głęboki 2 błękitny, 10 szt.372057	Pojemnik głęboki 2 jasnoszary, 10 szt.• wym. 138,20 x 48 x 105,70 cm• długość zestawu: 1,38 m</t>
   </si>
   <si>
     <t>ZEST5819</t>
   </si>
   <si>
     <t>Stół warsztatowy nauczyciela z nadstawką</t>
   </si>
   <si>
     <t xml:space="preserve">SKŁAD ZESTAWU   _x0001_098352 Stół warsztatowy/montażowy/stolarski nauczyciela, 1 szt. _x0001_098354 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt. _x0001_852285 Pojemnik warsztatowy czerwony 10x10x60, 8 szt. _x0001_852289 Zestaw haczyków warsztatowych 8+8, 1 szt.      SZCZEGÓŁOWY OPIS     098352 Stół warsztatowy/montażowy/stolarski nauczyciela, 1 szt.  Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową. Stół wyposażony jest w 2 potrójne gniazdka. Wykonany ze sklejki.   _x0001_wym. 150 x 60 cm  _x0001_reg. wys. 71 i 76 cm _x0001_udźwig 300 kg      098354 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt.   Nakładkę można zamontować na stole warsztatowym. Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.   _x0001_wym. 150 x 60 cm      852285 Pojemnik warsztatowy czerwony 10x10x60, 8 szt.   Do przechowywania drobnych narzędzi, np. śrubek, wkrętów, nakrętek, itp. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_ wym. 10 x 10 x 60 cm      852289 Zestaw haczyków warsztatowych 8+8, 1 szt.   Służą do wieszania sprzętu warsztatowego. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_dł. haczyków 3 cm i 4 cm        </t>
   </si>
   <si>
     <t>852262</t>
   </si>
   <si>
     <t>Szafa metalowa na narzędzia z półkami</t>
   </si>
   <si>
     <t xml:space="preserve">Szafa wyposażona w 4 półki przestawne co 35 mm oraz dwuskrzydłowe drzwi z chowanymi zawiasami. Drzwi są zamykane na zamek baskwilowy. Szafę można poziomować dzięki zastosowanym regulatorom. Cała konstrukcja została wykonana z blachy stalowej. Maksymalne obciążenie korpusu wynosi 500 kg. Produkt sprzedawany w kolorze popielatym. • wym. 100 x 43,5 x 195 cm • nośność półki 100 kg </t>
   </si>
   <si>
     <t>096925</t>
   </si>
   <si>
     <t>Szafka Grande na drukarkę 3D/ksero- klon jasny</t>
   </si>
@@ -232,51 +232,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b44f2423f6504ede50c4168278f082f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b94c1e9615830e9ed3e9be61f08b6282.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252fb62b5c76ca6bf4005aa304048fe73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f91e500475ff20412cb78a0f6fff8484.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf6d933552b4735096cfa2be6a60a185.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca86be5fb86dd1397b96dc7ab2a509cc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ba6a73f47c2b1304a0dc0a3edaf7d57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e206bb4f8fe2106d586777e23d83ac018.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec6047a95b18bc551f9603f69fc1fea9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a2fa29e84b6880bddcc14d35bead111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688efca95e672f0a5c877dc0d79441f12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01aa62ef8b3feaf34bed1f225e81acb93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010f45f663059af855497e3f243961464.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377e2d0680adacd2700b8bdf6cdd0dcc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a688b69c6b48276dc56c428780dfdef36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1f32c441faaf8b4d7d4766c1ada3557.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c1ce7516b6a15fbb48727c21fd6b2c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424d0849a213429936078aae880f59e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0019" descr="Pracownia warsztatowa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>