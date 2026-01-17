--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZK-MB-0019 Pracownia warsztatowa</t>
   </si>
   <si>
-    <t>z dnia 2025-11-29 15:42:55</t>
+    <t>z dnia 2026-01-17 02:00:56</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098352</t>
   </si>
   <si>
     <t>Stół warsztatowy/montażowy/stolarski nauczyciela</t>
   </si>
@@ -83,51 +83,51 @@
   <si>
     <t>852263</t>
   </si>
   <si>
     <t>Szafa metalowa na narzędzia z szufladami</t>
   </si>
   <si>
     <t>Szafa warsztatowa wyposażona w 4 szuflady na prowadnicach teleskopowych i 2 półki przestawne co 90 mm. Nośność szuflad to 40 kg, a półek 100 kg. Nad szufladami jest półka stała. Dwuskrzydłowe drzwi z tablicą perforowaną i z ryglowaniem dwupunktowym są zamykane na zamek baskwilowy. Do drzwi dołączony jest komplet 2 kluczy. Konstrukcja wykonana jest z blachy stalowej. Maksymalne obciążenie korpusu wynosi 600 kg. Produkt sprzedawany w kolorze popielatym. • wym. 90 x 53,5 x 195 cm • wym. szuflad 40 x 48,3 x 9 cm; 40 x 48,3 x 18 cm; 40 x 48,3 x 27 cm</t>
   </si>
   <si>
     <t>ZEST5818</t>
   </si>
   <si>
     <t>Stół warsztatowy ucznia z nadstawką</t>
   </si>
   <si>
     <t xml:space="preserve">SKŁAD ZESTAWU   _x0001_098351 Stół warsztatowy/montażowy/stolarski ucznia, 1 szt. _x0001_098353 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt. _x0001_852285 Pojemnik warsztatowy czerwony 10x10x60, 4 szt. _x0001_852289 Zestaw haczyków warsztatowych 8+8, 1 szt.      SZCZEGÓŁOWY OPIS     098351 Stół warsztatowy/montażowy/stolarski ucznia, 1 szt.  Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową. Wykonany ze sklejki.   _x0001_wym. 100 x 60 cm _x0001_reg. wys. 71 i 76 cm _x0001_gr. blatu 2,4 cm      098353 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt.  Nakładkę można zamontować na stole warsztatowym. Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.   _x0001_wym. 100 x 60 cm      852285 Pojemnik warsztatowy czerwony 10x10x60, 4 szt.   Do przechowywania drobnych narzędzi, np. śrubek, wkrętów, nakrętek, itp. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_wym. 10 x 10 x 60 cm      852289 Zestaw haczyków warsztatowych 8+8, 1 szt.   Służą do wieszania sprzętu warsztatowego. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_dł. haczyków 3 cm i 4 cm        </t>
   </si>
   <si>
     <t>SET6321</t>
   </si>
   <si>
     <t>Zestaw Flexi 120</t>
   </si>
   <si>
-    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.096855	Szafka Flexi L na pojemniki na cokole - 4 kolumny, 1 szt.372056	Pojemnik głęboki 2 błękitny, 10 szt.372057	Pojemnik głęboki 2 jasnoszary, 10 szt.• wym. 138,20 x 48 x 105,70 cm• długość zestawu: 1,38 m</t>
+    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.096855Szafka Flexi L na pojemniki na cokole - 4 kolumny, 1 szt.372056Pojemnik głęboki 2 błękitny, 10 szt.372057Pojemnik głęboki 2 jasnoszary, 10 szt.• wym. 138,20 x 48 x 105,70 cm• długość zestawu: 1,38 m</t>
   </si>
   <si>
     <t>ZEST5819</t>
   </si>
   <si>
     <t>Stół warsztatowy nauczyciela z nadstawką</t>
   </si>
   <si>
     <t xml:space="preserve">SKŁAD ZESTAWU   _x0001_098352 Stół warsztatowy/montażowy/stolarski nauczyciela, 1 szt. _x0001_098354 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt. _x0001_852285 Pojemnik warsztatowy czerwony 10x10x60, 8 szt. _x0001_852289 Zestaw haczyków warsztatowych 8+8, 1 szt.      SZCZEGÓŁOWY OPIS     098352 Stół warsztatowy/montażowy/stolarski nauczyciela, 1 szt.  Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową. Stół wyposażony jest w 2 potrójne gniazdka. Wykonany ze sklejki.   _x0001_wym. 150 x 60 cm  _x0001_reg. wys. 71 i 76 cm _x0001_udźwig 300 kg      098354 Nakładka/nadbudowa/tylna ścianka do stołu, 1 szt.   Nakładkę można zamontować na stole warsztatowym. Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.   _x0001_wym. 150 x 60 cm      852285 Pojemnik warsztatowy czerwony 10x10x60, 8 szt.   Do przechowywania drobnych narzędzi, np. śrubek, wkrętów, nakrętek, itp. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_ wym. 10 x 10 x 60 cm      852289 Zestaw haczyków warsztatowych 8+8, 1 szt.   Służą do wieszania sprzętu warsztatowego. Można zamontować je na tablicy narzędziowej przy stołach warsztatowych. Wykonane z tworzywa sztucznego.   _x0001_dł. haczyków 3 cm i 4 cm        </t>
   </si>
   <si>
     <t>852262</t>
   </si>
   <si>
     <t>Szafa metalowa na narzędzia z półkami</t>
   </si>
   <si>
     <t xml:space="preserve">Szafa wyposażona w 4 półki przestawne co 35 mm oraz dwuskrzydłowe drzwi z chowanymi zawiasami. Drzwi są zamykane na zamek baskwilowy. Szafę można poziomować dzięki zastosowanym regulatorom. Cała konstrukcja została wykonana z blachy stalowej. Maksymalne obciążenie korpusu wynosi 500 kg. Produkt sprzedawany w kolorze popielatym. • wym. 100 x 43,5 x 195 cm • nośność półki 100 kg </t>
   </si>
   <si>
     <t>096925</t>
   </si>
   <si>
     <t>Szafka Grande na drukarkę 3D/ksero- klon jasny</t>
   </si>
@@ -232,51 +232,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a2fa29e84b6880bddcc14d35bead111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688efca95e672f0a5c877dc0d79441f12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01aa62ef8b3feaf34bed1f225e81acb93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010f45f663059af855497e3f243961464.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377e2d0680adacd2700b8bdf6cdd0dcc5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a688b69c6b48276dc56c428780dfdef36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1f32c441faaf8b4d7d4766c1ada3557.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c1ce7516b6a15fbb48727c21fd6b2c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3424d0849a213429936078aae880f59e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acdc4d3fa53542aadaf98a145c9e0471.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d2000c59f082e5653910f7dd2caa672.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1643f93f608c3a1ebcb15cc07369cc693.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17113db8bb43d834ee8b3271fed7ce54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5def0145c53c3ad9263c73f6fbeb3185.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a140b572f2d9e0e1235b39806c31f8c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cf7792e0329799387dbde8b264532b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c48f3e337880fd749e18253b8c827d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe644188b214b022448851fcf4e5c4a79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0019" descr="Pracownia warsztatowa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>